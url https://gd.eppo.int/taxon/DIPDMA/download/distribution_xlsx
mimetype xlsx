--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -647,51 +647,51 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>