--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId723168e095a7de9e6" w:history="1">
+            <w:hyperlink r:id="rId678968fc47f92af3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184868e095a7dea2b" w:history="1">
+            <w:hyperlink r:id="rId515268fc47f92af93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76208240" name="name933268e095a7deb15" descr="543.jpg"/>
+                  <wp:docPr id="64364631" name="name140968fc47f92b6bb" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId998668e095a7deb13" cstate="print"/>
+                          <a:blip r:embed="rId641168fc47f92b6ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId463468e095a7dec19" w:history="1">
+            <w:hyperlink r:id="rId381568fc47f92b7d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57768750" name="name955168e095a7dfb8b" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="28160885" name="name383168fc47f92c82b" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId162068e095a7dfb88" cstate="print"/>
+                    <a:blip r:embed="rId184468fc47f92c829" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894968e095a7e0bab" w:history="1">
+      <w:hyperlink r:id="rId150068fc47f92d7e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123868e095a7e0be6" w:history="1">
+      <w:hyperlink r:id="rId485068fc47f92d81f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905768e095a7e0c75" w:history="1">
+      <w:hyperlink r:id="rId587868fc47f92d8b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256568e095a7e14da" w:history="1">
+      <w:hyperlink r:id="rId595568fc47f92e119" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162768e095a7e161a" w:history="1">
+      <w:hyperlink r:id="rId845568fc47f92e25a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92662428" name="name244968e095a7e1677" descr="eu_funding_250.png"/>
+            <wp:docPr id="88394444" name="name335968fc47f92e2d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId720468e095a7e1676" cstate="print"/>
+                    <a:blip r:embed="rId116368fc47f92e2d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13307667">
+  <w:abstractNum w:abstractNumId="89517146">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70301829">
+    <w:lvl w:ilvl="0" w:tplc="91455654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70301829" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91455654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13307666">
+  <w:abstractNum w:abstractNumId="89517145">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28464330">
+    <w:lvl w:ilvl="0" w:tplc="26682945">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13307666">
-    <w:abstractNumId w:val="13307666"/>
+  <w:num w:numId="89517145">
+    <w:abstractNumId w:val="89517145"/>
   </w:num>
-  <w:num w:numId="13307667">
-    <w:abstractNumId w:val="13307667"/>
+  <w:num w:numId="89517146">
+    <w:abstractNumId w:val="89517146"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104957119" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId122097512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId723168e095a7de9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId184868e095a7dea2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId463468e095a7dec19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId894968e095a7e0bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId123868e095a7e0be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId905768e095a7e0c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId256568e095a7e14da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId162768e095a7e161a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId998668e095a7deb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998668e095a7deb13.jpg"/><Relationship Id="rId162068e095a7dfb88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId162068e095a7dfb88.jpg"/><Relationship Id="rId720468e095a7e1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720468e095a7e1676.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId739247140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775712984" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId678968fc47f92af3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId515268fc47f92af93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId381568fc47f92b7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId150068fc47f92d7e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId485068fc47f92d81f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId587868fc47f92d8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId595568fc47f92e119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId845568fc47f92e25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId641168fc47f92b6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641168fc47f92b6ba.jpg"/><Relationship Id="rId184468fc47f92c829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184468fc47f92c829.jpg"/><Relationship Id="rId116368fc47f92e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId116368fc47f92e2d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>