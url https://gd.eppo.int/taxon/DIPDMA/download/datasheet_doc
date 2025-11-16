--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId678968fc47f92af3e" w:history="1">
+            <w:hyperlink r:id="rId6090691a3e418e586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515268fc47f92af93" w:history="1">
+            <w:hyperlink r:id="rId7192691a3e418e5ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64364631" name="name140968fc47f92b6bb" descr="543.jpg"/>
+                  <wp:docPr id="52009814" name="name3910691a3e418e6d8" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId641168fc47f92b6ba" cstate="print"/>
+                          <a:blip r:embed="rId1138691a3e418e6d7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId381568fc47f92b7d5" w:history="1">
+            <w:hyperlink r:id="rId9049691a3e418e7fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28160885" name="name383168fc47f92c82b" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="15767401" name="name6024691a3e418fb2c" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId184468fc47f92c829" cstate="print"/>
+                    <a:blip r:embed="rId7031691a3e418fb2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150068fc47f92d7e6" w:history="1">
+      <w:hyperlink r:id="rId6359691a3e4190a9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485068fc47f92d81f" w:history="1">
+      <w:hyperlink r:id="rId8372691a3e4190ad4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587868fc47f92d8b0" w:history="1">
+      <w:hyperlink r:id="rId6200691a3e4190b64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595568fc47f92e119" w:history="1">
+      <w:hyperlink r:id="rId6982691a3e4191481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845568fc47f92e25a" w:history="1">
+      <w:hyperlink r:id="rId9534691a3e41915c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88394444" name="name335968fc47f92e2d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="45407880" name="name2692691a3e419176c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId116368fc47f92e2d8" cstate="print"/>
+                    <a:blip r:embed="rId3093691a3e419176b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89517146">
+  <w:abstractNum w:abstractNumId="32472784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91455654">
+    <w:lvl w:ilvl="0" w:tplc="48436672">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91455654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48436672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89517145">
+  <w:abstractNum w:abstractNumId="32472783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26682945">
+    <w:lvl w:ilvl="0" w:tplc="63015994">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89517145">
-    <w:abstractNumId w:val="89517145"/>
+  <w:num w:numId="32472783">
+    <w:abstractNumId w:val="32472783"/>
   </w:num>
-  <w:num w:numId="89517146">
-    <w:abstractNumId w:val="89517146"/>
+  <w:num w:numId="32472784">
+    <w:abstractNumId w:val="32472784"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId739247140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775712984" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId678968fc47f92af3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId515268fc47f92af93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId381568fc47f92b7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId150068fc47f92d7e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId485068fc47f92d81f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId587868fc47f92d8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId595568fc47f92e119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId845568fc47f92e25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId641168fc47f92b6ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641168fc47f92b6ba.jpg"/><Relationship Id="rId184468fc47f92c829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184468fc47f92c829.jpg"/><Relationship Id="rId116368fc47f92e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId116368fc47f92e2d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792971317" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId190038628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6090691a3e418e586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId7192691a3e418e5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId9049691a3e418e7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId6359691a3e4190a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId8372691a3e4190ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6200691a3e4190b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6982691a3e4191481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9534691a3e41915c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId1138691a3e418e6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1138691a3e418e6d7.jpg"/><Relationship Id="rId7031691a3e418fb2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7031691a3e418fb2a.jpg"/><Relationship Id="rId3093691a3e419176b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3093691a3e419176b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>