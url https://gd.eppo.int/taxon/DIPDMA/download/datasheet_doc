--- v2 (2025-11-16)
+++ v3 (2025-12-07)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6090691a3e418e586" w:history="1">
+            <w:hyperlink r:id="rId7804693547b234ea5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7192691a3e418e5ca" w:history="1">
+            <w:hyperlink r:id="rId4889693547b234ee9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52009814" name="name3910691a3e418e6d8" descr="543.jpg"/>
+                  <wp:docPr id="55022793" name="name9368693547b234fe3" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1138691a3e418e6d7" cstate="print"/>
+                          <a:blip r:embed="rId6888693547b234fe2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9049691a3e418e7fb" w:history="1">
+            <w:hyperlink r:id="rId5534693547b2350ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15767401" name="name6024691a3e418fb2c" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="47143752" name="name5811693547b2363fa" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7031691a3e418fb2a" cstate="print"/>
+                    <a:blip r:embed="rId8595693547b2363f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6359691a3e4190a9e" w:history="1">
+      <w:hyperlink r:id="rId8284693547b2373aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8372691a3e4190ad4" w:history="1">
+      <w:hyperlink r:id="rId1986693547b2373e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6200691a3e4190b64" w:history="1">
+      <w:hyperlink r:id="rId4167693547b2374ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6982691a3e4191481" w:history="1">
+      <w:hyperlink r:id="rId1839693547b237dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9534691a3e41915c5" w:history="1">
+      <w:hyperlink r:id="rId5675693547b237f30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45407880" name="name2692691a3e419176c" descr="eu_funding_250.png"/>
+            <wp:docPr id="2344857" name="name4457693547b237fbf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3093691a3e419176b" cstate="print"/>
+                    <a:blip r:embed="rId3051693547b237fbe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32472784">
+  <w:abstractNum w:abstractNumId="41061709">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48436672">
+    <w:lvl w:ilvl="0" w:tplc="29888707">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48436672" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29888707" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32472783">
+  <w:abstractNum w:abstractNumId="41061708">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63015994">
+    <w:lvl w:ilvl="0" w:tplc="85275133">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32472783">
-    <w:abstractNumId w:val="32472783"/>
+  <w:num w:numId="41061708">
+    <w:abstractNumId w:val="41061708"/>
   </w:num>
-  <w:num w:numId="32472784">
-    <w:abstractNumId w:val="32472784"/>
+  <w:num w:numId="41061709">
+    <w:abstractNumId w:val="41061709"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792971317" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId190038628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6090691a3e418e586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId7192691a3e418e5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId9049691a3e418e7fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId6359691a3e4190a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId8372691a3e4190ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6200691a3e4190b64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId6982691a3e4191481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9534691a3e41915c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId1138691a3e418e6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1138691a3e418e6d7.jpg"/><Relationship Id="rId7031691a3e418fb2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7031691a3e418fb2a.jpg"/><Relationship Id="rId3093691a3e419176b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3093691a3e419176b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId386845101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308024394" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7804693547b234ea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId4889693547b234ee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId5534693547b2350ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId8284693547b2373aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId1986693547b2373e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4167693547b2374ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId1839693547b237dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5675693547b237f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId6888693547b234fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6888693547b234fe2.jpg"/><Relationship Id="rId8595693547b2363f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8595693547b2363f7.jpg"/><Relationship Id="rId3051693547b237fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3051693547b237fbe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>