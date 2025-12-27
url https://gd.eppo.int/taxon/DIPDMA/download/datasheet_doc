--- v3 (2025-12-07)
+++ v4 (2025-12-27)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7804693547b234ea5" w:history="1">
+            <w:hyperlink r:id="rId9507694fcb932d019" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4889693547b234ee9" w:history="1">
+            <w:hyperlink r:id="rId1380694fcb932d05e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55022793" name="name9368693547b234fe3" descr="543.jpg"/>
+                  <wp:docPr id="64082631" name="name8911694fcb932d770" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6888693547b234fe2" cstate="print"/>
+                          <a:blip r:embed="rId2260694fcb932d76f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5534693547b2350ef" w:history="1">
+            <w:hyperlink r:id="rId5140694fcb932d8a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47143752" name="name5811693547b2363fa" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="36417183" name="name4157694fcb932e7e3" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8595693547b2363f7" cstate="print"/>
+                    <a:blip r:embed="rId6929694fcb932e7df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8284693547b2373aa" w:history="1">
+      <w:hyperlink r:id="rId7361694fcb932f7a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1986693547b2373e3" w:history="1">
+      <w:hyperlink r:id="rId2497694fcb932f7d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4167693547b2374ae" w:history="1">
+      <w:hyperlink r:id="rId9402694fcb932f869" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1839693547b237dd0" w:history="1">
+      <w:hyperlink r:id="rId3789694fcb93300de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5675693547b237f30" w:history="1">
+      <w:hyperlink r:id="rId2947694fcb933021e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2344857" name="name4457693547b237fbf" descr="eu_funding_250.png"/>
+            <wp:docPr id="69782534" name="name7328694fcb933027c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3051693547b237fbe" cstate="print"/>
+                    <a:blip r:embed="rId2995694fcb933027b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41061709">
+  <w:abstractNum w:abstractNumId="65861300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29888707">
+    <w:lvl w:ilvl="0" w:tplc="41297858">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29888707" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41297858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41061708">
+  <w:abstractNum w:abstractNumId="65861299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85275133">
+    <w:lvl w:ilvl="0" w:tplc="85622727">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41061708">
-    <w:abstractNumId w:val="41061708"/>
+  <w:num w:numId="65861299">
+    <w:abstractNumId w:val="65861299"/>
   </w:num>
-  <w:num w:numId="41061709">
-    <w:abstractNumId w:val="41061709"/>
+  <w:num w:numId="65861300">
+    <w:abstractNumId w:val="65861300"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId386845101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308024394" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7804693547b234ea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId4889693547b234ee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId5534693547b2350ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId8284693547b2373aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId1986693547b2373e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4167693547b2374ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId1839693547b237dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5675693547b237f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId6888693547b234fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6888693547b234fe2.jpg"/><Relationship Id="rId8595693547b2363f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8595693547b2363f7.jpg"/><Relationship Id="rId3051693547b237fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3051693547b237fbe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId279794138" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825498775" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9507694fcb932d019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId1380694fcb932d05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId5140694fcb932d8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId7361694fcb932f7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId2497694fcb932f7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9402694fcb932f869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId3789694fcb93300de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2947694fcb933021e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId2260694fcb932d76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2260694fcb932d76f.jpg"/><Relationship Id="rId6929694fcb932e7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6929694fcb932e7df.jpg"/><Relationship Id="rId2995694fcb933027b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2995694fcb933027b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>