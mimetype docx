--- v4 (2025-12-27)
+++ v5 (2025-12-27)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9507694fcb932d019" w:history="1">
+            <w:hyperlink r:id="rId4556694fe09c02cce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1380694fcb932d05e" w:history="1">
+            <w:hyperlink r:id="rId3401694fe09c02d12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64082631" name="name8911694fcb932d770" descr="543.jpg"/>
+                  <wp:docPr id="33112363" name="name7349694fe09c034d7" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2260694fcb932d76f" cstate="print"/>
+                          <a:blip r:embed="rId8896694fe09c034d5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5140694fcb932d8a6" w:history="1">
+            <w:hyperlink r:id="rId1160694fe09c035f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36417183" name="name4157694fcb932e7e3" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="2286679" name="name1059694fe09c04236" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6929694fcb932e7df" cstate="print"/>
+                    <a:blip r:embed="rId6224694fe09c04233" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7361694fcb932f7a2" w:history="1">
+      <w:hyperlink r:id="rId9623694fe09c052b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2497694fcb932f7d9" w:history="1">
+      <w:hyperlink r:id="rId1304694fe09c052ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9402694fcb932f869" w:history="1">
+      <w:hyperlink r:id="rId4737694fe09c0537e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3789694fcb93300de" w:history="1">
+      <w:hyperlink r:id="rId2984694fe09c05bd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2947694fcb933021e" w:history="1">
+      <w:hyperlink r:id="rId9527694fe09c05d0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69782534" name="name7328694fcb933027c" descr="eu_funding_250.png"/>
+            <wp:docPr id="43553636" name="name3367694fe09c05d65" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2995694fcb933027b" cstate="print"/>
+                    <a:blip r:embed="rId6724694fe09c05d64" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65861300">
+  <w:abstractNum w:abstractNumId="38331535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41297858">
+    <w:lvl w:ilvl="0" w:tplc="59456749">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41297858" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59456749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65861299">
+  <w:abstractNum w:abstractNumId="38331534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85622727">
+    <w:lvl w:ilvl="0" w:tplc="70189412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65861299">
-    <w:abstractNumId w:val="65861299"/>
+  <w:num w:numId="38331534">
+    <w:abstractNumId w:val="38331534"/>
   </w:num>
-  <w:num w:numId="65861300">
-    <w:abstractNumId w:val="65861300"/>
+  <w:num w:numId="38331535">
+    <w:abstractNumId w:val="38331535"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId279794138" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId825498775" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9507694fcb932d019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId1380694fcb932d05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId5140694fcb932d8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId7361694fcb932f7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId2497694fcb932f7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9402694fcb932f869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId3789694fcb93300de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2947694fcb933021e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId2260694fcb932d76f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2260694fcb932d76f.jpg"/><Relationship Id="rId6929694fcb932e7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6929694fcb932e7df.jpg"/><Relationship Id="rId2995694fcb933027b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2995694fcb933027b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916142238" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId183041723" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4556694fe09c02cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId3401694fe09c02d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId1160694fe09c035f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId9623694fe09c052b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId1304694fe09c052ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4737694fe09c0537e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId2984694fe09c05bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9527694fe09c05d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId8896694fe09c034d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8896694fe09c034d5.jpg"/><Relationship Id="rId6224694fe09c04233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6224694fe09c04233.jpg"/><Relationship Id="rId6724694fe09c05d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6724694fe09c05d64.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>