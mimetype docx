--- v5 (2025-12-27)
+++ v6 (2026-01-17)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4556694fe09c02cce" w:history="1">
+            <w:hyperlink r:id="rId2366696aec3123654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3401694fe09c02d12" w:history="1">
+            <w:hyperlink r:id="rId4673696aec31236fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33112363" name="name7349694fe09c034d7" descr="543.jpg"/>
+                  <wp:docPr id="58931963" name="name9810696aec3123c7b" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8896694fe09c034d5" cstate="print"/>
+                          <a:blip r:embed="rId6915696aec3123c79" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1160694fe09c035f6" w:history="1">
+            <w:hyperlink r:id="rId6674696aec3123d7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2286679" name="name1059694fe09c04236" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="75551385" name="name4423696aec3124c17" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6224694fe09c04233" cstate="print"/>
+                    <a:blip r:embed="rId1151696aec3124c13" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9623694fe09c052b8" w:history="1">
+      <w:hyperlink r:id="rId9345696aec3125b90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1304694fe09c052ef" w:history="1">
+      <w:hyperlink r:id="rId3400696aec3125bc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4737694fe09c0537e" w:history="1">
+      <w:hyperlink r:id="rId1828696aec3125c55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4378,73 +4378,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2984694fe09c05bd2" w:history="1">
+      <w:hyperlink r:id="rId2613696aec31264ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9527694fe09c05d0c" w:history="1">
+      <w:hyperlink r:id="rId9247696aec31265ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43553636" name="name3367694fe09c05d65" descr="eu_funding_250.png"/>
+            <wp:docPr id="87143642" name="name7896696aec3126641" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6724694fe09c05d64" cstate="print"/>
+                    <a:blip r:embed="rId6971696aec3126640" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38331535">
+  <w:abstractNum w:abstractNumId="71351592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59456749">
+    <w:lvl w:ilvl="0" w:tplc="36535423">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59456749" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36535423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38331534">
+  <w:abstractNum w:abstractNumId="71351591">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70189412">
+    <w:lvl w:ilvl="0" w:tplc="42109663">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38331534">
-    <w:abstractNumId w:val="38331534"/>
+  <w:num w:numId="71351591">
+    <w:abstractNumId w:val="71351591"/>
   </w:num>
-  <w:num w:numId="38331535">
-    <w:abstractNumId w:val="38331535"/>
+  <w:num w:numId="71351592">
+    <w:abstractNumId w:val="71351592"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916142238" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId183041723" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4556694fe09c02cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId3401694fe09c02d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId1160694fe09c035f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId9623694fe09c052b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId1304694fe09c052ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4737694fe09c0537e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId2984694fe09c05bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9527694fe09c05d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId8896694fe09c034d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8896694fe09c034d5.jpg"/><Relationship Id="rId6224694fe09c04233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6224694fe09c04233.jpg"/><Relationship Id="rId6724694fe09c05d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6724694fe09c05d64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId884610987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717769535" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2366696aec3123654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId4673696aec31236fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId6674696aec3123d7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId9345696aec3125b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId3400696aec3125bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1828696aec3125c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId2613696aec31264ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9247696aec31265ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId6915696aec3123c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6915696aec3123c79.jpg"/><Relationship Id="rId1151696aec3124c13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1151696aec3124c13.jpg"/><Relationship Id="rId6971696aec3126640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6971696aec3126640.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>