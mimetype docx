--- v6 (2026-01-17)
+++ v7 (2026-02-08)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2366696aec3123654" w:history="1">
+            <w:hyperlink r:id="rId653369889c7104e6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4673696aec31236fd" w:history="1">
+            <w:hyperlink r:id="rId241569889c7104eb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58931963" name="name9810696aec3123c7b" descr="543.jpg"/>
+                  <wp:docPr id="85839745" name="name566769889c7105314" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6915696aec3123c79" cstate="print"/>
+                          <a:blip r:embed="rId205269889c7105312" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6674696aec3123d7d" w:history="1">
+            <w:hyperlink r:id="rId966369889c710545e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75551385" name="name4423696aec3124c17" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="73445376" name="name797169889c7105df1" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1151696aec3124c13" cstate="print"/>
+                    <a:blip r:embed="rId775769889c7105def" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9345696aec3125b90" w:history="1">
+      <w:hyperlink r:id="rId508969889c7106cd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3400696aec3125bc5" w:history="1">
+      <w:hyperlink r:id="rId332369889c7106d05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1828696aec3125c55" w:history="1">
+      <w:hyperlink r:id="rId264369889c7106da6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2613696aec31264ad" w:history="1">
+      <w:hyperlink r:id="rId807169889c7107696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9247696aec31265ea" w:history="1">
+      <w:hyperlink r:id="rId283969889c71077d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87143642" name="name7896696aec3126641" descr="eu_funding_250.png"/>
+            <wp:docPr id="92245915" name="name223869889c710784b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6971696aec3126640" cstate="print"/>
+                    <a:blip r:embed="rId525269889c710784a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71351592">
+  <w:abstractNum w:abstractNumId="33886765">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36535423">
+    <w:lvl w:ilvl="0" w:tplc="95581695">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36535423" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95581695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71351591">
+  <w:abstractNum w:abstractNumId="33886764">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42109663">
+    <w:lvl w:ilvl="0" w:tplc="81626741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71351591">
-    <w:abstractNumId w:val="71351591"/>
+  <w:num w:numId="33886764">
+    <w:abstractNumId w:val="33886764"/>
   </w:num>
-  <w:num w:numId="71351592">
-    <w:abstractNumId w:val="71351592"/>
+  <w:num w:numId="33886765">
+    <w:abstractNumId w:val="33886765"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId884610987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId717769535" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2366696aec3123654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId4673696aec31236fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId6674696aec3123d7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId9345696aec3125b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId3400696aec3125bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1828696aec3125c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId2613696aec31264ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9247696aec31265ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId6915696aec3123c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6915696aec3123c79.jpg"/><Relationship Id="rId1151696aec3124c13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1151696aec3124c13.jpg"/><Relationship Id="rId6971696aec3126640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6971696aec3126640.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId481009740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274326917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId653369889c7104e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId241569889c7104eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId966369889c710545e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId508969889c7106cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId332369889c7106d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId264369889c7106da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId807169889c7107696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId283969889c71077d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId205269889c7105312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId205269889c7105312.jpg"/><Relationship Id="rId775769889c7105def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775769889c7105def.jpg"/><Relationship Id="rId525269889c710784a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId525269889c710784a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>