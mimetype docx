--- v7 (2026-02-08)
+++ v8 (2026-03-01)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId653369889c7104e6b" w:history="1">
+            <w:hyperlink r:id="rId416869a451554d072" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241569889c7104eb2" w:history="1">
+            <w:hyperlink r:id="rId571469a451554d0b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85839745" name="name566769889c7105314" descr="543.jpg"/>
+                  <wp:docPr id="37342170" name="name999869a451554d677" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId205269889c7105312" cstate="print"/>
+                          <a:blip r:embed="rId677569a451554d676" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId966369889c710545e" w:history="1">
+            <w:hyperlink r:id="rId540269a451554d79c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73445376" name="name797169889c7105df1" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="38647487" name="name577169a451554e50c" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId775769889c7105def" cstate="print"/>
+                    <a:blip r:embed="rId266469a451554e509" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508969889c7106cd0" w:history="1">
+      <w:hyperlink r:id="rId808169a451554f511" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332369889c7106d05" w:history="1">
+      <w:hyperlink r:id="rId914369a451554f54a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264369889c7106da6" w:history="1">
+      <w:hyperlink r:id="rId971969a451554f5d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807169889c7107696" w:history="1">
+      <w:hyperlink r:id="rId278669a451554fe3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283969889c71077d6" w:history="1">
+      <w:hyperlink r:id="rId710569a451554ff88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92245915" name="name223869889c710784b" descr="eu_funding_250.png"/>
+            <wp:docPr id="79653603" name="name670469a451555002b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId525269889c710784a" cstate="print"/>
+                    <a:blip r:embed="rId171769a451555002a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33886765">
+  <w:abstractNum w:abstractNumId="65598594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95581695">
+    <w:lvl w:ilvl="0" w:tplc="17707448">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95581695" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17707448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33886764">
+  <w:abstractNum w:abstractNumId="65598593">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81626741">
+    <w:lvl w:ilvl="0" w:tplc="67889036">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33886764">
-    <w:abstractNumId w:val="33886764"/>
+  <w:num w:numId="65598593">
+    <w:abstractNumId w:val="65598593"/>
   </w:num>
-  <w:num w:numId="33886765">
-    <w:abstractNumId w:val="33886765"/>
+  <w:num w:numId="65598594">
+    <w:abstractNumId w:val="65598594"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId481009740" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274326917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId653369889c7104e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId241569889c7104eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId966369889c710545e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId508969889c7106cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId332369889c7106d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId264369889c7106da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId807169889c7107696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId283969889c71077d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId205269889c7105312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId205269889c7105312.jpg"/><Relationship Id="rId775769889c7105def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775769889c7105def.jpg"/><Relationship Id="rId525269889c710784a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId525269889c710784a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId133583210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId750539563" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId416869a451554d072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId571469a451554d0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId540269a451554d79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId808169a451554f511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId914369a451554f54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId971969a451554f5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId278669a451554fe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId710569a451554ff88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId677569a451554d676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId677569a451554d676.jpg"/><Relationship Id="rId266469a451554e509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266469a451554e509.jpg"/><Relationship Id="rId171769a451555002a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171769a451555002a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>