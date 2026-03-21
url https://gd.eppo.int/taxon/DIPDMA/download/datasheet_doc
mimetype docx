--- v8 (2026-03-01)
+++ v9 (2026-03-21)
@@ -402,88 +402,88 @@
               <w:t xml:space="preserve"> Berkeley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> leaf spot of maize, seedling blight of maize, stalk rot of maize, white ear rot of maize</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416869a451554d072" w:history="1">
+            <w:hyperlink r:id="rId518069bf13dca9955" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571469a451554d0b7" w:history="1">
+            <w:hyperlink r:id="rId912569bf13dca9999" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -497,86 +497,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIPDMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37342170" name="name999869a451554d677" descr="543.jpg"/>
+                  <wp:docPr id="53957259" name="name665769bf13dcaa0b7" descr="543.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="543.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId677569a451554d676" cstate="print"/>
+                          <a:blip r:embed="rId228069bf13dcaa0b5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId540269a451554d79c" w:history="1">
+            <w:hyperlink r:id="rId509869bf13dcaa1d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -816,63 +816,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1994). In some EPPO countries it has only been intercepted (e.g. Bulgaria), and in others it has been detected in the past but is no longer present (e.g. Austria) (EPPO, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38647487" name="name577169a451554e50c" descr="DIPDMA_distribution_map.jpg"/>
+            <wp:docPr id="85649567" name="name463069bf13dcaaf72" descr="DIPDMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIPDMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId266469a451554e509" cstate="print"/>
+                    <a:blip r:embed="rId523469bf13dcaaf6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2955,81 +2955,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 7626, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808169a451554f511" w:history="1">
+      <w:hyperlink r:id="rId630869bf13dcabf57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2022.7626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914369a451554f54a" w:history="1">
+      <w:hyperlink r:id="rId187469bf13dcabf8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3073,51 +3073,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 387-396.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2022) Fungal Databases. National Fungus Collections, ARS, USDA, US. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971969a451554f5d9" w:history="1">
+      <w:hyperlink r:id="rId643869bf13dcac01e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://nt.ars-grin.gov/fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4400,51 +4400,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stenocarpella maydis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278669a451554fe3c" w:history="1">
+      <w:hyperlink r:id="rId552769bf13dcac866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4597,81 +4597,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710569a451554ff88" w:history="1">
+      <w:hyperlink r:id="rId846569bf13dcac9a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79653603" name="name670469a451555002b" descr="eu_funding_250.png"/>
+            <wp:docPr id="17034997" name="name271769bf13dcacc5f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId171769a451555002a" cstate="print"/>
+                    <a:blip r:embed="rId433669bf13dcacc5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4769,137 +4769,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65598594">
+  <w:abstractNum w:abstractNumId="48133736">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17707448">
+    <w:lvl w:ilvl="0" w:tplc="42419735">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17707448" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42419735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65598593">
+  <w:abstractNum w:abstractNumId="48133735">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67889036">
+    <w:lvl w:ilvl="0" w:tplc="25114086">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5651,55 +5651,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65598593">
-    <w:abstractNumId w:val="65598593"/>
+  <w:num w:numId="48133735">
+    <w:abstractNumId w:val="48133735"/>
   </w:num>
-  <w:num w:numId="65598594">
-    <w:abstractNumId w:val="65598594"/>
+  <w:num w:numId="48133736">
+    <w:abstractNumId w:val="48133736"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17249,51 +17249,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId133583210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId750539563" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId416869a451554d072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId571469a451554d0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId540269a451554d79c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId808169a451554f511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId914369a451554f54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId971969a451554f5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId278669a451554fe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId710569a451554ff88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId677569a451554d676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId677569a451554d676.jpg"/><Relationship Id="rId266469a451554e509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266469a451554e509.jpg"/><Relationship Id="rId171769a451555002a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId171769a451555002a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId869078636" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId192019125" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId518069bf13dca9955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/" TargetMode="External"/><Relationship Id="rId912569bf13dca9999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/categorization" TargetMode="External"/><Relationship Id="rId509869bf13dcaa1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIPDMA/photos" TargetMode="External"/><Relationship Id="rId630869bf13dcabf57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2022.7626" TargetMode="External"/><Relationship Id="rId187469bf13dcabf8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId643869bf13dcac01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nt.ars-grin.gov/fungaldatabases/" TargetMode="External"/><Relationship Id="rId552769bf13dcac866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId846569bf13dcac9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01955.x" TargetMode="External"/><Relationship Id="rId228069bf13dcaa0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId228069bf13dcaa0b5.jpg"/><Relationship Id="rId523469bf13dcaaf6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId523469bf13dcaaf6f.jpg"/><Relationship Id="rId433669bf13dcacc5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId433669bf13dcacc5e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>