--- v0 (2025-10-04)
+++ v1 (2026-03-04)
@@ -201,51 +201,52 @@
     <t>MRCV00</t>
   </si>
   <si>
     <t>Fijivirus cuartoense</t>
   </si>
   <si>
     <t>* Laguna IG, de Remes Lenicov AMM, Virla EG, Avila AO, Giménez Pecci MP, Herrera P, Garay J, Ploper D, Mariani R (2002) [Diffusion of Mal de Rio Cuarto virus (MRCV) of maize, its vector, associated planthoppers and alternative hosts in Argentina]. Revista de la Sociedad Entomologica Argentina 61(1-2), 87-97 (in Spanish).</t>
   </si>
   <si>
     <t>HYROBO</t>
   </si>
   <si>
     <t>Listronotus bonariensis</t>
   </si>
   <si>
     <t>* Barker GM (1989) Grass host preferences of Listronotus bonariensis (Coleoptera: Curculionidae). Journal of Economic Entomology 82, 1807-1816. doi: https://doi.org/10.1093/jee/82.6.1807. 
 ------- Very low levels in field.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- Rf = 10.92
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>POOPCO</t>
   </si>
   <si>
     <t>Poophilus costalis</t>
   </si>
   <si>
     <t>* Sahayaraj K, Princess A, Alkherb WA, Alshehri MA, Alkeridis LA, Estelle LY, Srinivasan M, Sundar S, Petchidurai G, Sayed S (2025) Preferential host plants and nesting sites for foam building by the spittlebug, Poophilus costalis Walker (Hemiptera: Aphrophoridae). Phytoparasitica 53(2), 1-5.</t>
   </si>
   <si>
     <t>PYRIOT</t>
   </si>
   <si>
     <t>Pyricularia oryzae Triticum lineage</t>
   </si>
   <si>
     <t xml:space="preserve">* Castroagudín VL, Moreira SI, Pereira DAS, Moreira SS, Brunner PC, Maciel JLN, Crous PW, McDonald BA, Alves E, Ceresini PC (2016) Pyricularia graminis-tritici, a new Pyricularia species causing wheat blast. Persoonia - Molecular Phylogeny and Evolution of Fungi 37, 199-216.
 * Urashima AS, Hashimoto Y, Don LD, Kusaba M, Tosa Y, Nakayashiki H, Mayama S (1999) Molecular analysis of the wheat blast population in Brazil with a homolog of retrotransposon MGR583. Japanese Journal of Phytopathology 65, 429–436 https://doi.org/10.3186/jjphytopath.65.429
 </t>
   </si>
   <si>
     <t>CARNFU</t>
   </si>