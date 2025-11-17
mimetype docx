--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Shear</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of blueberry, fruit rot of blueberry, phomopsis canker and dieback of blueberry, storage rot of blueberry, twig blight of blueberry, viscid rot of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId960568e625fb6cbd3" w:history="1">
+            <w:hyperlink r:id="rId9433691a8182adfb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350368e625fb6cc83" w:history="1">
+            <w:hyperlink r:id="rId7581691a8182ae01a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1114,63 +1114,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017), though it was identified molecularly on cranberry seedlings imported into Russia from Belarus (Kuznetsova, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1331326" name="name870468e625fb6db60" descr="DIAPVA_distribution_map.jpg"/>
+            <wp:docPr id="17362016" name="name4052691a8182af138" descr="DIAPVA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAPVA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId519968e625fb6db5c" cstate="print"/>
+                    <a:blip r:embed="rId1551691a8182af136" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2679,51 +2679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Phomopsis twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohio State University Extension</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133268e625fb6e91b" w:history="1">
+      <w:hyperlink r:id="rId3411691a8182b0019" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/plpath-fru-45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2932,51 +2932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cline B (2014) Twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fruit Disease Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId967168e625fb6ead3" w:history="1">
+      <w:hyperlink r:id="rId3926691a8182b023b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/twig-blight-of-blueberry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii. EPPO Global Database.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151668e625fb6ecbf" w:history="1">
+      <w:hyperlink r:id="rId3369691a8182b0432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DIAPVA/distribution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The American Phytopathological Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabaratnam S (2018) Phomopsis diseases of blueberry. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409568e625fb6f41a" w:history="1">
+      <w:hyperlink r:id="rId9748691a8182b0d47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5025,51 +5025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolate 110027 18S ribosomal RNA gene, partial sequence; internal transcribed spacer 1, 5.8S ribosomal RNA gene, and internal transcribed spacer 2, complete sequence; and 28S ribosomal RNA gene, partial sequence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genbank</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618468e625fb6f8ba" w:history="1">
+      <w:hyperlink r:id="rId2236691a8182b1191" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 3 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5142,51 +5142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503668e625fb6f99c" w:history="1">
+      <w:hyperlink r:id="rId8205691a8182b1252" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Phomopsis vaccinii (Phomopsis twig blight of blueberry)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5408,51 +5408,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977368e625fb6fb95" w:history="1">
+      <w:hyperlink r:id="rId6664691a8182b1406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5527,63 +5527,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87400234" name="name278468e625fb6fcd6" descr="eu_funding_250.png"/>
+            <wp:docPr id="71312783" name="name5717691a8182b1550" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId126268e625fb6fcd4" cstate="print"/>
+                    <a:blip r:embed="rId4197691a8182b154e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5681,137 +5681,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91560166">
+  <w:abstractNum w:abstractNumId="19941895">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53664473">
+    <w:lvl w:ilvl="0" w:tplc="92603034">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53664473" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92603034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91560165">
+  <w:abstractNum w:abstractNumId="19941894">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34040005">
+    <w:lvl w:ilvl="0" w:tplc="14919932">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6563,55 +6563,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91560165">
-    <w:abstractNumId w:val="91560165"/>
+  <w:num w:numId="19941894">
+    <w:abstractNumId w:val="19941894"/>
   </w:num>
-  <w:num w:numId="91560166">
-    <w:abstractNumId w:val="91560166"/>
+  <w:num w:numId="19941895">
+    <w:abstractNumId w:val="19941895"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18161,51 +18161,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId244877676" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629887729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId960568e625fb6cbd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId350368e625fb6cc83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId133268e625fb6e91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId967168e625fb6ead3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId151668e625fb6ecbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId409568e625fb6f41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId618468e625fb6f8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId503668e625fb6f99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId977368e625fb6fb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId519968e625fb6db5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId519968e625fb6db5c.jpg"/><Relationship Id="rId126268e625fb6fcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126268e625fb6fcd4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424996898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542991822" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9433691a8182adfb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId7581691a8182ae01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId3411691a8182b0019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId3926691a8182b023b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId3369691a8182b0432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId9748691a8182b0d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId2236691a8182b1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId8205691a8182b1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId6664691a8182b1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1551691a8182af136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1551691a8182af136.jpg"/><Relationship Id="rId4197691a8182b154e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4197691a8182b154e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>