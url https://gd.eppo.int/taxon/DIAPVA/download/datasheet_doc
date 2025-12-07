--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Shear</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of blueberry, fruit rot of blueberry, phomopsis canker and dieback of blueberry, storage rot of blueberry, twig blight of blueberry, viscid rot of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9433691a8182adfb1" w:history="1">
+            <w:hyperlink r:id="rId77206935b44540922" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7581691a8182ae01a" w:history="1">
+            <w:hyperlink r:id="rId62696935b4454098b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1114,63 +1114,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017), though it was identified molecularly on cranberry seedlings imported into Russia from Belarus (Kuznetsova, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17362016" name="name4052691a8182af138" descr="DIAPVA_distribution_map.jpg"/>
+            <wp:docPr id="77912754" name="name41766935b4454199f" descr="DIAPVA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAPVA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1551691a8182af136" cstate="print"/>
+                    <a:blip r:embed="rId80846935b4454199b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2679,51 +2679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Phomopsis twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohio State University Extension</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3411691a8182b0019" w:history="1">
+      <w:hyperlink r:id="rId19646935b445425ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/plpath-fru-45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2932,51 +2932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cline B (2014) Twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fruit Disease Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3926691a8182b023b" w:history="1">
+      <w:hyperlink r:id="rId21236935b44542780" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/twig-blight-of-blueberry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii. EPPO Global Database.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3369691a8182b0432" w:history="1">
+      <w:hyperlink r:id="rId71626935b44542927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DIAPVA/distribution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The American Phytopathological Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabaratnam S (2018) Phomopsis diseases of blueberry. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9748691a8182b0d47" w:history="1">
+      <w:hyperlink r:id="rId39806935b44543047" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5025,51 +5025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolate 110027 18S ribosomal RNA gene, partial sequence; internal transcribed spacer 1, 5.8S ribosomal RNA gene, and internal transcribed spacer 2, complete sequence; and 28S ribosomal RNA gene, partial sequence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genbank</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2236691a8182b1191" w:history="1">
+      <w:hyperlink r:id="rId21636935b44543484" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 3 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5142,51 +5142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8205691a8182b1252" w:history="1">
+      <w:hyperlink r:id="rId27446935b44543543" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Phomopsis vaccinii (Phomopsis twig blight of blueberry)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5408,51 +5408,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6664691a8182b1406" w:history="1">
+      <w:hyperlink r:id="rId48956935b44543706" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5527,63 +5527,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71312783" name="name5717691a8182b1550" descr="eu_funding_250.png"/>
+            <wp:docPr id="35479370" name="name97086935b4454383f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4197691a8182b154e" cstate="print"/>
+                    <a:blip r:embed="rId96016935b4454383d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5681,137 +5681,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19941895">
+  <w:abstractNum w:abstractNumId="44769855">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92603034">
+    <w:lvl w:ilvl="0" w:tplc="89786633">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92603034" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19941894">
+  <w:abstractNum w:abstractNumId="44769854">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14919932">
+    <w:lvl w:ilvl="0" w:tplc="13057366">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6563,55 +6563,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19941894">
-    <w:abstractNumId w:val="19941894"/>
+  <w:num w:numId="44769854">
+    <w:abstractNumId w:val="44769854"/>
   </w:num>
-  <w:num w:numId="19941895">
-    <w:abstractNumId w:val="19941895"/>
+  <w:num w:numId="44769855">
+    <w:abstractNumId w:val="44769855"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18161,51 +18161,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424996898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542991822" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9433691a8182adfb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId7581691a8182ae01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId3411691a8182b0019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId3926691a8182b023b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId3369691a8182b0432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId9748691a8182b0d47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId2236691a8182b1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId8205691a8182b1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId6664691a8182b1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1551691a8182af136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1551691a8182af136.jpg"/><Relationship Id="rId4197691a8182b154e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4197691a8182b154e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId599373838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535398199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77206935b44540922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId62696935b4454098b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId19646935b445425ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId21236935b44542780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId71626935b44542927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId39806935b44543047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId21636935b44543484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId27446935b44543543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId48956935b44543706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80846935b4454199b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80846935b4454199b.jpg"/><Relationship Id="rId96016935b4454383d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96016935b4454383d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>