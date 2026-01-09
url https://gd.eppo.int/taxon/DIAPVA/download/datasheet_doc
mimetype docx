--- v2 (2025-12-07)
+++ v3 (2026-01-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Shear</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of blueberry, fruit rot of blueberry, phomopsis canker and dieback of blueberry, storage rot of blueberry, twig blight of blueberry, viscid rot of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77206935b44540922" w:history="1">
+            <w:hyperlink r:id="rId10146960ce1415821" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62696935b4454098b" w:history="1">
+            <w:hyperlink r:id="rId19336960ce14158d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1114,63 +1114,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017), though it was identified molecularly on cranberry seedlings imported into Russia from Belarus (Kuznetsova, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77912754" name="name41766935b4454199f" descr="DIAPVA_distribution_map.jpg"/>
+            <wp:docPr id="35530487" name="name16356960ce141753b" descr="DIAPVA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAPVA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80846935b4454199b" cstate="print"/>
+                    <a:blip r:embed="rId86156960ce1417533" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2679,51 +2679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Phomopsis twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohio State University Extension</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19646935b445425ce" w:history="1">
+      <w:hyperlink r:id="rId36246960ce1418c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/plpath-fru-45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2932,51 +2932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cline B (2014) Twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fruit Disease Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21236935b44542780" w:history="1">
+      <w:hyperlink r:id="rId99426960ce1418eb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/twig-blight-of-blueberry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii. EPPO Global Database.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71626935b44542927" w:history="1">
+      <w:hyperlink r:id="rId93626960ce14190a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DIAPVA/distribution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The American Phytopathological Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabaratnam S (2018) Phomopsis diseases of blueberry. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39806935b44543047" w:history="1">
+      <w:hyperlink r:id="rId63466960ce141980d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5025,51 +5025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolate 110027 18S ribosomal RNA gene, partial sequence; internal transcribed spacer 1, 5.8S ribosomal RNA gene, and internal transcribed spacer 2, complete sequence; and 28S ribosomal RNA gene, partial sequence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genbank</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21636935b44543484" w:history="1">
+      <w:hyperlink r:id="rId83036960ce1419c5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 3 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5142,51 +5142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27446935b44543543" w:history="1">
+      <w:hyperlink r:id="rId39986960ce1419d1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Phomopsis vaccinii (Phomopsis twig blight of blueberry)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5386,73 +5386,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48956935b44543706" w:history="1">
+      <w:hyperlink r:id="rId24676960ce1419ed2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5527,63 +5527,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35479370" name="name97086935b4454383f" descr="eu_funding_250.png"/>
+            <wp:docPr id="49564375" name="name58686960ce141a011" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96016935b4454383d" cstate="print"/>
+                    <a:blip r:embed="rId74556960ce141a00f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5681,137 +5681,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44769855">
+  <w:abstractNum w:abstractNumId="94712589">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89786633">
+    <w:lvl w:ilvl="0" w:tplc="16640921">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89786633" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16640921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44769854">
+  <w:abstractNum w:abstractNumId="94712588">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13057366">
+    <w:lvl w:ilvl="0" w:tplc="47008519">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6563,55 +6563,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44769854">
-    <w:abstractNumId w:val="44769854"/>
+  <w:num w:numId="94712588">
+    <w:abstractNumId w:val="94712588"/>
   </w:num>
-  <w:num w:numId="44769855">
-    <w:abstractNumId w:val="44769855"/>
+  <w:num w:numId="94712589">
+    <w:abstractNumId w:val="94712589"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18161,51 +18161,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId599373838" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535398199" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77206935b44540922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId62696935b4454098b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId19646935b445425ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId21236935b44542780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId71626935b44542927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId39806935b44543047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId21636935b44543484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId27446935b44543543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId48956935b44543706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80846935b4454199b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80846935b4454199b.jpg"/><Relationship Id="rId96016935b4454383d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96016935b4454383d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId281233961" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187352191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10146960ce1415821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId19336960ce14158d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId36246960ce1418c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId99426960ce1418eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId93626960ce14190a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId63466960ce141980d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId83036960ce1419c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId39986960ce1419d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId24676960ce1419ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86156960ce1417533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86156960ce1417533.jpg"/><Relationship Id="rId74556960ce141a00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74556960ce141a00f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>