--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Shear</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of blueberry, fruit rot of blueberry, phomopsis canker and dieback of blueberry, storage rot of blueberry, twig blight of blueberry, viscid rot of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10146960ce1415821" w:history="1">
+            <w:hyperlink r:id="rId515769995ad726e0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19336960ce14158d8" w:history="1">
+            <w:hyperlink r:id="rId964369995ad726e73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1114,63 +1114,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017), though it was identified molecularly on cranberry seedlings imported into Russia from Belarus (Kuznetsova, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35530487" name="name16356960ce141753b" descr="DIAPVA_distribution_map.jpg"/>
+            <wp:docPr id="56773941" name="name809069995ad7280e0" descr="DIAPVA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAPVA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86156960ce1417533" cstate="print"/>
+                    <a:blip r:embed="rId745069995ad7280dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2679,51 +2679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Phomopsis twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohio State University Extension</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36246960ce1418c89" w:history="1">
+      <w:hyperlink r:id="rId805969995ad728d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/plpath-fru-45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2932,51 +2932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cline B (2014) Twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fruit Disease Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99426960ce1418eb5" w:history="1">
+      <w:hyperlink r:id="rId886169995ad728ec5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/twig-blight-of-blueberry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii. EPPO Global Database.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93626960ce14190a7" w:history="1">
+      <w:hyperlink r:id="rId644869995ad729086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DIAPVA/distribution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The American Phytopathological Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabaratnam S (2018) Phomopsis diseases of blueberry. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63466960ce141980d" w:history="1">
+      <w:hyperlink r:id="rId438069995ad729833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5025,51 +5025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolate 110027 18S ribosomal RNA gene, partial sequence; internal transcribed spacer 1, 5.8S ribosomal RNA gene, and internal transcribed spacer 2, complete sequence; and 28S ribosomal RNA gene, partial sequence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genbank</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83036960ce1419c5a" w:history="1">
+      <w:hyperlink r:id="rId931969995ad729c82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 3 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5142,51 +5142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39986960ce1419d1b" w:history="1">
+      <w:hyperlink r:id="rId640669995ad729d42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Phomopsis vaccinii (Phomopsis twig blight of blueberry)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5408,51 +5408,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24676960ce1419ed2" w:history="1">
+      <w:hyperlink r:id="rId797069995ad729eef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5527,63 +5527,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49564375" name="name58686960ce141a011" descr="eu_funding_250.png"/>
+            <wp:docPr id="39243740" name="name148669995ad72a03d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74556960ce141a00f" cstate="print"/>
+                    <a:blip r:embed="rId529169995ad72a03c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5681,137 +5681,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94712589">
+  <w:abstractNum w:abstractNumId="49400821">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16640921">
+    <w:lvl w:ilvl="0" w:tplc="85217544">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16640921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85217544" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94712588">
+  <w:abstractNum w:abstractNumId="49400820">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47008519">
+    <w:lvl w:ilvl="0" w:tplc="74923762">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6563,55 +6563,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94712588">
-    <w:abstractNumId w:val="94712588"/>
+  <w:num w:numId="49400820">
+    <w:abstractNumId w:val="49400820"/>
   </w:num>
-  <w:num w:numId="94712589">
-    <w:abstractNumId w:val="94712589"/>
+  <w:num w:numId="49400821">
+    <w:abstractNumId w:val="49400821"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18161,51 +18161,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId281233961" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187352191" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10146960ce1415821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId19336960ce14158d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId36246960ce1418c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId99426960ce1418eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId93626960ce14190a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId63466960ce141980d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId83036960ce1419c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId39986960ce1419d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId24676960ce1419ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86156960ce1417533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86156960ce1417533.jpg"/><Relationship Id="rId74556960ce141a00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74556960ce141a00f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId294278163" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542608860" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId515769995ad726e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId964369995ad726e73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId805969995ad728d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId886169995ad728ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId644869995ad729086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId438069995ad729833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId931969995ad729c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId640669995ad729d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId797069995ad729eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId745069995ad7280dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId745069995ad7280dd.jpg"/><Relationship Id="rId529169995ad72a03c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId529169995ad72a03c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>