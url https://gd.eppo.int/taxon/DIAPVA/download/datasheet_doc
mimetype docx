--- v4 (2026-02-21)
+++ v5 (2026-03-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Shear</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blight of blueberry, fruit rot of blueberry, phomopsis canker and dieback of blueberry, storage rot of blueberry, twig blight of blueberry, viscid rot of blueberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515769995ad726e0c" w:history="1">
+            <w:hyperlink r:id="rId848969ba743b5454f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId964369995ad726e73" w:history="1">
+            <w:hyperlink r:id="rId287769ba743b545b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1114,63 +1114,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017), though it was identified molecularly on cranberry seedlings imported into Russia from Belarus (Kuznetsova, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56773941" name="name809069995ad7280e0" descr="DIAPVA_distribution_map.jpg"/>
+            <wp:docPr id="90397947" name="name391769ba743b554a7" descr="DIAPVA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAPVA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId745069995ad7280dd" cstate="print"/>
+                    <a:blip r:embed="rId800069ba743b554a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2679,51 +2679,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Phomopsis twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohio State University Extension</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805969995ad728d2c" w:history="1">
+      <w:hyperlink r:id="rId761969ba743b56208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/plpath-fru-45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2932,51 +2932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cline B (2014) Twig blight of blueberry. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fruit Disease Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886169995ad728ec5" w:history="1">
+      <w:hyperlink r:id="rId964569ba743b563bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/twig-blight-of-blueberry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii. EPPO Global Database.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644869995ad729086" w:history="1">
+      <w:hyperlink r:id="rId582869ba743b56564" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/DIAPVA/distribution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 2 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4342,51 +4342,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The American Phytopathological Society.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sabaratnam S (2018) Phomopsis diseases of blueberry. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438069995ad729833" w:history="1">
+      <w:hyperlink r:id="rId610869ba743b56c99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 20 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5025,51 +5025,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> isolate 110027 18S ribosomal RNA gene, partial sequence; internal transcribed spacer 1, 5.8S ribosomal RNA gene, and internal transcribed spacer 2, complete sequence; and 28S ribosomal RNA gene, partial sequence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genbank</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931969995ad729c82" w:history="1">
+      <w:hyperlink r:id="rId249069ba743b571dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 3 March 2024].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5142,51 +5142,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640669995ad729d42" w:history="1">
+      <w:hyperlink r:id="rId852069ba743b5729d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Phomopsis vaccinii (Phomopsis twig blight of blueberry)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5408,51 +5408,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaporthe vaccinii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797069995ad729eef" w:history="1">
+      <w:hyperlink r:id="rId325469ba743b5745e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5527,63 +5527,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39243740" name="name148669995ad72a03d" descr="eu_funding_250.png"/>
+            <wp:docPr id="61382945" name="name776969ba743b57581" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId529169995ad72a03c" cstate="print"/>
+                    <a:blip r:embed="rId791069ba743b57580" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5681,137 +5681,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49400821">
+  <w:abstractNum w:abstractNumId="50942692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85217544">
+    <w:lvl w:ilvl="0" w:tplc="12922923">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85217544" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12922923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49400820">
+  <w:abstractNum w:abstractNumId="50942691">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74923762">
+    <w:lvl w:ilvl="0" w:tplc="71456897">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6563,55 +6563,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49400820">
-    <w:abstractNumId w:val="49400820"/>
+  <w:num w:numId="50942691">
+    <w:abstractNumId w:val="50942691"/>
   </w:num>
-  <w:num w:numId="49400821">
-    <w:abstractNumId w:val="49400821"/>
+  <w:num w:numId="50942692">
+    <w:abstractNumId w:val="50942692"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18161,51 +18161,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId294278163" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542608860" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId515769995ad726e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId964369995ad726e73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId805969995ad728d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId886169995ad728ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId644869995ad729086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId438069995ad729833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId931969995ad729c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId640669995ad729d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId797069995ad729eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId745069995ad7280dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId745069995ad7280dd.jpg"/><Relationship Id="rId529169995ad72a03c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId529169995ad72a03c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340899710" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId315685480" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId848969ba743b5454f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/" TargetMode="External"/><Relationship Id="rId287769ba743b545b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/categorization" TargetMode="External"/><Relationship Id="rId761969ba743b56208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/plpath-fru-45" TargetMode="External"/><Relationship Id="rId964569ba743b563bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/twig-blight-of-blueberry" TargetMode="External"/><Relationship Id="rId582869ba743b56564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAPVA/distribution" TargetMode="External"/><Relationship Id="rId610869ba743b56c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www2.gov.bc.ca/assets/gov/farming-natural-resources-and-industry/agriculture-and-seafood/animal-and-crops/plant-health/phomopsis-blueberry.pdf" TargetMode="External"/><Relationship Id="rId249069ba743b571dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/KC488259.1" TargetMode="External"/><Relationship Id="rId852069ba743b5729d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18747" TargetMode="External"/><Relationship Id="rId325469ba743b5745e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId800069ba743b554a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800069ba743b554a4.jpg"/><Relationship Id="rId791069ba743b57580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791069ba743b57580.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>