--- v0 (2025-11-08)
+++ v1 (2026-02-11)
@@ -155,51 +155,51 @@
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>