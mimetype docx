--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413068e7722b72bd2" w:history="1">
+            <w:hyperlink r:id="rId526269043bf5318ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371168e7722b72c39" w:history="1">
+            <w:hyperlink r:id="rId355669043bf53195f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91610118" name="name215168e7722b7334e" descr="11629.jpg"/>
+                  <wp:docPr id="32683097" name="name388669043bf532047" descr="11629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId737368e7722b7334c" cstate="print"/>
+                          <a:blip r:embed="rId672169043bf532046" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId658468e7722b734db" w:history="1">
+            <w:hyperlink r:id="rId964369043bf5321af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2570,63 +2570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in northern Texas, where the subspecies hybridize.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61105545" name="name921068e7722b74d05" descr="DIABVZ_distribution_map.jpg"/>
+            <wp:docPr id="80910096" name="name411369043bf533d0d" descr="DIABVZ_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVZ_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId804568e7722b74d03" cstate="print"/>
+                    <a:blip r:embed="rId401669043bf533d0a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4639,90 +4639,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alfilerillo G (2019) Ficha Técnica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krysan &amp; Smith (Insecta: Coleoptera: Chrysomelidae). Dirección general de sanidad vegetal - Dirección del centro nacional de referencia fitosanitaria. 34 pp. (in Spanish) Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532068e7722b75c7b" w:history="1">
+      <w:hyperlink r:id="rId766169043bf534c07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 August 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577868e7722b75cc0" w:history="1">
+      <w:hyperlink r:id="rId635369043bf534c4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523568e7722b75eed" w:history="1">
+      <w:hyperlink r:id="rId435769043bf534e7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5119,51 +5119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670668e7722b75f80" w:history="1">
+      <w:hyperlink r:id="rId445069043bf534f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5998,51 +5998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304068e7722b76528" w:history="1">
+      <w:hyperlink r:id="rId135769043bf535494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6291,51 +6291,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490968e7722b766fa" w:history="1">
+      <w:hyperlink r:id="rId831469043bf535660" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6700,51 +6700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356768e7722b76bec" w:history="1">
+      <w:hyperlink r:id="rId176969043bf535b7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6839,63 +6839,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34173891" name="name970168e7722b76d28" descr="eu_funding_250.png"/>
+            <wp:docPr id="63863664" name="name124969043bf536150" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573168e7722b76d27" cstate="print"/>
+                    <a:blip r:embed="rId213369043bf53614e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6993,137 +6993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86258153">
+  <w:abstractNum w:abstractNumId="48994537">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94931265">
+    <w:lvl w:ilvl="0" w:tplc="48446407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94931265" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48446407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86258152">
+  <w:abstractNum w:abstractNumId="48994536">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85460405">
+    <w:lvl w:ilvl="0" w:tplc="24743764">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7875,55 +7875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86258152">
-    <w:abstractNumId w:val="86258152"/>
+  <w:num w:numId="48994536">
+    <w:abstractNumId w:val="48994536"/>
   </w:num>
-  <w:num w:numId="86258153">
-    <w:abstractNumId w:val="86258153"/>
+  <w:num w:numId="48994537">
+    <w:abstractNumId w:val="48994537"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19473,51 +19473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172223890" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId782191787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId413068e7722b72bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId371168e7722b72c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId658468e7722b734db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId532068e7722b75c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId577868e7722b75cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId523568e7722b75eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId670668e7722b75f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId304068e7722b76528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId490968e7722b766fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId356768e7722b76bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId737368e7722b7334c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737368e7722b7334c.jpg"/><Relationship Id="rId804568e7722b74d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId804568e7722b74d03.jpg"/><Relationship Id="rId573168e7722b76d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573168e7722b76d27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591586970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId763267281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId526269043bf5318ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId355669043bf53195f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId964369043bf5321af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId766169043bf534c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId635369043bf534c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId435769043bf534e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId445069043bf534f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId135769043bf535494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId831469043bf535660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId176969043bf535b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId672169043bf532046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672169043bf532046.jpg"/><Relationship Id="rId401669043bf533d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401669043bf533d0a.jpg"/><Relationship Id="rId213369043bf53614e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213369043bf53614e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>