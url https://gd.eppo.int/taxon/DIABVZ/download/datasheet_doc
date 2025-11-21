--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526269043bf5318ec" w:history="1">
+            <w:hyperlink r:id="rId8803691ff03ea1e0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355669043bf53195f" w:history="1">
+            <w:hyperlink r:id="rId2495691ff03ea1e78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32683097" name="name388669043bf532047" descr="11629.jpg"/>
+                  <wp:docPr id="9173368" name="name5548691ff03ea27c5" descr="11629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId672169043bf532046" cstate="print"/>
+                          <a:blip r:embed="rId4611691ff03ea27c3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId964369043bf5321af" w:history="1">
+            <w:hyperlink r:id="rId5541691ff03ea2900" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2570,63 +2570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in northern Texas, where the subspecies hybridize.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80910096" name="name411369043bf533d0d" descr="DIABVZ_distribution_map.jpg"/>
+            <wp:docPr id="82595023" name="name6370691ff03ea4448" descr="DIABVZ_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVZ_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId401669043bf533d0a" cstate="print"/>
+                    <a:blip r:embed="rId5069691ff03ea4445" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4639,90 +4639,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alfilerillo G (2019) Ficha Técnica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krysan &amp; Smith (Insecta: Coleoptera: Chrysomelidae). Dirección general de sanidad vegetal - Dirección del centro nacional de referencia fitosanitaria. 34 pp. (in Spanish) Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766169043bf534c07" w:history="1">
+      <w:hyperlink r:id="rId3516691ff03ea53b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 August 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635369043bf534c4d" w:history="1">
+      <w:hyperlink r:id="rId9118691ff03ea540d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435769043bf534e7d" w:history="1">
+      <w:hyperlink r:id="rId7772691ff03ea563f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5119,51 +5119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445069043bf534f10" w:history="1">
+      <w:hyperlink r:id="rId8510691ff03ea56d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5998,51 +5998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135769043bf535494" w:history="1">
+      <w:hyperlink r:id="rId2432691ff03ea5c6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6291,51 +6291,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831469043bf535660" w:history="1">
+      <w:hyperlink r:id="rId6668691ff03ea5e3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6700,51 +6700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId176969043bf535b7d" w:history="1">
+      <w:hyperlink r:id="rId4524691ff03ea6337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6839,63 +6839,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63863664" name="name124969043bf536150" descr="eu_funding_250.png"/>
+            <wp:docPr id="69729056" name="name2432691ff03ea6885" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId213369043bf53614e" cstate="print"/>
+                    <a:blip r:embed="rId8903691ff03ea6883" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6993,137 +6993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48994537">
+  <w:abstractNum w:abstractNumId="66853531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48446407">
+    <w:lvl w:ilvl="0" w:tplc="84150241">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48446407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84150241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48994536">
+  <w:abstractNum w:abstractNumId="66853530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24743764">
+    <w:lvl w:ilvl="0" w:tplc="38832955">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7875,55 +7875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48994536">
-    <w:abstractNumId w:val="48994536"/>
+  <w:num w:numId="66853530">
+    <w:abstractNumId w:val="66853530"/>
   </w:num>
-  <w:num w:numId="48994537">
-    <w:abstractNumId w:val="48994537"/>
+  <w:num w:numId="66853531">
+    <w:abstractNumId w:val="66853531"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19473,51 +19473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591586970" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId763267281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId526269043bf5318ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId355669043bf53195f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId964369043bf5321af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId766169043bf534c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId635369043bf534c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId435769043bf534e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId445069043bf534f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId135769043bf535494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId831469043bf535660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId176969043bf535b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId672169043bf532046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672169043bf532046.jpg"/><Relationship Id="rId401669043bf533d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401669043bf533d0a.jpg"/><Relationship Id="rId213369043bf53614e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213369043bf53614e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323255437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916803773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8803691ff03ea1e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId2495691ff03ea1e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId5541691ff03ea2900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId3516691ff03ea53b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId9118691ff03ea540d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId7772691ff03ea563f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId8510691ff03ea56d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId2432691ff03ea5c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId6668691ff03ea5e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId4524691ff03ea6337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4611691ff03ea27c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4611691ff03ea27c3.jpg"/><Relationship Id="rId5069691ff03ea4445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5069691ff03ea4445.jpg"/><Relationship Id="rId8903691ff03ea6883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8903691ff03ea6883.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>