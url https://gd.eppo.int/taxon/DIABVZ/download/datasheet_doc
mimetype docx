--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8803691ff03ea1e0f" w:history="1">
+            <w:hyperlink r:id="rId3106695f6778a91be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2495691ff03ea1e78" w:history="1">
+            <w:hyperlink r:id="rId6294695f6778a9227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9173368" name="name5548691ff03ea27c5" descr="11629.jpg"/>
+                  <wp:docPr id="53724469" name="name6687695f6778a99f7" descr="11629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4611691ff03ea27c3" cstate="print"/>
+                          <a:blip r:embed="rId3420695f6778a99f5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5541691ff03ea2900" w:history="1">
+            <w:hyperlink r:id="rId5220695f6778a9b1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2570,63 +2570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in northern Texas, where the subspecies hybridize.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82595023" name="name6370691ff03ea4448" descr="DIABVZ_distribution_map.jpg"/>
+            <wp:docPr id="80103577" name="name8310695f6778ab63e" descr="DIABVZ_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVZ_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5069691ff03ea4445" cstate="print"/>
+                    <a:blip r:embed="rId8905695f6778ab63b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4639,90 +4639,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alfilerillo G (2019) Ficha Técnica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krysan &amp; Smith (Insecta: Coleoptera: Chrysomelidae). Dirección general de sanidad vegetal - Dirección del centro nacional de referencia fitosanitaria. 34 pp. (in Spanish) Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3516691ff03ea53b8" w:history="1">
+      <w:hyperlink r:id="rId2558695f6778ac594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 August 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9118691ff03ea540d" w:history="1">
+      <w:hyperlink r:id="rId3381695f6778ac5d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7772691ff03ea563f" w:history="1">
+      <w:hyperlink r:id="rId9893695f6778ac80c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5119,51 +5119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8510691ff03ea56d1" w:history="1">
+      <w:hyperlink r:id="rId4584695f6778ac89f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5998,51 +5998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2432691ff03ea5c6c" w:history="1">
+      <w:hyperlink r:id="rId4089695f6778ace43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6291,51 +6291,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6668691ff03ea5e3a" w:history="1">
+      <w:hyperlink r:id="rId5825695f6778ad022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6678,73 +6678,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4524691ff03ea6337" w:history="1">
+      <w:hyperlink r:id="rId4307695f6778ad518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6839,63 +6839,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69729056" name="name2432691ff03ea6885" descr="eu_funding_250.png"/>
+            <wp:docPr id="21160115" name="name5253695f6778ad689" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8903691ff03ea6883" cstate="print"/>
+                    <a:blip r:embed="rId5151695f6778ad688" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6993,137 +6993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66853531">
+  <w:abstractNum w:abstractNumId="10743007">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84150241">
+    <w:lvl w:ilvl="0" w:tplc="97274609">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84150241" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97274609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66853530">
+  <w:abstractNum w:abstractNumId="10743006">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38832955">
+    <w:lvl w:ilvl="0" w:tplc="33941165">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7875,55 +7875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66853530">
-    <w:abstractNumId w:val="66853530"/>
+  <w:num w:numId="10743006">
+    <w:abstractNumId w:val="10743006"/>
   </w:num>
-  <w:num w:numId="66853531">
-    <w:abstractNumId w:val="66853531"/>
+  <w:num w:numId="10743007">
+    <w:abstractNumId w:val="10743007"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19473,51 +19473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323255437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916803773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8803691ff03ea1e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId2495691ff03ea1e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId5541691ff03ea2900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId3516691ff03ea53b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId9118691ff03ea540d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId7772691ff03ea563f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId8510691ff03ea56d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId2432691ff03ea5c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId6668691ff03ea5e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId4524691ff03ea6337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4611691ff03ea27c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4611691ff03ea27c3.jpg"/><Relationship Id="rId5069691ff03ea4445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5069691ff03ea4445.jpg"/><Relationship Id="rId8903691ff03ea6883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8903691ff03ea6883.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404946117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316211619" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3106695f6778a91be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId6294695f6778a9227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId5220695f6778a9b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId2558695f6778ac594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId3381695f6778ac5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId9893695f6778ac80c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId4584695f6778ac89f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId4089695f6778ace43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId5825695f6778ad022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId4307695f6778ad518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3420695f6778a99f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3420695f6778a99f5.jpg"/><Relationship Id="rId8905695f6778ab63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8905695f6778ab63b.jpg"/><Relationship Id="rId5151695f6778ad688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5151695f6778ad688.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>