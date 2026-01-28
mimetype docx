--- v3 (2026-01-08)
+++ v4 (2026-01-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3106695f6778a91be" w:history="1">
+            <w:hyperlink r:id="rId9197697a2ece3cad7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6294695f6778a9227" w:history="1">
+            <w:hyperlink r:id="rId7020697a2ece3cb42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53724469" name="name6687695f6778a99f7" descr="11629.jpg"/>
+                  <wp:docPr id="43454446" name="name8283697a2ece3d291" descr="11629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3420695f6778a99f5" cstate="print"/>
+                          <a:blip r:embed="rId5467697a2ece3d28f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5220695f6778a9b1b" w:history="1">
+            <w:hyperlink r:id="rId9107697a2ece3d3ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2570,63 +2570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in northern Texas, where the subspecies hybridize.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80103577" name="name8310695f6778ab63e" descr="DIABVZ_distribution_map.jpg"/>
+            <wp:docPr id="76651158" name="name9116697a2ece3ecf0" descr="DIABVZ_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVZ_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8905695f6778ab63b" cstate="print"/>
+                    <a:blip r:embed="rId6404697a2ece3ecec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4639,90 +4639,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alfilerillo G (2019) Ficha Técnica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krysan &amp; Smith (Insecta: Coleoptera: Chrysomelidae). Dirección general de sanidad vegetal - Dirección del centro nacional de referencia fitosanitaria. 34 pp. (in Spanish) Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2558695f6778ac594" w:history="1">
+      <w:hyperlink r:id="rId6777697a2ece3fc30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 August 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3381695f6778ac5d9" w:history="1">
+      <w:hyperlink r:id="rId5108697a2ece3fc76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9893695f6778ac80c" w:history="1">
+      <w:hyperlink r:id="rId7716697a2ece3fea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5119,51 +5119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4584695f6778ac89f" w:history="1">
+      <w:hyperlink r:id="rId9140697a2ece3ff3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5998,51 +5998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4089695f6778ace43" w:history="1">
+      <w:hyperlink r:id="rId9884697a2ece404cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6291,51 +6291,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5825695f6778ad022" w:history="1">
+      <w:hyperlink r:id="rId6173697a2ece406c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6700,51 +6700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4307695f6778ad518" w:history="1">
+      <w:hyperlink r:id="rId8371697a2ece40bd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6839,63 +6839,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21160115" name="name5253695f6778ad689" descr="eu_funding_250.png"/>
+            <wp:docPr id="12318559" name="name2929697a2ece40d59" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5151695f6778ad688" cstate="print"/>
+                    <a:blip r:embed="rId1888697a2ece40d57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6993,137 +6993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10743007">
+  <w:abstractNum w:abstractNumId="51185347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97274609">
+    <w:lvl w:ilvl="0" w:tplc="62888982">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97274609" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62888982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10743006">
+  <w:abstractNum w:abstractNumId="51185346">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33941165">
+    <w:lvl w:ilvl="0" w:tplc="93666370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7875,55 +7875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10743006">
-    <w:abstractNumId w:val="10743006"/>
+  <w:num w:numId="51185346">
+    <w:abstractNumId w:val="51185346"/>
   </w:num>
-  <w:num w:numId="10743007">
-    <w:abstractNumId w:val="10743007"/>
+  <w:num w:numId="51185347">
+    <w:abstractNumId w:val="51185347"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19473,51 +19473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404946117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316211619" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3106695f6778a91be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId6294695f6778a9227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId5220695f6778a9b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId2558695f6778ac594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId3381695f6778ac5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId9893695f6778ac80c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId4584695f6778ac89f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId4089695f6778ace43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId5825695f6778ad022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId4307695f6778ad518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3420695f6778a99f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3420695f6778a99f5.jpg"/><Relationship Id="rId8905695f6778ab63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8905695f6778ab63b.jpg"/><Relationship Id="rId5151695f6778ad688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5151695f6778ad688.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636959846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352476812" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9197697a2ece3cad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId7020697a2ece3cb42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId9107697a2ece3d3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId6777697a2ece3fc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId5108697a2ece3fc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId7716697a2ece3fea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId9140697a2ece3ff3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId9884697a2ece404cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId6173697a2ece406c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId8371697a2ece40bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5467697a2ece3d28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5467697a2ece3d28f.jpg"/><Relationship Id="rId6404697a2ece3ecec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6404697a2ece3ecec.jpg"/><Relationship Id="rId1888697a2ece40d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1888697a2ece40d57.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>