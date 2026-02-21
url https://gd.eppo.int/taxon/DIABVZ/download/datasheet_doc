--- v4 (2026-01-28)
+++ v5 (2026-02-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9197697a2ece3cad7" w:history="1">
+            <w:hyperlink r:id="rId687069992e56eebf0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7020697a2ece3cb42" w:history="1">
+            <w:hyperlink r:id="rId817569992e56eec5a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43454446" name="name8283697a2ece3d291" descr="11629.jpg"/>
+                  <wp:docPr id="73314367" name="name141669992e56ef2dd" descr="11629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5467697a2ece3d28f" cstate="print"/>
+                          <a:blip r:embed="rId249569992e56ef2db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9107697a2ece3d3ab" w:history="1">
+            <w:hyperlink r:id="rId344569992e56ef417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2570,63 +2570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in northern Texas, where the subspecies hybridize.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76651158" name="name9116697a2ece3ecf0" descr="DIABVZ_distribution_map.jpg"/>
+            <wp:docPr id="60751442" name="name655069992e56f0dab" descr="DIABVZ_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVZ_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6404697a2ece3ecec" cstate="print"/>
+                    <a:blip r:embed="rId311469992e56f0da8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4639,90 +4639,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alfilerillo G (2019) Ficha Técnica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krysan &amp; Smith (Insecta: Coleoptera: Chrysomelidae). Dirección general de sanidad vegetal - Dirección del centro nacional de referencia fitosanitaria. 34 pp. (in Spanish) Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6777697a2ece3fc30" w:history="1">
+      <w:hyperlink r:id="rId281969992e56f1cc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 August 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5108697a2ece3fc76" w:history="1">
+      <w:hyperlink r:id="rId203669992e56f1d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7716697a2ece3fea7" w:history="1">
+      <w:hyperlink r:id="rId100669992e56f1f3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5119,51 +5119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9140697a2ece3ff3a" w:history="1">
+      <w:hyperlink r:id="rId732469992e56f1fd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5998,51 +5998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9884697a2ece404cf" w:history="1">
+      <w:hyperlink r:id="rId777269992e56f2582" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6291,51 +6291,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6173697a2ece406c0" w:history="1">
+      <w:hyperlink r:id="rId602269992e56f2763" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6700,51 +6700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8371697a2ece40bd8" w:history="1">
+      <w:hyperlink r:id="rId466369992e56f2c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6839,63 +6839,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12318559" name="name2929697a2ece40d59" descr="eu_funding_250.png"/>
+            <wp:docPr id="37652117" name="name858669992e56f3007" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1888697a2ece40d57" cstate="print"/>
+                    <a:blip r:embed="rId276669992e56f3005" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6993,137 +6993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51185347">
+  <w:abstractNum w:abstractNumId="97009488">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62888982">
+    <w:lvl w:ilvl="0" w:tplc="30525805">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62888982" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30525805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51185346">
+  <w:abstractNum w:abstractNumId="97009487">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93666370">
+    <w:lvl w:ilvl="0" w:tplc="84912625">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7875,55 +7875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51185346">
-    <w:abstractNumId w:val="51185346"/>
+  <w:num w:numId="97009487">
+    <w:abstractNumId w:val="97009487"/>
   </w:num>
-  <w:num w:numId="51185347">
-    <w:abstractNumId w:val="51185347"/>
+  <w:num w:numId="97009488">
+    <w:abstractNumId w:val="97009488"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19473,51 +19473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636959846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352476812" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9197697a2ece3cad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId7020697a2ece3cb42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId9107697a2ece3d3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId6777697a2ece3fc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId5108697a2ece3fc76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId7716697a2ece3fea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId9140697a2ece3ff3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId9884697a2ece404cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId6173697a2ece406c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId8371697a2ece40bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5467697a2ece3d28f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5467697a2ece3d28f.jpg"/><Relationship Id="rId6404697a2ece3ecec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6404697a2ece3ecec.jpg"/><Relationship Id="rId1888697a2ece40d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1888697a2ece40d57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId909147625" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId909438948" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId687069992e56eebf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId817569992e56eec5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId344569992e56ef417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId281969992e56f1cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId203669992e56f1d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId100669992e56f1f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId732469992e56f1fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId777269992e56f2582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId602269992e56f2763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId466369992e56f2c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId249569992e56ef2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249569992e56ef2db.jpg"/><Relationship Id="rId311469992e56f0da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311469992e56f0da8.jpg"/><Relationship Id="rId276669992e56f3005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId276669992e56f3005.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>