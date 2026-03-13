--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mexican corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687069992e56eebf0" w:history="1">
+            <w:hyperlink r:id="rId574069b3a2bcbdbc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId817569992e56eec5a" w:history="1">
+            <w:hyperlink r:id="rId559669b3a2bcbdc2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73314367" name="name141669992e56ef2dd" descr="11629.jpg"/>
+                  <wp:docPr id="35212165" name="name983669b3a2bcbdd0c" descr="11629.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11629.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId249569992e56ef2db" cstate="print"/>
+                          <a:blip r:embed="rId455369b3a2bcbdd0b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId344569992e56ef417" w:history="1">
+            <w:hyperlink r:id="rId860769b3a2bcbde2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2570,63 +2570,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in northern Texas, where the subspecies hybridize.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60751442" name="name655069992e56f0dab" descr="DIABVZ_distribution_map.jpg"/>
+            <wp:docPr id="53514530" name="name441669b3a2bcbec89" descr="DIABVZ_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVZ_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId311469992e56f0da8" cstate="print"/>
+                    <a:blip r:embed="rId971269b3a2bcbec87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4639,90 +4639,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alfilerillo G (2019) Ficha Técnica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krysan &amp; Smith (Insecta: Coleoptera: Chrysomelidae). Dirección general de sanidad vegetal - Dirección del centro nacional de referencia fitosanitaria. 34 pp. (in Spanish) Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281969992e56f1cc4" w:history="1">
+      <w:hyperlink r:id="rId444069b3a2bcbfb6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 August 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203669992e56f1d09" w:history="1">
+      <w:hyperlink r:id="rId117869b3a2bcbfbae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100669992e56f1f3e" w:history="1">
+      <w:hyperlink r:id="rId792769b3a2bcbfde2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5119,51 +5119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732469992e56f1fd2" w:history="1">
+      <w:hyperlink r:id="rId939369b3a2bcbfe75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5998,51 +5998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777269992e56f2582" w:history="1">
+      <w:hyperlink r:id="rId693869b3a2bcc044e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6291,51 +6291,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 123-125.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602269992e56f2763" w:history="1">
+      <w:hyperlink r:id="rId577269b3a2bcc063e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 December 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6700,51 +6700,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466369992e56f2c66" w:history="1">
+      <w:hyperlink r:id="rId315269b3a2bcc0b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6839,63 +6839,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37652117" name="name858669992e56f3007" descr="eu_funding_250.png"/>
+            <wp:docPr id="70819495" name="name430469b3a2bcc0c8b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId276669992e56f3005" cstate="print"/>
+                    <a:blip r:embed="rId285769b3a2bcc0c8a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6993,137 +6993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97009488">
+  <w:abstractNum w:abstractNumId="39737756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30525805">
+    <w:lvl w:ilvl="0" w:tplc="73024787">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30525805" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73024787" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97009487">
+  <w:abstractNum w:abstractNumId="39737755">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84912625">
+    <w:lvl w:ilvl="0" w:tplc="88802157">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7875,55 +7875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97009487">
-    <w:abstractNumId w:val="97009487"/>
+  <w:num w:numId="39737755">
+    <w:abstractNumId w:val="39737755"/>
   </w:num>
-  <w:num w:numId="97009488">
-    <w:abstractNumId w:val="97009488"/>
+  <w:num w:numId="39737756">
+    <w:abstractNumId w:val="39737756"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19473,51 +19473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId909147625" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId909438948" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId687069992e56eebf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId817569992e56eec5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId344569992e56ef417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId281969992e56f1cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId203669992e56f1d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId100669992e56f1f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId732469992e56f1fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId777269992e56f2582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId602269992e56f2763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId466369992e56f2c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId249569992e56ef2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249569992e56ef2db.jpg"/><Relationship Id="rId311469992e56f0da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId311469992e56f0da8.jpg"/><Relationship Id="rId276669992e56f3005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId276669992e56f3005.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId499891965" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId424739369" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId574069b3a2bcbdbc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/" TargetMode="External"/><Relationship Id="rId559669b3a2bcbdc2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/categorization" TargetMode="External"/><Relationship Id="rId860769b3a2bcbde2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/photos" TargetMode="External"/><Relationship Id="rId444069b3a2bcbfb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/633033/Gusano_alfilerillo.pdf" TargetMode="External"/><Relationship Id="rId117869b3a2bcbfbae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987%20%20%20" TargetMode="External"/><Relationship Id="rId792769b3a2bcbfde2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/%20" TargetMode="External"/><Relationship Id="rId939369b3a2bcbfe75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId693869b3a2bcc044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId577269b3a2bcc063e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId315269b3a2bcc0b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId455369b3a2bcbdd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId455369b3a2bcbdd0b.jpg"/><Relationship Id="rId971269b3a2bcbec87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId971269b3a2bcbec87.jpg"/><Relationship Id="rId285769b3a2bcc0c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285769b3a2bcc0c8a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>