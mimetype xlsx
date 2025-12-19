--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -479,75 +479,75 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>SK</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
     <t>Present, few occurrences</t>
-  </si>
-[...22 lines deleted...]
-    <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
@@ -2211,119 +2211,119 @@
       <c r="B70" t="s">
         <v>151</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
         <v>152</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>107</v>
       </c>
       <c r="B71" t="s">
         <v>153</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
         <v>154</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>107</v>
       </c>
       <c r="B72" t="s">
         <v>153</v>
       </c>
       <c r="C72" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D72" t="s">
         <v>154</v>
       </c>
       <c r="E72" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F72" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>107</v>
       </c>
       <c r="B73" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>107</v>
       </c>
       <c r="B74" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>107</v>
       </c>
       <c r="B75" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>107</v>
       </c>
       <c r="B76" t="s">
         <v>164</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>165</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>107</v>
       </c>
       <c r="B77" t="s">
         <v>166</v>
       </c>