--- v1 (2025-12-19)
+++ v2 (2026-02-20)
@@ -473,51 +473,51 @@
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>