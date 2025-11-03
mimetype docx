--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141068ed7f2154370" w:history="1">
+            <w:hyperlink r:id="rId967269092a1c8978d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383968ed7f21543dd" w:history="1">
+            <w:hyperlink r:id="rId136669092a1c89808" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28213058" name="name103368ed7f21549eb" descr="2437.jpg"/>
+                  <wp:docPr id="57387438" name="name197069092a1c898c6" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId819368ed7f21549e9" cstate="print"/>
+                          <a:blip r:embed="rId726069092a1c898c5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId854268ed7f2154ae7" w:history="1">
+            <w:hyperlink r:id="rId944869092a1c89991" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370868ed7f2154d73" w:history="1">
+      <w:hyperlink r:id="rId221069092a1c89b84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,63 +1585,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2242638" name="name671068ed7f21560f8" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="68511162" name="name358269092a1c8a26a" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId651168ed7f21560f5" cstate="print"/>
+                    <a:blip r:embed="rId343869092a1c8a269" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738768ed7f2157491" w:history="1">
+      <w:hyperlink r:id="rId480869092a1c8b3dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921968ed7f215785a" w:history="1">
+      <w:hyperlink r:id="rId343769092a1c8b792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577068ed7f215789d" w:history="1">
+      <w:hyperlink r:id="rId951869092a1c8b7d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749168ed7f2157a0f" w:history="1">
+      <w:hyperlink r:id="rId724169092a1c8b94a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232368ed7f2157aa1" w:history="1">
+      <w:hyperlink r:id="rId458469092a1c8b9de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139568ed7f2157bc2" w:history="1">
+      <w:hyperlink r:id="rId781069092a1c8bb08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430168ed7f21583fe" w:history="1">
+      <w:hyperlink r:id="rId449469092a1c8c358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571268ed7f215869f" w:history="1">
+      <w:hyperlink r:id="rId296669092a1c8c5df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7844,51 +7844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598968ed7f2158d44" w:history="1">
+      <w:hyperlink r:id="rId686569092a1c8cca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86896747" name="name793868ed7f21591aa" descr="eu_funding_250.png"/>
+            <wp:docPr id="16245960" name="name110969092a1c8cdc9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId849068ed7f21591a8" cstate="print"/>
+                    <a:blip r:embed="rId876369092a1c8cdc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45811072">
+  <w:abstractNum w:abstractNumId="37343916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90111083">
+    <w:lvl w:ilvl="0" w:tplc="59329045">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90111083" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59329045" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45811071">
+  <w:abstractNum w:abstractNumId="37343915">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41476378">
+    <w:lvl w:ilvl="0" w:tplc="30632941">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45811071">
-    <w:abstractNumId w:val="45811071"/>
+  <w:num w:numId="37343915">
+    <w:abstractNumId w:val="37343915"/>
   </w:num>
-  <w:num w:numId="45811072">
-    <w:abstractNumId w:val="45811072"/>
+  <w:num w:numId="37343916">
+    <w:abstractNumId w:val="37343916"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331209485" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId564793609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId141068ed7f2154370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId383968ed7f21543dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId854268ed7f2154ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId370868ed7f2154d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId738768ed7f2157491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId921968ed7f215785a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId577068ed7f215789d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId749168ed7f2157a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId232368ed7f2157aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId139568ed7f2157bc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId430168ed7f21583fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId571268ed7f215869f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId598968ed7f2158d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId819368ed7f21549e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId819368ed7f21549e9.jpg"/><Relationship Id="rId651168ed7f21560f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId651168ed7f21560f5.jpg"/><Relationship Id="rId849068ed7f21591a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId849068ed7f21591a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269564239" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId310596019" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId967269092a1c8978d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId136669092a1c89808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId944869092a1c89991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId221069092a1c89b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId480869092a1c8b3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId343769092a1c8b792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId951869092a1c8b7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId724169092a1c8b94a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId458469092a1c8b9de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId781069092a1c8bb08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449469092a1c8c358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId296669092a1c8c5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId686569092a1c8cca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId726069092a1c898c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId726069092a1c898c5.jpg"/><Relationship Id="rId343869092a1c8a269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId343869092a1c8a269.jpg"/><Relationship Id="rId876369092a1c8cdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876369092a1c8cdc8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>