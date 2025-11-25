--- v1 (2025-11-03)
+++ v2 (2025-11-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId967269092a1c8978d" w:history="1">
+            <w:hyperlink r:id="rId828969255e146a181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136669092a1c89808" w:history="1">
+            <w:hyperlink r:id="rId582969255e146a1ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57387438" name="name197069092a1c898c6" descr="2437.jpg"/>
+                  <wp:docPr id="18449406" name="name725769255e146a2ad" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId726069092a1c898c5" cstate="print"/>
+                          <a:blip r:embed="rId779669255e146a2ac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId944869092a1c89991" w:history="1">
+            <w:hyperlink r:id="rId277369255e146a383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221069092a1c89b84" w:history="1">
+      <w:hyperlink r:id="rId253569255e146a56e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,105 +1585,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68511162" name="name358269092a1c8a26a" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="69601197" name="name236069255e146bc93" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId343869092a1c8a269" cstate="print"/>
+                    <a:blip r:embed="rId214069255e146bc90" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland), Moldova, Republic of, Montenegro, Poland, Romania, Russian Federation (the) (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Ukraine</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland), Moldova, Republic of, Montenegro, Poland, Romania, Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario, Québec), Mexico, United States of America (Alabama, Arizona, Colorado, Connecticut, Delaware, Georgia, Idaho, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maine, Maryland, Massachusetts, Michigan, Minnesota, Missouri, Montana, Nebraska, New Hampshire, New Jersey, New Mexico, New York, North Carolina, North Dakota, Ohio, Oklahoma, Pennsylvania, Rhode Island, South Dakota, Tennessee, Texas, Utah, Virginia, Washington, West Virginia, Wisconsin, Wyoming)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480869092a1c8b3dd" w:history="1">
+      <w:hyperlink r:id="rId252469255e146ce9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343769092a1c8b792" w:history="1">
+      <w:hyperlink r:id="rId610569255e146d25b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951869092a1c8b7d4" w:history="1">
+      <w:hyperlink r:id="rId732969255e146d29d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724169092a1c8b94a" w:history="1">
+      <w:hyperlink r:id="rId299269255e146d42d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458469092a1c8b9de" w:history="1">
+      <w:hyperlink r:id="rId235969255e146d4c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781069092a1c8bb08" w:history="1">
+      <w:hyperlink r:id="rId584269255e146d5ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449469092a1c8c358" w:history="1">
+      <w:hyperlink r:id="rId872769255e146de13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296669092a1c8c5df" w:history="1">
+      <w:hyperlink r:id="rId177469255e146e0b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7844,51 +7844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686569092a1c8cca6" w:history="1">
+      <w:hyperlink r:id="rId472069255e146e780" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16245960" name="name110969092a1c8cdc9" descr="eu_funding_250.png"/>
+            <wp:docPr id="24483542" name="name428069255e146e8da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId876369092a1c8cdc8" cstate="print"/>
+                    <a:blip r:embed="rId147869255e146e8d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37343916">
+  <w:abstractNum w:abstractNumId="54014728">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59329045">
+    <w:lvl w:ilvl="0" w:tplc="15397713">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59329045" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15397713" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37343915">
+  <w:abstractNum w:abstractNumId="54014727">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30632941">
+    <w:lvl w:ilvl="0" w:tplc="59360255">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37343915">
-    <w:abstractNumId w:val="37343915"/>
+  <w:num w:numId="54014727">
+    <w:abstractNumId w:val="54014727"/>
   </w:num>
-  <w:num w:numId="37343916">
-    <w:abstractNumId w:val="37343916"/>
+  <w:num w:numId="54014728">
+    <w:abstractNumId w:val="54014728"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269564239" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId310596019" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId967269092a1c8978d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId136669092a1c89808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId944869092a1c89991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId221069092a1c89b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId480869092a1c8b3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId343769092a1c8b792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId951869092a1c8b7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId724169092a1c8b94a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId458469092a1c8b9de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId781069092a1c8bb08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449469092a1c8c358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId296669092a1c8c5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId686569092a1c8cca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId726069092a1c898c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId726069092a1c898c5.jpg"/><Relationship Id="rId343869092a1c8a269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId343869092a1c8a269.jpg"/><Relationship Id="rId876369092a1c8cdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876369092a1c8cdc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId773058362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444755807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId828969255e146a181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId582969255e146a1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId277369255e146a383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId253569255e146a56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId252469255e146ce9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId610569255e146d25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId732969255e146d29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId299269255e146d42d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId235969255e146d4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId584269255e146d5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId872769255e146de13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId177469255e146e0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId472069255e146e780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId779669255e146a2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779669255e146a2ac.jpg"/><Relationship Id="rId214069255e146bc90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214069255e146bc90.jpg"/><Relationship Id="rId147869255e146e8d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId147869255e146e8d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>