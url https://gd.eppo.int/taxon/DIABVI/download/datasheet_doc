--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId828969255e146a181" w:history="1">
+            <w:hyperlink r:id="rId58686940d0851ede9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId582969255e146a1ec" w:history="1">
+            <w:hyperlink r:id="rId71176940d0851ee53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18449406" name="name725769255e146a2ad" descr="2437.jpg"/>
+                  <wp:docPr id="16041513" name="name50316940d0851f467" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId779669255e146a2ac" cstate="print"/>
+                          <a:blip r:embed="rId69936940d0851f465" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId277369255e146a383" w:history="1">
+            <w:hyperlink r:id="rId58566940d0851f570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253569255e146a56e" w:history="1">
+      <w:hyperlink r:id="rId52296940d0851f75f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,63 +1585,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69601197" name="name236069255e146bc93" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="46574053" name="name95146940d08520ab7" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId214069255e146bc90" cstate="print"/>
+                    <a:blip r:embed="rId91666940d08520ab4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252469255e146ce9e" w:history="1">
+      <w:hyperlink r:id="rId60206940d08521c3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610569255e146d25b" w:history="1">
+      <w:hyperlink r:id="rId46436940d08521fed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732969255e146d29d" w:history="1">
+      <w:hyperlink r:id="rId12046940d08522030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299269255e146d42d" w:history="1">
+      <w:hyperlink r:id="rId11576940d085221a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235969255e146d4c4" w:history="1">
+      <w:hyperlink r:id="rId31646940d08522236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584269255e146d5ee" w:history="1">
+      <w:hyperlink r:id="rId88976940d0852235d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872769255e146de13" w:history="1">
+      <w:hyperlink r:id="rId74176940d08522f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177469255e146e0b0" w:history="1">
+      <w:hyperlink r:id="rId73736940d085231c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7844,51 +7844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472069255e146e780" w:history="1">
+      <w:hyperlink r:id="rId67386940d085239b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24483542" name="name428069255e146e8da" descr="eu_funding_250.png"/>
+            <wp:docPr id="96776722" name="name40146940d08523f93" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId147869255e146e8d9" cstate="print"/>
+                    <a:blip r:embed="rId77606940d08523f92" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54014728">
+  <w:abstractNum w:abstractNumId="31489154">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15397713">
+    <w:lvl w:ilvl="0" w:tplc="36044234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15397713" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36044234" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54014727">
+  <w:abstractNum w:abstractNumId="31489153">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59360255">
+    <w:lvl w:ilvl="0" w:tplc="50775084">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54014727">
-    <w:abstractNumId w:val="54014727"/>
+  <w:num w:numId="31489153">
+    <w:abstractNumId w:val="31489153"/>
   </w:num>
-  <w:num w:numId="54014728">
-    <w:abstractNumId w:val="54014728"/>
+  <w:num w:numId="31489154">
+    <w:abstractNumId w:val="31489154"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId773058362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId444755807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId828969255e146a181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId582969255e146a1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId277369255e146a383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId253569255e146a56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId252469255e146ce9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId610569255e146d25b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId732969255e146d29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId299269255e146d42d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId235969255e146d4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId584269255e146d5ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId872769255e146de13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId177469255e146e0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId472069255e146e780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId779669255e146a2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779669255e146a2ac.jpg"/><Relationship Id="rId214069255e146bc90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214069255e146bc90.jpg"/><Relationship Id="rId147869255e146e8d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId147869255e146e8d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939957927" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId867757255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58686940d0851ede9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId71176940d0851ee53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId58566940d0851f570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId52296940d0851f75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId60206940d08521c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId46436940d08521fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId12046940d08522030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId11576940d085221a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId31646940d08522236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId88976940d0852235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74176940d08522f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId73736940d085231c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId67386940d085239b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69936940d0851f465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69936940d0851f465.jpg"/><Relationship Id="rId91666940d08520ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91666940d08520ab4.jpg"/><Relationship Id="rId77606940d08523f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77606940d08523f92.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>