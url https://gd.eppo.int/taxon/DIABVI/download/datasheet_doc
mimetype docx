--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58686940d0851ede9" w:history="1">
+            <w:hyperlink r:id="rId9183695dfc29e0290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71176940d0851ee53" w:history="1">
+            <w:hyperlink r:id="rId2112695dfc29e02fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16041513" name="name50316940d0851f467" descr="2437.jpg"/>
+                  <wp:docPr id="84001047" name="name1086695dfc29e03e9" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69936940d0851f465" cstate="print"/>
+                          <a:blip r:embed="rId4526695dfc29e03e8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId58566940d0851f570" w:history="1">
+            <w:hyperlink r:id="rId8484695dfc29e04f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52296940d0851f75f" w:history="1">
+      <w:hyperlink r:id="rId5081695dfc29e06db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,63 +1585,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46574053" name="name95146940d08520ab7" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="39308297" name="name5445695dfc29e1bd8" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91666940d08520ab4" cstate="print"/>
+                    <a:blip r:embed="rId9703695dfc29e1bd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60206940d08521c3c" w:history="1">
+      <w:hyperlink r:id="rId3803695dfc29e2ec1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46436940d08521fed" w:history="1">
+      <w:hyperlink r:id="rId3615695dfc29e3271" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12046940d08522030" w:history="1">
+      <w:hyperlink r:id="rId5277695dfc29e32b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11576940d085221a3" w:history="1">
+      <w:hyperlink r:id="rId5993695dfc29e3438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31646940d08522236" w:history="1">
+      <w:hyperlink r:id="rId5567695dfc29e34ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88976940d0852235d" w:history="1">
+      <w:hyperlink r:id="rId6935695dfc29e35e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74176940d08522f36" w:history="1">
+      <w:hyperlink r:id="rId5701695dfc29e3e17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73736940d085231c1" w:history="1">
+      <w:hyperlink r:id="rId6991695dfc29e40b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7822,73 +7822,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67386940d085239b8" w:history="1">
+      <w:hyperlink r:id="rId8389695dfc29e4767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96776722" name="name40146940d08523f93" descr="eu_funding_250.png"/>
+            <wp:docPr id="41069355" name="name5366695dfc29e48d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77606940d08523f92" cstate="print"/>
+                    <a:blip r:embed="rId7797695dfc29e48d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31489154">
+  <w:abstractNum w:abstractNumId="90971861">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36044234">
+    <w:lvl w:ilvl="0" w:tplc="92057394">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36044234" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92057394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31489153">
+  <w:abstractNum w:abstractNumId="90971860">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50775084">
+    <w:lvl w:ilvl="0" w:tplc="57927859">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31489153">
-    <w:abstractNumId w:val="31489153"/>
+  <w:num w:numId="90971860">
+    <w:abstractNumId w:val="90971860"/>
   </w:num>
-  <w:num w:numId="31489154">
-    <w:abstractNumId w:val="31489154"/>
+  <w:num w:numId="90971861">
+    <w:abstractNumId w:val="90971861"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939957927" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId867757255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58686940d0851ede9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId71176940d0851ee53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId58566940d0851f570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId52296940d0851f75f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId60206940d08521c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId46436940d08521fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId12046940d08522030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId11576940d085221a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId31646940d08522236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId88976940d0852235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74176940d08522f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId73736940d085231c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId67386940d085239b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69936940d0851f465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69936940d0851f465.jpg"/><Relationship Id="rId91666940d08520ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId91666940d08520ab4.jpg"/><Relationship Id="rId77606940d08523f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77606940d08523f92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722500974" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId694941527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9183695dfc29e0290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId2112695dfc29e02fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId8484695dfc29e04f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId5081695dfc29e06db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId3803695dfc29e2ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId3615695dfc29e3271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId5277695dfc29e32b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId5993695dfc29e3438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5567695dfc29e34ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId6935695dfc29e35e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5701695dfc29e3e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId6991695dfc29e40b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId8389695dfc29e4767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4526695dfc29e03e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4526695dfc29e03e8.jpg"/><Relationship Id="rId9703695dfc29e1bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9703695dfc29e1bd5.jpg"/><Relationship Id="rId7797695dfc29e48d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7797695dfc29e48d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>