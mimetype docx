--- v4 (2026-01-07)
+++ v5 (2026-02-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9183695dfc29e0290" w:history="1">
+            <w:hyperlink r:id="rId1655699308bc87443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2112695dfc29e02fa" w:history="1">
+            <w:hyperlink r:id="rId6109699308bc874ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84001047" name="name1086695dfc29e03e9" descr="2437.jpg"/>
+                  <wp:docPr id="7310666" name="name8655699308bc87b6d" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4526695dfc29e03e8" cstate="print"/>
+                          <a:blip r:embed="rId4727699308bc87b6b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8484695dfc29e04f1" w:history="1">
+            <w:hyperlink r:id="rId5327699308bc87cb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5081695dfc29e06db" w:history="1">
+      <w:hyperlink r:id="rId1060699308bc87f48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,63 +1585,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39308297" name="name5445695dfc29e1bd8" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="47452807" name="name4552699308bc895e9" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9703695dfc29e1bd5" cstate="print"/>
+                    <a:blip r:embed="rId8000699308bc895e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3803695dfc29e2ec1" w:history="1">
+      <w:hyperlink r:id="rId4459699308bc8aca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3615695dfc29e3271" w:history="1">
+      <w:hyperlink r:id="rId4156699308bc8b04e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5277695dfc29e32b3" w:history="1">
+      <w:hyperlink r:id="rId7286699308bc8b08e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5993695dfc29e3438" w:history="1">
+      <w:hyperlink r:id="rId6152699308bc8b213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5567695dfc29e34ce" w:history="1">
+      <w:hyperlink r:id="rId5841699308bc8b2a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6935695dfc29e35e6" w:history="1">
+      <w:hyperlink r:id="rId8972699308bc8b3bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5701695dfc29e3e17" w:history="1">
+      <w:hyperlink r:id="rId8765699308bc8bbd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6991695dfc29e40b3" w:history="1">
+      <w:hyperlink r:id="rId8983699308bc8be99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7844,51 +7844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8389695dfc29e4767" w:history="1">
+      <w:hyperlink r:id="rId5369699308bc8c564" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41069355" name="name5366695dfc29e48d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="90221702" name="name3001699308bc8ca6e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7797695dfc29e48d3" cstate="print"/>
+                    <a:blip r:embed="rId5143699308bc8ca6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90971861">
+  <w:abstractNum w:abstractNumId="12479079">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92057394">
+    <w:lvl w:ilvl="0" w:tplc="62751217">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92057394" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62751217" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90971860">
+  <w:abstractNum w:abstractNumId="12479078">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57927859">
+    <w:lvl w:ilvl="0" w:tplc="79526682">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90971860">
-    <w:abstractNumId w:val="90971860"/>
+  <w:num w:numId="12479078">
+    <w:abstractNumId w:val="12479078"/>
   </w:num>
-  <w:num w:numId="90971861">
-    <w:abstractNumId w:val="90971861"/>
+  <w:num w:numId="12479079">
+    <w:abstractNumId w:val="12479079"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722500974" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId694941527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9183695dfc29e0290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId2112695dfc29e02fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId8484695dfc29e04f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId5081695dfc29e06db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId3803695dfc29e2ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId3615695dfc29e3271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId5277695dfc29e32b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId5993695dfc29e3438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5567695dfc29e34ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId6935695dfc29e35e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5701695dfc29e3e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId6991695dfc29e40b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId8389695dfc29e4767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4526695dfc29e03e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4526695dfc29e03e8.jpg"/><Relationship Id="rId9703695dfc29e1bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9703695dfc29e1bd5.jpg"/><Relationship Id="rId7797695dfc29e48d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7797695dfc29e48d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId597632495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId266459906" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1655699308bc87443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId6109699308bc874ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId5327699308bc87cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId1060699308bc87f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId4459699308bc8aca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId4156699308bc8b04e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId7286699308bc8b08e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId6152699308bc8b213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5841699308bc8b2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId8972699308bc8b3bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8765699308bc8bbd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId8983699308bc8be99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId5369699308bc8c564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4727699308bc87b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4727699308bc87b6b.jpg"/><Relationship Id="rId8000699308bc895e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8000699308bc895e7.jpg"/><Relationship Id="rId5143699308bc8ca6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5143699308bc8ca6c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>