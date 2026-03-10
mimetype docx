--- v5 (2026-02-16)
+++ v6 (2026-03-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1655699308bc87443" w:history="1">
+            <w:hyperlink r:id="rId751469af698c1efe9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6109699308bc874ae" w:history="1">
+            <w:hyperlink r:id="rId183369af698c1f052" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7310666" name="name8655699308bc87b6d" descr="2437.jpg"/>
+                  <wp:docPr id="24861909" name="name164569af698c1f617" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4727699308bc87b6b" cstate="print"/>
+                          <a:blip r:embed="rId155769af698c1f615" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5327699308bc87cb2" w:history="1">
+            <w:hyperlink r:id="rId513869af698c1f74d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1060699308bc87f48" w:history="1">
+      <w:hyperlink r:id="rId833669af698c1f94d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,63 +1585,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47452807" name="name4552699308bc895e9" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="88362012" name="name675269af698c20db9" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8000699308bc895e7" cstate="print"/>
+                    <a:blip r:embed="rId589269af698c20db5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4459699308bc8aca3" w:history="1">
+      <w:hyperlink r:id="rId976269af698c22296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4156699308bc8b04e" w:history="1">
+      <w:hyperlink r:id="rId621869af698c22655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7286699308bc8b08e" w:history="1">
+      <w:hyperlink r:id="rId690669af698c22697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6152699308bc8b213" w:history="1">
+      <w:hyperlink r:id="rId879469af698c22819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5841699308bc8b2a8" w:history="1">
+      <w:hyperlink r:id="rId987169af698c228ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8972699308bc8b3bd" w:history="1">
+      <w:hyperlink r:id="rId826969af698c229c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8765699308bc8bbd1" w:history="1">
+      <w:hyperlink r:id="rId962369af698c23208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8983699308bc8be99" w:history="1">
+      <w:hyperlink r:id="rId887169af698c234b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7844,51 +7844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5369699308bc8c564" w:history="1">
+      <w:hyperlink r:id="rId483669af698c23b58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90221702" name="name3001699308bc8ca6e" descr="eu_funding_250.png"/>
+            <wp:docPr id="72364035" name="name496069af698c23cca" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5143699308bc8ca6c" cstate="print"/>
+                    <a:blip r:embed="rId485769af698c23cc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12479079">
+  <w:abstractNum w:abstractNumId="70229568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62751217">
+    <w:lvl w:ilvl="0" w:tplc="50422411">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62751217" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50422411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12479078">
+  <w:abstractNum w:abstractNumId="70229567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79526682">
+    <w:lvl w:ilvl="0" w:tplc="68516490">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12479078">
-    <w:abstractNumId w:val="12479078"/>
+  <w:num w:numId="70229567">
+    <w:abstractNumId w:val="70229567"/>
   </w:num>
-  <w:num w:numId="12479079">
-    <w:abstractNumId w:val="12479079"/>
+  <w:num w:numId="70229568">
+    <w:abstractNumId w:val="70229568"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId597632495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId266459906" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1655699308bc87443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId6109699308bc874ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId5327699308bc87cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId1060699308bc87f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId4459699308bc8aca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId4156699308bc8b04e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId7286699308bc8b08e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId6152699308bc8b213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5841699308bc8b2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId8972699308bc8b3bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8765699308bc8bbd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId8983699308bc8be99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId5369699308bc8c564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4727699308bc87b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4727699308bc87b6b.jpg"/><Relationship Id="rId8000699308bc895e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8000699308bc895e7.jpg"/><Relationship Id="rId5143699308bc8ca6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5143699308bc8ca6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId973133855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743013922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId751469af698c1efe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId183369af698c1f052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId513869af698c1f74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId833669af698c1f94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId976269af698c22296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId621869af698c22655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId690669af698c22697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId879469af698c22819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId987169af698c228ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId826969af698c229c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId962369af698c23208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId887169af698c234b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId483669af698c23b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155769af698c1f615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155769af698c1f615.jpg"/><Relationship Id="rId589269af698c20db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId589269af698c20db5.jpg"/><Relationship Id="rId485769af698c23cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485769af698c23cc8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>