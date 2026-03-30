--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Chrysomelidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Colorado corn rootworm, western corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId751469af698c1efe9" w:history="1">
+            <w:hyperlink r:id="rId448769ca57a90c08d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183369af698c1f052" w:history="1">
+            <w:hyperlink r:id="rId331969ca57a90c0f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24861909" name="name164569af698c1f617" descr="2437.jpg"/>
+                  <wp:docPr id="4887488" name="name177069ca57a90c74d" descr="2437.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2437.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId155769af698c1f615" cstate="print"/>
+                          <a:blip r:embed="rId947469ca57a90c74b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId513869af698c1f74d" w:history="1">
+            <w:hyperlink r:id="rId643569ca57a90c86e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -626,51 +626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the nominate subspecies </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LeConte (see also </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833669af698c1f94d" w:history="1">
+      <w:hyperlink r:id="rId549769ca57a90ca7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">D. virgifera zeae</w:t>
@@ -1585,63 +1585,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). In some, the pest is widespread, in others, it is distributed across a limited area that corresponds to the area suitable for maize cultivation or is still limited to restricted regions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88362012" name="name675269af698c20db9" descr="DIABVI_distribution_map.jpg"/>
+            <wp:docPr id="34162665" name="name593869ca57a90dee0" descr="DIABVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId589269af698c20db5" cstate="print"/>
+                    <a:blip r:embed="rId972969ca57a90dedd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4036,51 +4036,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976269af698c22296" w:history="1">
+      <w:hyperlink r:id="rId669069ca57a90f166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4605,90 +4605,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 800-803.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD (2017) Western and Northern Corn Rootworm Management in Pennsylvania. PennState Extension.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621869af698c22655" w:history="1">
+      <w:hyperlink r:id="rId449169ca57a90f524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calvin DD, Roth GW, Hyde J, Kuldau G &amp; Voight D (2001) Incorporating Bt-corn Hybrids into IPM Programs for Field Crop Farmers in the Northeastern United States. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690669af698c22697" w:history="1">
+      <w:hyperlink r:id="rId851569ca57a90f567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 30 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4870,51 +4870,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA Animal and Plant Health Inspection Service, Plant Protection and Quarantine Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879469af698c22819" w:history="1">
+      <w:hyperlink r:id="rId212069ca57a90f6e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4960,51 +4960,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11),5858, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987169af698c228ad" w:history="1">
+      <w:hyperlink r:id="rId954969ca57a90f775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5858</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5128,51 +5128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera zeae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826969af698c229c1" w:history="1">
+      <w:hyperlink r:id="rId128669ca57a90f88a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6390,51 +6390,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 435-438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luna J (2006) Development of an IPM Program for Western Spotted Cucumber Beetle in Vegetable Cropping Systems. Report to the Oregon Processed Vegetable Growers and the Agricultural Research Foundation. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962369af698c23208" w:history="1">
+      <w:hyperlink r:id="rId606869ca57a9100cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ir.library.oregonstate.edu/downloads/tt44pn501</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6792,51 +6792,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 992.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mitchell SB, Ciha AJ &amp; Tollefson JJ (2010) Corn Rootworm Biology and Management. Unpublished work. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887169af698c234b2" w:history="1">
+      <w:hyperlink r:id="rId650369ca57a910358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7844,51 +7844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica virgifera virgifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483669af698c23b58" w:history="1">
+      <w:hyperlink r:id="rId528369ca57a910a15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7983,63 +7983,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72364035" name="name496069af698c23cca" descr="eu_funding_250.png"/>
+            <wp:docPr id="49800397" name="name238369ca57a910cc1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId485769af698c23cc8" cstate="print"/>
+                    <a:blip r:embed="rId783369ca57a910cbf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8137,137 +8137,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70229568">
+  <w:abstractNum w:abstractNumId="94918533">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50422411">
+    <w:lvl w:ilvl="0" w:tplc="92211338">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50422411" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92211338" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70229567">
+  <w:abstractNum w:abstractNumId="94918532">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68516490">
+    <w:lvl w:ilvl="0" w:tplc="14110649">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9019,55 +9019,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70229567">
-    <w:abstractNumId w:val="70229567"/>
+  <w:num w:numId="94918532">
+    <w:abstractNumId w:val="94918532"/>
   </w:num>
-  <w:num w:numId="70229568">
-    <w:abstractNumId w:val="70229568"/>
+  <w:num w:numId="94918533">
+    <w:abstractNumId w:val="94918533"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20617,51 +20617,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId973133855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743013922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId751469af698c1efe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId183369af698c1f052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId513869af698c1f74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId833669af698c1f94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId976269af698c22296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId621869af698c22655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId690669af698c22697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId879469af698c22819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId987169af698c228ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId826969af698c229c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId962369af698c23208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId887169af698c234b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId483669af698c23b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId155769af698c1f615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155769af698c1f615.jpg"/><Relationship Id="rId589269af698c20db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId589269af698c20db5.jpg"/><Relationship Id="rId485769af698c23cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId485769af698c23cc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId312800638" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId967120782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId448769ca57a90c08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/" TargetMode="External"/><Relationship Id="rId331969ca57a90c0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/categorization" TargetMode="External"/><Relationship Id="rId643569ca57a90c86e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVI/photos" TargetMode="External"/><Relationship Id="rId549769ca57a90ca7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABVZ/datasheet" TargetMode="External"/><Relationship Id="rId669069ca57a90f166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId449169ca57a90f524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extension.psu.edu/western-and-northern-corn-rootworm-management-in-pennsylvania" TargetMode="External"/><Relationship Id="rId851569ca57a90f567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.nifa.usda.gov/web/crisprojectpages/0188864-incorporating-bt-corn-hybrids-into-field-crop-ipm-progams.html" TargetMode="External"/><Relationship Id="rId212069ca57a90f6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId954969ca57a90f775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5858" TargetMode="External"/><Relationship Id="rId128669ca57a90f88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId606869ca57a9100cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ir.library.oregonstate.edu/downloads/tt44pn501" TargetMode="External"/><Relationship Id="rId650369ca57a910358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://masters.agron.iastate.edu/files/mitchellsteven-cc.pdf" TargetMode="External"/><Relationship Id="rId528369ca57a910a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId947469ca57a90c74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947469ca57a90c74b.jpg"/><Relationship Id="rId972969ca57a90dedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId972969ca57a90dedd.jpg"/><Relationship Id="rId783369ca57a910cbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId783369ca57a910cbf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>