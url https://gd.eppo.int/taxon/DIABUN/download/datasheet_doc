--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317968e77c325270d" w:history="1">
+            <w:hyperlink r:id="rId14016904c1619d964" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340968e77c3252779" w:history="1">
+            <w:hyperlink r:id="rId44466904c1619d9db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38756046" name="name578768e77c3252e77" descr="18589.jpg"/>
+                  <wp:docPr id="3608151" name="name44366904c1619e7a8" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId600868e77c3252e75" cstate="print"/>
+                          <a:blip r:embed="rId25516904c1619e7a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId517868e77c3252f88" w:history="1">
+            <w:hyperlink r:id="rId94176904c1619e883" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94940870" name="name220568e77c3254e78" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="57563255" name="name25086904c161a06d0" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId316568e77c3254e75" cstate="print"/>
+                    <a:blip r:embed="rId77086904c161a06cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853068e77c3255f95" w:history="1">
+      <w:hyperlink r:id="rId15046904c161a183f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499868e77c325620c" w:history="1">
+      <w:hyperlink r:id="rId71766904c161a1abb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179568e77c32562e6" w:history="1">
+      <w:hyperlink r:id="rId20156904c161a1ba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810968e77c3256b2d" w:history="1">
+      <w:hyperlink r:id="rId55066904c161a2417" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598368e77c3256c00" w:history="1">
+      <w:hyperlink r:id="rId27946904c161a24ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99173225" name="name527768e77c3256c93" descr="eu_funding_250.png"/>
+            <wp:docPr id="21719582" name="name71256904c161a2544" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId410968e77c3256c92" cstate="print"/>
+                    <a:blip r:embed="rId33536904c161a2543" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83950374">
+  <w:abstractNum w:abstractNumId="84031665">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49211324">
+    <w:lvl w:ilvl="0" w:tplc="19325188">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49211324" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19325188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83950373">
+  <w:abstractNum w:abstractNumId="84031664">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72922650">
+    <w:lvl w:ilvl="0" w:tplc="37975195">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83950373">
-    <w:abstractNumId w:val="83950373"/>
+  <w:num w:numId="84031664">
+    <w:abstractNumId w:val="84031664"/>
   </w:num>
-  <w:num w:numId="83950374">
-    <w:abstractNumId w:val="83950374"/>
+  <w:num w:numId="84031665">
+    <w:abstractNumId w:val="84031665"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId944592544" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280281678" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId317968e77c325270d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId340968e77c3252779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId517868e77c3252f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId853068e77c3255f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId499868e77c325620c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId179568e77c32562e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId810968e77c3256b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId598368e77c3256c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId600868e77c3252e75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600868e77c3252e75.jpg"/><Relationship Id="rId316568e77c3254e75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId316568e77c3254e75.jpg"/><Relationship Id="rId410968e77c3256c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId410968e77c3256c92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId194885734" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806417634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14016904c1619d964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId44466904c1619d9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId94176904c1619e883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId15046904c161a183f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId71766904c161a1abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId20156904c161a1ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId55066904c161a2417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27946904c161a24ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId25516904c1619e7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25516904c1619e7a7.jpg"/><Relationship Id="rId77086904c161a06cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77086904c161a06cd.jpg"/><Relationship Id="rId33536904c161a2543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33536904c161a2543.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>