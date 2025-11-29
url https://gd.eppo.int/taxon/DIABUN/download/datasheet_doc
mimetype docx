--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14016904c1619d964" w:history="1">
+            <w:hyperlink r:id="rId9500692afffa209c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44466904c1619d9db" w:history="1">
+            <w:hyperlink r:id="rId6201692afffa20a32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3608151" name="name44366904c1619e7a8" descr="18589.jpg"/>
+                  <wp:docPr id="64527793" name="name9146692afffa20bfe" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId25516904c1619e7a7" cstate="print"/>
+                          <a:blip r:embed="rId7087692afffa20bfd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId94176904c1619e883" w:history="1">
+            <w:hyperlink r:id="rId7206692afffa20cfd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57563255" name="name25086904c161a06d0" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="17524431" name="name3616692afffa22b81" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77086904c161a06cd" cstate="print"/>
+                    <a:blip r:embed="rId9271692afffa22b7d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15046904c161a183f" w:history="1">
+      <w:hyperlink r:id="rId9965692afffa23cf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71766904c161a1abb" w:history="1">
+      <w:hyperlink r:id="rId9058692afffa23f7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20156904c161a1ba8" w:history="1">
+      <w:hyperlink r:id="rId8604692afffa2405e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55066904c161a2417" w:history="1">
+      <w:hyperlink r:id="rId2971692afffa248f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27946904c161a24ee" w:history="1">
+      <w:hyperlink r:id="rId9617692afffa249ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21719582" name="name71256904c161a2544" descr="eu_funding_250.png"/>
+            <wp:docPr id="49090105" name="name9624692afffa24a4c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33536904c161a2543" cstate="print"/>
+                    <a:blip r:embed="rId1942692afffa24a4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84031665">
+  <w:abstractNum w:abstractNumId="94169340">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19325188">
+    <w:lvl w:ilvl="0" w:tplc="42789476">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19325188" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42789476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84031664">
+  <w:abstractNum w:abstractNumId="94169339">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37975195">
+    <w:lvl w:ilvl="0" w:tplc="48014528">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84031664">
-    <w:abstractNumId w:val="84031664"/>
+  <w:num w:numId="94169339">
+    <w:abstractNumId w:val="94169339"/>
   </w:num>
-  <w:num w:numId="84031665">
-    <w:abstractNumId w:val="84031665"/>
+  <w:num w:numId="94169340">
+    <w:abstractNumId w:val="94169340"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId194885734" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806417634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14016904c1619d964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId44466904c1619d9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId94176904c1619e883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId15046904c161a183f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId71766904c161a1abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId20156904c161a1ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId55066904c161a2417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId27946904c161a24ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId25516904c1619e7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25516904c1619e7a7.jpg"/><Relationship Id="rId77086904c161a06cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77086904c161a06cd.jpg"/><Relationship Id="rId33536904c161a2543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33536904c161a2543.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602875225" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434090843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9500692afffa209c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId6201692afffa20a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId7206692afffa20cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId9965692afffa23cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId9058692afffa23f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId8604692afffa2405e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId2971692afffa248f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9617692afffa249ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId7087692afffa20bfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7087692afffa20bfd.jpg"/><Relationship Id="rId9271692afffa22b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9271692afffa22b7d.jpg"/><Relationship Id="rId1942692afffa24a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1942692afffa24a4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>