--- v2 (2025-11-29)
+++ v3 (2025-12-23)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9500692afffa209c4" w:history="1">
+            <w:hyperlink r:id="rId34316949f09802cb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6201692afffa20a32" w:history="1">
+            <w:hyperlink r:id="rId64326949f09802d1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64527793" name="name9146692afffa20bfe" descr="18589.jpg"/>
+                  <wp:docPr id="44393866" name="name46666949f098035b6" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7087692afffa20bfd" cstate="print"/>
+                          <a:blip r:embed="rId37366949f098035b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7206692afffa20cfd" w:history="1">
+            <w:hyperlink r:id="rId28336949f098036ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17524431" name="name3616692afffa22b81" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="48810847" name="name86496949f09805ae5" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9271692afffa22b7d" cstate="print"/>
+                    <a:blip r:embed="rId36296949f09805ae1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9965692afffa23cf3" w:history="1">
+      <w:hyperlink r:id="rId84646949f09806bf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9058692afffa23f7d" w:history="1">
+      <w:hyperlink r:id="rId60936949f09806e8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8604692afffa2405e" w:history="1">
+      <w:hyperlink r:id="rId80396949f09806f6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2971692afffa248f6" w:history="1">
+      <w:hyperlink r:id="rId66296949f098077cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9617692afffa249ce" w:history="1">
+      <w:hyperlink r:id="rId69326949f098078a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49090105" name="name9624692afffa24a4c" descr="eu_funding_250.png"/>
+            <wp:docPr id="4544251" name="name94136949f09807929" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1942692afffa24a4b" cstate="print"/>
+                    <a:blip r:embed="rId74356949f09807927" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94169340">
+  <w:abstractNum w:abstractNumId="62250166">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42789476">
+    <w:lvl w:ilvl="0" w:tplc="57822241">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42789476" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57822241" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94169339">
+  <w:abstractNum w:abstractNumId="62250165">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48014528">
+    <w:lvl w:ilvl="0" w:tplc="42815001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94169339">
-    <w:abstractNumId w:val="94169339"/>
+  <w:num w:numId="62250165">
+    <w:abstractNumId w:val="62250165"/>
   </w:num>
-  <w:num w:numId="94169340">
-    <w:abstractNumId w:val="94169340"/>
+  <w:num w:numId="62250166">
+    <w:abstractNumId w:val="62250166"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId602875225" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434090843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9500692afffa209c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId6201692afffa20a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId7206692afffa20cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId9965692afffa23cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId9058692afffa23f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId8604692afffa2405e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId2971692afffa248f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9617692afffa249ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId7087692afffa20bfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7087692afffa20bfd.jpg"/><Relationship Id="rId9271692afffa22b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9271692afffa22b7d.jpg"/><Relationship Id="rId1942692afffa24a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1942692afffa24a4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663419165" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168314109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34316949f09802cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId64326949f09802d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId28336949f098036ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId84646949f09806bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId60936949f09806e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId80396949f09806f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId66296949f098077cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69326949f098078a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId37366949f098035b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37366949f098035b4.jpg"/><Relationship Id="rId36296949f09805ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36296949f09805ae1.jpg"/><Relationship Id="rId74356949f09807927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74356949f09807927.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>