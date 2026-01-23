--- v3 (2025-12-23)
+++ v4 (2026-01-23)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34316949f09802cb6" w:history="1">
+            <w:hyperlink r:id="rId375369735ed9c69a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64326949f09802d1f" w:history="1">
+            <w:hyperlink r:id="rId659169735ed9c6a11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44393866" name="name46666949f098035b6" descr="18589.jpg"/>
+                  <wp:docPr id="87029067" name="name683369735ed9c6f27" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37366949f098035b4" cstate="print"/>
+                          <a:blip r:embed="rId407769735ed9c6f25" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28336949f098036ea" w:history="1">
+            <w:hyperlink r:id="rId935069735ed9c739e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48810847" name="name86496949f09805ae5" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="47815292" name="name652269735ed9c927c" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36296949f09805ae1" cstate="print"/>
+                    <a:blip r:embed="rId156969735ed9c9278" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84646949f09806bf9" w:history="1">
+      <w:hyperlink r:id="rId518469735ed9ca3e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60936949f09806e8d" w:history="1">
+      <w:hyperlink r:id="rId647469735ed9ca657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80396949f09806f6c" w:history="1">
+      <w:hyperlink r:id="rId481969735ed9ca734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7302,73 +7302,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66296949f098077cf" w:history="1">
+      <w:hyperlink r:id="rId350169735ed9caf83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69326949f098078a3" w:history="1">
+      <w:hyperlink r:id="rId699669735ed9cb056" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4544251" name="name94136949f09807929" descr="eu_funding_250.png"/>
+            <wp:docPr id="56700608" name="name820169735ed9cb0b6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74356949f09807927" cstate="print"/>
+                    <a:blip r:embed="rId662069735ed9cb0b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62250166">
+  <w:abstractNum w:abstractNumId="73994011">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57822241">
+    <w:lvl w:ilvl="0" w:tplc="27531615">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57822241" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27531615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62250165">
+  <w:abstractNum w:abstractNumId="73994010">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42815001">
+    <w:lvl w:ilvl="0" w:tplc="78598504">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62250165">
-    <w:abstractNumId w:val="62250165"/>
+  <w:num w:numId="73994010">
+    <w:abstractNumId w:val="73994010"/>
   </w:num>
-  <w:num w:numId="62250166">
-    <w:abstractNumId w:val="62250166"/>
+  <w:num w:numId="73994011">
+    <w:abstractNumId w:val="73994011"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663419165" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168314109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34316949f09802cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId64326949f09802d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId28336949f098036ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId84646949f09806bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId60936949f09806e8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId80396949f09806f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId66296949f098077cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69326949f098078a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId37366949f098035b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37366949f098035b4.jpg"/><Relationship Id="rId36296949f09805ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36296949f09805ae1.jpg"/><Relationship Id="rId74356949f09807927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74356949f09807927.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146141101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557134192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId375369735ed9c69a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId659169735ed9c6a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId935069735ed9c739e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId518469735ed9ca3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId647469735ed9ca657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId481969735ed9ca734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId350169735ed9caf83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId699669735ed9cb056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId407769735ed9c6f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId407769735ed9c6f25.jpg"/><Relationship Id="rId156969735ed9c9278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId156969735ed9c9278.jpg"/><Relationship Id="rId662069735ed9cb0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662069735ed9cb0b5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>