--- v4 (2026-01-23)
+++ v5 (2026-02-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375369735ed9c69a7" w:history="1">
+            <w:hyperlink r:id="rId42526994f9039e111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId659169735ed9c6a11" w:history="1">
+            <w:hyperlink r:id="rId46756994f9039e17b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87029067" name="name683369735ed9c6f27" descr="18589.jpg"/>
+                  <wp:docPr id="25984808" name="name52126994f9039e7ae" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId407769735ed9c6f25" cstate="print"/>
+                          <a:blip r:embed="rId79076994f9039e7ac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId935069735ed9c739e" w:history="1">
+            <w:hyperlink r:id="rId40366994f9039e8d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47815292" name="name652269735ed9c927c" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="6511045" name="name96936994f903a0800" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId156969735ed9c9278" cstate="print"/>
+                    <a:blip r:embed="rId55116994f903a07fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518469735ed9ca3e0" w:history="1">
+      <w:hyperlink r:id="rId76486994f903a1939" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647469735ed9ca657" w:history="1">
+      <w:hyperlink r:id="rId33436994f903a1bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481969735ed9ca734" w:history="1">
+      <w:hyperlink r:id="rId48036994f903a1ca4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350169735ed9caf83" w:history="1">
+      <w:hyperlink r:id="rId86386994f903a2529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699669735ed9cb056" w:history="1">
+      <w:hyperlink r:id="rId73506994f903a2600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56700608" name="name820169735ed9cb0b6" descr="eu_funding_250.png"/>
+            <wp:docPr id="23569312" name="name67746994f903a2686" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId662069735ed9cb0b5" cstate="print"/>
+                    <a:blip r:embed="rId73416994f903a2685" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73994011">
+  <w:abstractNum w:abstractNumId="24618187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27531615">
+    <w:lvl w:ilvl="0" w:tplc="68660226">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27531615" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68660226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73994010">
+  <w:abstractNum w:abstractNumId="24618186">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78598504">
+    <w:lvl w:ilvl="0" w:tplc="52166455">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73994010">
-    <w:abstractNumId w:val="73994010"/>
+  <w:num w:numId="24618186">
+    <w:abstractNumId w:val="24618186"/>
   </w:num>
-  <w:num w:numId="73994011">
-    <w:abstractNumId w:val="73994011"/>
+  <w:num w:numId="24618187">
+    <w:abstractNumId w:val="24618187"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId146141101" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557134192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId375369735ed9c69a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId659169735ed9c6a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId935069735ed9c739e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId518469735ed9ca3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId647469735ed9ca657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId481969735ed9ca734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId350169735ed9caf83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId699669735ed9cb056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId407769735ed9c6f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId407769735ed9c6f25.jpg"/><Relationship Id="rId156969735ed9c9278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId156969735ed9c9278.jpg"/><Relationship Id="rId662069735ed9cb0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662069735ed9cb0b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId472332555" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId247624998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42526994f9039e111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId46756994f9039e17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId40366994f9039e8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId76486994f903a1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId33436994f903a1bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId48036994f903a1ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId86386994f903a2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73506994f903a2600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId79076994f9039e7ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79076994f9039e7ac.jpg"/><Relationship Id="rId55116994f903a07fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55116994f903a07fd.jpg"/><Relationship Id="rId73416994f903a2685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73416994f903a2685.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>