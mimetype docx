--- v5 (2026-02-17)
+++ v6 (2026-03-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42526994f9039e111" w:history="1">
+            <w:hyperlink r:id="rId803969af725e054a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46756994f9039e17b" w:history="1">
+            <w:hyperlink r:id="rId721869af725e05515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25984808" name="name52126994f9039e7ae" descr="18589.jpg"/>
+                  <wp:docPr id="754942" name="name704769af725e05b2f" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId79076994f9039e7ac" cstate="print"/>
+                          <a:blip r:embed="rId274469af725e05b2e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId40366994f9039e8d7" w:history="1">
+            <w:hyperlink r:id="rId360669af725e05c46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6511045" name="name96936994f903a0800" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="52322911" name="name255369af725e07aed" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55116994f903a07fd" cstate="print"/>
+                    <a:blip r:embed="rId978869af725e07ae9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76486994f903a1939" w:history="1">
+      <w:hyperlink r:id="rId787469af725e08c9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33436994f903a1bb4" w:history="1">
+      <w:hyperlink r:id="rId490269af725e08f1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48036994f903a1ca4" w:history="1">
+      <w:hyperlink r:id="rId452369af725e08ff8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86386994f903a2529" w:history="1">
+      <w:hyperlink r:id="rId537369af725e09843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73506994f903a2600" w:history="1">
+      <w:hyperlink r:id="rId948169af725e09a66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23569312" name="name67746994f903a2686" descr="eu_funding_250.png"/>
+            <wp:docPr id="39764566" name="name484269af725e09acb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73416994f903a2685" cstate="print"/>
+                    <a:blip r:embed="rId849769af725e09aca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24618187">
+  <w:abstractNum w:abstractNumId="66323185">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68660226">
+    <w:lvl w:ilvl="0" w:tplc="51786754">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68660226" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51786754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24618186">
+  <w:abstractNum w:abstractNumId="66323184">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52166455">
+    <w:lvl w:ilvl="0" w:tplc="26849669">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24618186">
-    <w:abstractNumId w:val="24618186"/>
+  <w:num w:numId="66323184">
+    <w:abstractNumId w:val="66323184"/>
   </w:num>
-  <w:num w:numId="24618187">
-    <w:abstractNumId w:val="24618187"/>
+  <w:num w:numId="66323185">
+    <w:abstractNumId w:val="66323185"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId472332555" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId247624998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42526994f9039e111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId46756994f9039e17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId40366994f9039e8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId76486994f903a1939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId33436994f903a1bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId48036994f903a1ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId86386994f903a2529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73506994f903a2600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId79076994f9039e7ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79076994f9039e7ac.jpg"/><Relationship Id="rId55116994f903a07fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55116994f903a07fd.jpg"/><Relationship Id="rId73416994f903a2685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73416994f903a2685.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId668760916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId940646621" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId803969af725e054a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId721869af725e05515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId360669af725e05c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId787469af725e08c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId490269af725e08f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId452369af725e08ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId537369af725e09843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId948169af725e09a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId274469af725e05b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274469af725e05b2e.jpg"/><Relationship Id="rId978869af725e07ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978869af725e07ae9.jpg"/><Relationship Id="rId849769af725e09aca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId849769af725e09aca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>