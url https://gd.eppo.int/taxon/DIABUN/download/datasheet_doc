--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId803969af725e054a9" w:history="1">
+            <w:hyperlink r:id="rId579669ca545cbd4dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId721869af725e05515" w:history="1">
+            <w:hyperlink r:id="rId390069ca545cbd54b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="754942" name="name704769af725e05b2f" descr="18589.jpg"/>
+                  <wp:docPr id="99444303" name="name273069ca545cbdb5b" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId274469af725e05b2e" cstate="print"/>
+                          <a:blip r:embed="rId302369ca545cbdb59" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId360669af725e05c46" w:history="1">
+            <w:hyperlink r:id="rId431969ca545cbdc88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52322911" name="name255369af725e07aed" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="73339060" name="name681369ca545cbfe39" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId978869af725e07ae9" cstate="print"/>
+                    <a:blip r:embed="rId727469ca545cbfe33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787469af725e08c9a" w:history="1">
+      <w:hyperlink r:id="rId933869ca545cc10dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490269af725e08f1b" w:history="1">
+      <w:hyperlink r:id="rId236369ca545cc1369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452369af725e08ff8" w:history="1">
+      <w:hyperlink r:id="rId776069ca545cc1447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537369af725e09843" w:history="1">
+      <w:hyperlink r:id="rId505269ca545cc1cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948169af725e09a66" w:history="1">
+      <w:hyperlink r:id="rId674169ca545cc1dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39764566" name="name484269af725e09acb" descr="eu_funding_250.png"/>
+            <wp:docPr id="21040712" name="name462269ca545cc1e1d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId849769af725e09aca" cstate="print"/>
+                    <a:blip r:embed="rId910669ca545cc1e1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66323185">
+  <w:abstractNum w:abstractNumId="67483917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51786754">
+    <w:lvl w:ilvl="0" w:tplc="10253367">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51786754" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10253367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66323184">
+  <w:abstractNum w:abstractNumId="67483916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26849669">
+    <w:lvl w:ilvl="0" w:tplc="25624962">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66323184">
-    <w:abstractNumId w:val="66323184"/>
+  <w:num w:numId="67483916">
+    <w:abstractNumId w:val="67483916"/>
   </w:num>
-  <w:num w:numId="66323185">
-    <w:abstractNumId w:val="66323185"/>
+  <w:num w:numId="67483917">
+    <w:abstractNumId w:val="67483917"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId668760916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId940646621" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId803969af725e054a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId721869af725e05515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId360669af725e05c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId787469af725e08c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId490269af725e08f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId452369af725e08ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId537369af725e09843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId948169af725e09a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId274469af725e05b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274469af725e05b2e.jpg"/><Relationship Id="rId978869af725e07ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978869af725e07ae9.jpg"/><Relationship Id="rId849769af725e09aca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId849769af725e09aca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId768834355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498178098" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId579669ca545cbd4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId390069ca545cbd54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId431969ca545cbdc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId933869ca545cc10dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId236369ca545cc1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId776069ca545cc1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId505269ca545cc1cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId674169ca545cc1dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId302369ca545cbdb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId302369ca545cbdb59.jpg"/><Relationship Id="rId727469ca545cbfe33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727469ca545cbfe33.jpg"/><Relationship Id="rId910669ca545cc1e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910669ca545cc1e1c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>