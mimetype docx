--- v7 (2026-03-30)
+++ v8 (2026-03-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Mannerheim</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corn budworm, western spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId579669ca545cbd4dc" w:history="1">
+            <w:hyperlink r:id="rId561669ca669621486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390069ca545cbd54b" w:history="1">
+            <w:hyperlink r:id="rId563069ca6696214f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99444303" name="name273069ca545cbdb5b" descr="18589.jpg"/>
+                  <wp:docPr id="607506" name="name289169ca669621c7b" descr="18589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId302369ca545cbdb59" cstate="print"/>
+                          <a:blip r:embed="rId552369ca669621c79" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId431969ca545cbdc88" w:history="1">
+            <w:hyperlink r:id="rId323869ca669621dc5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3137,63 +3137,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73339060" name="name681369ca545cbfe39" descr="DIABUN_distribution_map.jpg"/>
+            <wp:docPr id="70131167" name="name650869ca66962421f" descr="DIABUN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId727469ca545cbfe33" cstate="print"/>
+                    <a:blip r:embed="rId290269ca669624219" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5481,51 +5481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western striped and western spotted cucumber beetles. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All Current Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paper 987. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933869ca545cc10dc" w:history="1">
+      <w:hyperlink r:id="rId641569ca6696253db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5872,51 +5872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236369ca545cc1369" w:history="1">
+      <w:hyperlink r:id="rId120569ca66962565b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-03-31]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6009,51 +6009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 6291, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776069ca545cc1447" w:history="1">
+      <w:hyperlink r:id="rId592469ca669625747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505269ca545cc1cd8" w:history="1">
+      <w:hyperlink r:id="rId650469ca669626021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7453,81 +7453,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674169ca545cc1dae" w:history="1">
+      <w:hyperlink r:id="rId839469ca6696260f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21040712" name="name462269ca545cc1e1d" descr="eu_funding_250.png"/>
+            <wp:docPr id="60641919" name="name206469ca6696261a0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId910669ca545cc1e1c" cstate="print"/>
+                    <a:blip r:embed="rId877569ca66962619f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7625,137 +7625,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67483917">
+  <w:abstractNum w:abstractNumId="72207918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10253367">
+    <w:lvl w:ilvl="0" w:tplc="93392252">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10253367" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93392252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67483916">
+  <w:abstractNum w:abstractNumId="72207917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25624962">
+    <w:lvl w:ilvl="0" w:tplc="81230974">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8507,55 +8507,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67483916">
-    <w:abstractNumId w:val="67483916"/>
+  <w:num w:numId="72207917">
+    <w:abstractNumId w:val="72207917"/>
   </w:num>
-  <w:num w:numId="67483917">
-    <w:abstractNumId w:val="67483917"/>
+  <w:num w:numId="72207918">
+    <w:abstractNumId w:val="72207918"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20105,51 +20105,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId768834355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498178098" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId579669ca545cbd4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId390069ca545cbd54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId431969ca545cbdc88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId933869ca545cc10dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId236369ca545cc1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId776069ca545cc1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId505269ca545cc1cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId674169ca545cc1dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId302369ca545cbdb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId302369ca545cbdb59.jpg"/><Relationship Id="rId727469ca545cbfe33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727469ca545cbfe33.jpg"/><Relationship Id="rId910669ca545cc1e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910669ca545cc1e1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId905980929" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId682649457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId561669ca669621486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/" TargetMode="External"/><Relationship Id="rId563069ca6696214f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/categorization" TargetMode="External"/><Relationship Id="rId323869ca669621dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUN/photos" TargetMode="External"/><Relationship Id="rId641569ca6696253db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId120569ca66962565b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId592469ca669625747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6291" TargetMode="External"/><Relationship Id="rId650469ca669626021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId839469ca6696260f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId552369ca669621c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552369ca669621c79.jpg"/><Relationship Id="rId290269ca669624219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId290269ca669624219.jpg"/><Relationship Id="rId877569ca66962619f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877569ca66962619f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>