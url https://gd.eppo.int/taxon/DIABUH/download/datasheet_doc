--- v0 (2025-10-10)
+++ v1 (2025-11-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537568e8d31b3ff6b" w:history="1">
+            <w:hyperlink r:id="rId6142690d464f08116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId791868e8d31b3fffa" w:history="1">
+            <w:hyperlink r:id="rId3657690d464f08181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87138674" name="name540568e8d31b4106d" descr="11623.jpg"/>
+                  <wp:docPr id="22931247" name="name7013690d464f087da" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId665768e8d31b41069" cstate="print"/>
+                          <a:blip r:embed="rId7761690d464f087d8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId977668e8d31b41251" w:history="1">
+            <w:hyperlink r:id="rId2645690d464f0890e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68239830" name="name333968e8d31b43f20" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="68608320" name="name1193690d464f0aebf" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId136868e8d31b43f1e" cstate="print"/>
+                    <a:blip r:embed="rId4503690d464f0aebb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987568e8d31b45547" w:history="1">
+      <w:hyperlink r:id="rId9769690d464f0c53e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752168e8d31b45a74" w:history="1">
+      <w:hyperlink r:id="rId7564690d464f0c8b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337068e8d31b45b6c" w:history="1">
+      <w:hyperlink r:id="rId9758690d464f0c9a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954468e8d31b45c6a" w:history="1">
+      <w:hyperlink r:id="rId8433690d464f0caa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298268e8d31b465bb" w:history="1">
+      <w:hyperlink r:id="rId8927690d464f0d2df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668068e8d31b46696" w:history="1">
+      <w:hyperlink r:id="rId3486690d464f0d394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279268e8d31b46a3b" w:history="1">
+      <w:hyperlink r:id="rId3191690d464f0d5da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447568e8d31b46b29" w:history="1">
+      <w:hyperlink r:id="rId7166690d464f0d6ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50769952" name="name186168e8d31b46b99" descr="eu_funding_250.png"/>
+            <wp:docPr id="58837629" name="name4881690d464f0d71b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId144068e8d31b46b98" cstate="print"/>
+                    <a:blip r:embed="rId7565690d464f0d71a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21072496">
+  <w:abstractNum w:abstractNumId="61313288">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43299895">
+    <w:lvl w:ilvl="0" w:tplc="39590027">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43299895" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39590027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21072495">
+  <w:abstractNum w:abstractNumId="61313287">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20953799">
+    <w:lvl w:ilvl="0" w:tplc="78999537">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21072495">
-    <w:abstractNumId w:val="21072495"/>
+  <w:num w:numId="61313287">
+    <w:abstractNumId w:val="61313287"/>
   </w:num>
-  <w:num w:numId="21072496">
-    <w:abstractNumId w:val="21072496"/>
+  <w:num w:numId="61313288">
+    <w:abstractNumId w:val="61313288"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId326168187" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId746108961" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId537568e8d31b3ff6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId791868e8d31b3fffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId977668e8d31b41251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId987568e8d31b45547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId752168e8d31b45a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId337068e8d31b45b6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId954468e8d31b45c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId298268e8d31b465bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId668068e8d31b46696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId279268e8d31b46a3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId447568e8d31b46b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId665768e8d31b41069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId665768e8d31b41069.jpg"/><Relationship Id="rId136868e8d31b43f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId136868e8d31b43f1e.jpg"/><Relationship Id="rId144068e8d31b46b98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId144068e8d31b46b98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId808894520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId841607512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6142690d464f08116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId3657690d464f08181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId2645690d464f0890e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId9769690d464f0c53e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId7564690d464f0c8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId9758690d464f0c9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId8433690d464f0caa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8927690d464f0d2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId3486690d464f0d394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId3191690d464f0d5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7166690d464f0d6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId7761690d464f087d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7761690d464f087d8.jpg"/><Relationship Id="rId4503690d464f0aebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4503690d464f0aebb.jpg"/><Relationship Id="rId7565690d464f0d71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7565690d464f0d71a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>