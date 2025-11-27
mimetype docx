--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6142690d464f08116" w:history="1">
+            <w:hyperlink r:id="rId64116928379907f40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3657690d464f08181" w:history="1">
+            <w:hyperlink r:id="rId47676928379907fab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22931247" name="name7013690d464f087da" descr="11623.jpg"/>
+                  <wp:docPr id="35914704" name="name79946928379908963" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7761690d464f087d8" cstate="print"/>
+                          <a:blip r:embed="rId13206928379908961" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2645690d464f0890e" w:history="1">
+            <w:hyperlink r:id="rId70496928379908a96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68608320" name="name1193690d464f0aebf" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="37263774" name="name6863692837990ae79" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4503690d464f0aebb" cstate="print"/>
+                    <a:blip r:embed="rId4545692837990ae76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9769690d464f0c53e" w:history="1">
+      <w:hyperlink r:id="rId6740692837990c3a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7564690d464f0c8b1" w:history="1">
+      <w:hyperlink r:id="rId9084692837990c6e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9758690d464f0c9a7" w:history="1">
+      <w:hyperlink r:id="rId4116692837990c7da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8433690d464f0caa6" w:history="1">
+      <w:hyperlink r:id="rId8125692837990c8d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8927690d464f0d2df" w:history="1">
+      <w:hyperlink r:id="rId3056692837990d0f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3486690d464f0d394" w:history="1">
+      <w:hyperlink r:id="rId6418692837990d1b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3191690d464f0d5da" w:history="1">
+      <w:hyperlink r:id="rId3108692837990d3f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7166690d464f0d6ad" w:history="1">
+      <w:hyperlink r:id="rId1071692837990d4c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58837629" name="name4881690d464f0d71b" descr="eu_funding_250.png"/>
+            <wp:docPr id="60281831" name="name1049692837990d9a7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7565690d464f0d71a" cstate="print"/>
+                    <a:blip r:embed="rId8512692837990d9a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61313288">
+  <w:abstractNum w:abstractNumId="50491515">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39590027">
+    <w:lvl w:ilvl="0" w:tplc="58377978">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39590027" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58377978" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61313287">
+  <w:abstractNum w:abstractNumId="50491514">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78999537">
+    <w:lvl w:ilvl="0" w:tplc="27779890">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61313287">
-    <w:abstractNumId w:val="61313287"/>
+  <w:num w:numId="50491514">
+    <w:abstractNumId w:val="50491514"/>
   </w:num>
-  <w:num w:numId="61313288">
-    <w:abstractNumId w:val="61313288"/>
+  <w:num w:numId="50491515">
+    <w:abstractNumId w:val="50491515"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId808894520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId841607512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6142690d464f08116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId3657690d464f08181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId2645690d464f0890e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId9769690d464f0c53e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId7564690d464f0c8b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId9758690d464f0c9a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId8433690d464f0caa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8927690d464f0d2df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId3486690d464f0d394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId3191690d464f0d5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7166690d464f0d6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId7761690d464f087d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7761690d464f087d8.jpg"/><Relationship Id="rId4503690d464f0aebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4503690d464f0aebb.jpg"/><Relationship Id="rId7565690d464f0d71a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7565690d464f0d71a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792101932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473932594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId64116928379907f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId47676928379907fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId70496928379908a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId6740692837990c3a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId9084692837990c6e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId4116692837990c7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId8125692837990c8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3056692837990d0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId6418692837990d1b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId3108692837990d3f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1071692837990d4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId13206928379908961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13206928379908961.jpg"/><Relationship Id="rId4545692837990ae76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4545692837990ae76.jpg"/><Relationship Id="rId8512692837990d9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8512692837990d9a6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>