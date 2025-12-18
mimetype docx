--- v2 (2025-11-27)
+++ v3 (2025-12-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64116928379907f40" w:history="1">
+            <w:hyperlink r:id="rId813869434f6998884" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47676928379907fab" w:history="1">
+            <w:hyperlink r:id="rId859669434f69988ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35914704" name="name79946928379908963" descr="11623.jpg"/>
+                  <wp:docPr id="66078266" name="name974369434f69990f1" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13206928379908961" cstate="print"/>
+                          <a:blip r:embed="rId129669434f69990ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId70496928379908a96" w:history="1">
+            <w:hyperlink r:id="rId552169434f6999245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37263774" name="name6863692837990ae79" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="40490631" name="name256069434f699baf9" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4545692837990ae76" cstate="print"/>
+                    <a:blip r:embed="rId715569434f699baf5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6740692837990c3a7" w:history="1">
+      <w:hyperlink r:id="rId899369434f699d091" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9084692837990c6e7" w:history="1">
+      <w:hyperlink r:id="rId474669434f699d3e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4116692837990c7da" w:history="1">
+      <w:hyperlink r:id="rId975269434f699d4d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8125692837990c8d7" w:history="1">
+      <w:hyperlink r:id="rId810369434f699d5d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3056692837990d0f0" w:history="1">
+      <w:hyperlink r:id="rId447169434f699dde8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6418692837990d1b0" w:history="1">
+      <w:hyperlink r:id="rId327069434f699de9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3108692837990d3f9" w:history="1">
+      <w:hyperlink r:id="rId213269434f699e0de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1071692837990d4c9" w:history="1">
+      <w:hyperlink r:id="rId660969434f699e1ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60281831" name="name1049692837990d9a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="10378431" name="name271869434f699e214" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8512692837990d9a6" cstate="print"/>
+                    <a:blip r:embed="rId675169434f699e213" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50491515">
+  <w:abstractNum w:abstractNumId="44417713">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58377978">
+    <w:lvl w:ilvl="0" w:tplc="62197611">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58377978" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62197611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50491514">
+  <w:abstractNum w:abstractNumId="44417712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27779890">
+    <w:lvl w:ilvl="0" w:tplc="41561067">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50491514">
-    <w:abstractNumId w:val="50491514"/>
+  <w:num w:numId="44417712">
+    <w:abstractNumId w:val="44417712"/>
   </w:num>
-  <w:num w:numId="50491515">
-    <w:abstractNumId w:val="50491515"/>
+  <w:num w:numId="44417713">
+    <w:abstractNumId w:val="44417713"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792101932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId473932594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId64116928379907f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId47676928379907fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId70496928379908a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId6740692837990c3a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId9084692837990c6e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId4116692837990c7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId8125692837990c8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3056692837990d0f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId6418692837990d1b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId3108692837990d3f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1071692837990d4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId13206928379908961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13206928379908961.jpg"/><Relationship Id="rId4545692837990ae76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4545692837990ae76.jpg"/><Relationship Id="rId8512692837990d9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8512692837990d9a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId548118797" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560907470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId813869434f6998884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId859669434f69988ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId552169434f6999245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId899369434f699d091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId474669434f699d3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId975269434f699d4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId810369434f699d5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId447169434f699dde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId327069434f699de9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId213269434f699e0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId660969434f699e1ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId129669434f69990ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId129669434f69990ef.jpg"/><Relationship Id="rId715569434f699baf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715569434f699baf5.jpg"/><Relationship Id="rId675169434f699e213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675169434f699e213.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>