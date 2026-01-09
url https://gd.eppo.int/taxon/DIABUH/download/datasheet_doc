--- v3 (2025-12-18)
+++ v4 (2026-01-09)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId813869434f6998884" w:history="1">
+            <w:hyperlink r:id="rId4618696057e9dfaf7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId859669434f69988ee" w:history="1">
+            <w:hyperlink r:id="rId9412696057e9dfb63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66078266" name="name974369434f69990f1" descr="11623.jpg"/>
+                  <wp:docPr id="81624634" name="name4642696057e9e0355" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId129669434f69990ef" cstate="print"/>
+                          <a:blip r:embed="rId2069696057e9e0353" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId552169434f6999245" w:history="1">
+            <w:hyperlink r:id="rId8547696057e9e048a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40490631" name="name256069434f699baf9" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="58704789" name="name6899696057e9e2cfd" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId715569434f699baf5" cstate="print"/>
+                    <a:blip r:embed="rId6080696057e9e2cfa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899369434f699d091" w:history="1">
+      <w:hyperlink r:id="rId7942696057e9e47e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474669434f699d3e1" w:history="1">
+      <w:hyperlink r:id="rId5328696057e9e4cfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975269434f699d4d5" w:history="1">
+      <w:hyperlink r:id="rId8034696057e9e4df4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810369434f699d5d5" w:history="1">
+      <w:hyperlink r:id="rId2961696057e9e4f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447169434f699dde8" w:history="1">
+      <w:hyperlink r:id="rId4031696057e9e5adf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327069434f699de9a" w:history="1">
+      <w:hyperlink r:id="rId1942696057e9e5b95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9778,73 +9778,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213269434f699e0de" w:history="1">
+      <w:hyperlink r:id="rId6017696057e9e5e0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660969434f699e1ae" w:history="1">
+      <w:hyperlink r:id="rId6023696057e9e5ee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10378431" name="name271869434f699e214" descr="eu_funding_250.png"/>
+            <wp:docPr id="22127875" name="name6298696057e9e5f87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId675169434f699e213" cstate="print"/>
+                    <a:blip r:embed="rId1871696057e9e5f85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44417713">
+  <w:abstractNum w:abstractNumId="85022650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62197611">
+    <w:lvl w:ilvl="0" w:tplc="64979646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62197611" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64979646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44417712">
+  <w:abstractNum w:abstractNumId="85022649">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41561067">
+    <w:lvl w:ilvl="0" w:tplc="93993377">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44417712">
-    <w:abstractNumId w:val="44417712"/>
+  <w:num w:numId="85022649">
+    <w:abstractNumId w:val="85022649"/>
   </w:num>
-  <w:num w:numId="44417713">
-    <w:abstractNumId w:val="44417713"/>
+  <w:num w:numId="85022650">
+    <w:abstractNumId w:val="85022650"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId548118797" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560907470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId813869434f6998884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId859669434f69988ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId552169434f6999245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId899369434f699d091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId474669434f699d3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId975269434f699d4d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId810369434f699d5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId447169434f699dde8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId327069434f699de9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId213269434f699e0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId660969434f699e1ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId129669434f69990ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId129669434f69990ef.jpg"/><Relationship Id="rId715569434f699baf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715569434f699baf5.jpg"/><Relationship Id="rId675169434f699e213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675169434f699e213.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682176186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId787185195" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4618696057e9dfaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId9412696057e9dfb63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId8547696057e9e048a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId7942696057e9e47e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId5328696057e9e4cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId8034696057e9e4df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId2961696057e9e4f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4031696057e9e5adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId1942696057e9e5b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId6017696057e9e5e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6023696057e9e5ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId2069696057e9e0353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2069696057e9e0353.jpg"/><Relationship Id="rId6080696057e9e2cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6080696057e9e2cfa.jpg"/><Relationship Id="rId1871696057e9e5f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1871696057e9e5f85.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>