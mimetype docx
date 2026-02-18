--- v4 (2026-01-09)
+++ v5 (2026-02-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4618696057e9dfaf7" w:history="1">
+            <w:hyperlink r:id="rId965569957ec383e03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9412696057e9dfb63" w:history="1">
+            <w:hyperlink r:id="rId654669957ec383e6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81624634" name="name4642696057e9e0355" descr="11623.jpg"/>
+                  <wp:docPr id="59278729" name="name715569957ec384539" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2069696057e9e0353" cstate="print"/>
+                          <a:blip r:embed="rId326269957ec384537" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8547696057e9e048a" w:history="1">
+            <w:hyperlink r:id="rId536369957ec38466c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58704789" name="name6899696057e9e2cfd" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="10157437" name="name650369957ec386b39" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6080696057e9e2cfa" cstate="print"/>
+                    <a:blip r:embed="rId238969957ec386b35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7942696057e9e47e5" w:history="1">
+      <w:hyperlink r:id="rId399869957ec3880aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5328696057e9e4cfc" w:history="1">
+      <w:hyperlink r:id="rId801069957ec3883de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8034696057e9e4df4" w:history="1">
+      <w:hyperlink r:id="rId274969957ec3884d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2961696057e9e4f36" w:history="1">
+      <w:hyperlink r:id="rId918469957ec3885cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4031696057e9e5adf" w:history="1">
+      <w:hyperlink r:id="rId871669957ec388df9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1942696057e9e5b95" w:history="1">
+      <w:hyperlink r:id="rId686669957ec388eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6017696057e9e5e0f" w:history="1">
+      <w:hyperlink r:id="rId722969957ec3890f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6023696057e9e5ee4" w:history="1">
+      <w:hyperlink r:id="rId205469957ec3891c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22127875" name="name6298696057e9e5f87" descr="eu_funding_250.png"/>
+            <wp:docPr id="96327520" name="name266369957ec389340" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1871696057e9e5f85" cstate="print"/>
+                    <a:blip r:embed="rId213369957ec38933e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85022650">
+  <w:abstractNum w:abstractNumId="16588462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64979646">
+    <w:lvl w:ilvl="0" w:tplc="26764430">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64979646" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26764430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85022649">
+  <w:abstractNum w:abstractNumId="16588461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93993377">
+    <w:lvl w:ilvl="0" w:tplc="60422086">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85022649">
-    <w:abstractNumId w:val="85022649"/>
+  <w:num w:numId="16588461">
+    <w:abstractNumId w:val="16588461"/>
   </w:num>
-  <w:num w:numId="85022650">
-    <w:abstractNumId w:val="85022650"/>
+  <w:num w:numId="16588462">
+    <w:abstractNumId w:val="16588462"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682176186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId787185195" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4618696057e9dfaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId9412696057e9dfb63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId8547696057e9e048a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId7942696057e9e47e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId5328696057e9e4cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId8034696057e9e4df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId2961696057e9e4f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4031696057e9e5adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId1942696057e9e5b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId6017696057e9e5e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6023696057e9e5ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId2069696057e9e0353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2069696057e9e0353.jpg"/><Relationship Id="rId6080696057e9e2cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6080696057e9e2cfa.jpg"/><Relationship Id="rId1871696057e9e5f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1871696057e9e5f85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149284372" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108727873" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId965569957ec383e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId654669957ec383e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId536369957ec38466c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId399869957ec3880aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId801069957ec3883de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId274969957ec3884d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId918469957ec3885cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId871669957ec388df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId686669957ec388eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId722969957ec3890f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId205469957ec3891c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId326269957ec384537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId326269957ec384537.jpg"/><Relationship Id="rId238969957ec386b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId238969957ec386b35.jpg"/><Relationship Id="rId213369957ec38933e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213369957ec38933e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>