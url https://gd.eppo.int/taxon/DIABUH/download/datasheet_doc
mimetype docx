--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId965569957ec383e03" w:history="1">
+            <w:hyperlink r:id="rId289669b0350617750" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId654669957ec383e6d" w:history="1">
+            <w:hyperlink r:id="rId367569b03506177cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59278729" name="name715569957ec384539" descr="11623.jpg"/>
+                  <wp:docPr id="40501866" name="name638169b0350617c59" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId326269957ec384537" cstate="print"/>
+                          <a:blip r:embed="rId314669b0350617c57" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId536369957ec38466c" w:history="1">
+            <w:hyperlink r:id="rId894369b0350617d73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10157437" name="name650369957ec386b39" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="84130166" name="name146169b035061ac33" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId238969957ec386b35" cstate="print"/>
+                    <a:blip r:embed="rId894969b035061ac30" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399869957ec3880aa" w:history="1">
+      <w:hyperlink r:id="rId414569b035061c3dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801069957ec3883de" w:history="1">
+      <w:hyperlink r:id="rId632469b035061c751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274969957ec3884d0" w:history="1">
+      <w:hyperlink r:id="rId132969b035061c843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918469957ec3885cc" w:history="1">
+      <w:hyperlink r:id="rId182969b035061c941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871669957ec388df9" w:history="1">
+      <w:hyperlink r:id="rId787969b035061d148" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686669957ec388eae" w:history="1">
+      <w:hyperlink r:id="rId676569b035061d209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722969957ec3890f4" w:history="1">
+      <w:hyperlink r:id="rId665569b035061d452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205469957ec3891c6" w:history="1">
+      <w:hyperlink r:id="rId463069b035061d56b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96327520" name="name266369957ec389340" descr="eu_funding_250.png"/>
+            <wp:docPr id="7026978" name="name943869b035061d5de" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId213369957ec38933e" cstate="print"/>
+                    <a:blip r:embed="rId741269b035061d5dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16588462">
+  <w:abstractNum w:abstractNumId="72759343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26764430">
+    <w:lvl w:ilvl="0" w:tplc="76305996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26764430" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76305996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16588461">
+  <w:abstractNum w:abstractNumId="72759342">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60422086">
+    <w:lvl w:ilvl="0" w:tplc="70844994">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16588461">
-    <w:abstractNumId w:val="16588461"/>
+  <w:num w:numId="72759342">
+    <w:abstractNumId w:val="72759342"/>
   </w:num>
-  <w:num w:numId="16588462">
-    <w:abstractNumId w:val="16588462"/>
+  <w:num w:numId="72759343">
+    <w:abstractNumId w:val="72759343"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149284372" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108727873" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId965569957ec383e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId654669957ec383e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId536369957ec38466c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId399869957ec3880aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId801069957ec3883de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId274969957ec3884d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId918469957ec3885cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId871669957ec388df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId686669957ec388eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId722969957ec3890f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId205469957ec3891c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId326269957ec384537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId326269957ec384537.jpg"/><Relationship Id="rId238969957ec386b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId238969957ec386b35.jpg"/><Relationship Id="rId213369957ec38933e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213369957ec38933e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId961845520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793488197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId289669b0350617750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId367569b03506177cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId894369b0350617d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId414569b035061c3dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId632469b035061c751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId132969b035061c843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId182969b035061c941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId787969b035061d148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId676569b035061d209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId665569b035061d452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId463069b035061d56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId314669b0350617c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId314669b0350617c57.jpg"/><Relationship Id="rId894969b035061ac30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894969b035061ac30.jpg"/><Relationship Id="rId741269b035061d5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741269b035061d5dd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>