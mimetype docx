--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Fabricius)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern corn rootworm, spotted cucumber beetle, twelve-spotted cucumber beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289669b0350617750" w:history="1">
+            <w:hyperlink r:id="rId407069cad57f09927" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367569b03506177cb" w:history="1">
+            <w:hyperlink r:id="rId131369cad57f09995" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABUH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40501866" name="name638169b0350617c59" descr="11623.jpg"/>
+                  <wp:docPr id="44862082" name="name843569cad57f0a130" descr="11623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId314669b0350617c57" cstate="print"/>
+                          <a:blip r:embed="rId501769cad57f0a12d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId894369b0350617d73" w:history="1">
+            <w:hyperlink r:id="rId914769cad57f0a25d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4232,63 +4232,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">undecimpunctata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or both).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84130166" name="name146169b035061ac33" descr="DIABUH_distribution_map.jpg"/>
+            <wp:docPr id="38365647" name="name312669cad57f0c62c" descr="DIABUH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABUH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId894969b035061ac30" cstate="print"/>
+                    <a:blip r:embed="rId256669cad57f0c629" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7267,51 +7267,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alston D &amp; Worwood D (2012) Western Striped and Western Spotted Cucumber Beetles. All Current Publications. Paper 987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414569b035061c3dc" w:history="1">
+      <w:hyperlink r:id="rId223869cad57f0e4d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://digitalcommons.usu.edu/extension_curall/987</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7763,51 +7763,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Coleopterists Society: Sacramento, CA, USA; pp. 86–87.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of Diabrotica species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632469b035061c751" w:history="1">
+      <w:hyperlink r:id="rId244269cad57f0ed56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7911,51 +7911,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 6358, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132969b035061c843" w:history="1">
+      <w:hyperlink r:id="rId762669cad57f0efcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8068,51 +8068,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 164-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182969b035061c941" w:history="1">
+      <w:hyperlink r:id="rId265669cad57f0f153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9337,51 +9337,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2545-2553.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter P, Cronholm GB, Parker RD, Troxclair NN, Patrick CD, Biles S &amp; Morrison WP (2006) Managing insect and mite pests of Texas corn. Texas FARMER Collection. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787969b035061d148" w:history="1">
+      <w:hyperlink r:id="rId410369cad57f0f99b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9445,51 +9445,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 3337-3344.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sorensen K, Baker J &amp; Stephan D (2003) Pests of Cucurbits. NC State Extension Publications. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676569b035061d209" w:history="1">
+      <w:hyperlink r:id="rId315069cad57f0fa7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01-03-2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica undecimpunctata howardi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665569b035061d452" w:history="1">
+      <w:hyperlink r:id="rId839269cad57f0fcd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9929,81 +9929,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 477-482. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463069b035061d56b" w:history="1">
+      <w:hyperlink r:id="rId223369cad57f0fdbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01422.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7026978" name="name943869b035061d5de" descr="eu_funding_250.png"/>
+            <wp:docPr id="44005221" name="name205469cad57f0fe5a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId741269b035061d5dd" cstate="print"/>
+                    <a:blip r:embed="rId151669cad57f0fe58" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -10102,137 +10102,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72759343">
+  <w:abstractNum w:abstractNumId="25498636">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76305996">
+    <w:lvl w:ilvl="0" w:tplc="31389501">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76305996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31389501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72759342">
+  <w:abstractNum w:abstractNumId="25498635">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70844994">
+    <w:lvl w:ilvl="0" w:tplc="10895230">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10984,55 +10984,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72759342">
-    <w:abstractNumId w:val="72759342"/>
+  <w:num w:numId="25498635">
+    <w:abstractNumId w:val="25498635"/>
   </w:num>
-  <w:num w:numId="72759343">
-    <w:abstractNumId w:val="72759343"/>
+  <w:num w:numId="25498636">
+    <w:abstractNumId w:val="25498636"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22582,51 +22582,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId961845520" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793488197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId289669b0350617750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId367569b03506177cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId894369b0350617d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId414569b035061c3dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId632469b035061c751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId132969b035061c843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId182969b035061c941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId787969b035061d148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId676569b035061d209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId665569b035061d452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId463069b035061d56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId314669b0350617c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId314669b0350617c57.jpg"/><Relationship Id="rId894969b035061ac30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894969b035061ac30.jpg"/><Relationship Id="rId741269b035061d5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741269b035061d5dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746502727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830218218" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId407069cad57f09927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/" TargetMode="External"/><Relationship Id="rId131369cad57f09995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/categorization" TargetMode="External"/><Relationship Id="rId914769cad57f0a25d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABUH/photos" TargetMode="External"/><Relationship Id="rId223869cad57f0e4d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcommons.usu.edu/extension_curall/987" TargetMode="External"/><Relationship Id="rId244269cad57f0ed56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId762669cad57f0efcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6358" TargetMode="External"/><Relationship Id="rId265669cad57f0f153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId410369cad57f0f99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oaktrust.library.tamu.edu/bitstream/handle/1969.1/87672/pdf_40.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId315069cad57f0fa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.ces.ncsu.edu/insect-and-related-pests-of-vegetables/pests-of-cucurbits" TargetMode="External"/><Relationship Id="rId839269cad57f0fcd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId223369cad57f0fdbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01422.x" TargetMode="External"/><Relationship Id="rId501769cad57f0a12d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId501769cad57f0a12d.jpg"/><Relationship Id="rId256669cad57f0c629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId256669cad57f0c629.jpg"/><Relationship Id="rId151669cad57f0fe58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151669cad57f0fe58.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>