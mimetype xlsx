--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -12,79 +12,82 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DIABSC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
+    <t>* Barboza MR, Outeiro VH, Tokarski A, Rech C, Kawakami J, Nardi C (2021) A method to estimate the damage of Diabrotica speciosa larvae on potato tubers. Horticultura Brasileira 39, 245-249.</t>
+  </si>
+  <si>
     <t>TRZAX</t>
   </si>
   <si>
     <t>Triticum aestivum subsp. aestivum</t>
   </si>
   <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ARHHY</t>
   </si>
   <si>
     <t>Arachis hypogaea</t>
   </si>
   <si>
     <t>BRSNN</t>
   </si>
   <si>
     <t>Brassica napus</t>
@@ -131,57 +134,69 @@
   <si>
     <t>IPOBA</t>
   </si>
   <si>
     <t>Ipomoea batatas</t>
   </si>
   <si>
     <t>MABSD</t>
   </si>
   <si>
     <t>Malus domestica</t>
   </si>
   <si>
     <t>1PRNG</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
+    <t>* Nardi C, Rech C, Ribeiro LK, de Lima Filho RB, de Oliveira JR, Bento JM, de Resende JT (2024) Tomato plants selected to high levels of zingiberene influence herbivory and fecundity of Diabrotica speciosa. Arthropod-Plant Interactions 8(5), 905-916.</t>
+  </si>
+  <si>
     <t>SORHA</t>
   </si>
   <si>
     <t>Sorghum halepense</t>
   </si>
   <si>
     <t>* Walsh GC (2007) Sorghum halepense (L.) Persoon (Poaceae), a new larval host for the South American corn rootworm Diabrotica speciosa (Germar) (Coleoptera: Chrysomelidae). Coleopterists Bulletin 61, 83–84.</t>
+  </si>
+  <si>
+    <t>VACCO</t>
+  </si>
+  <si>
+    <t>Vaccinium corymbosum</t>
+  </si>
+  <si>
+    <t>* Cabrera N, Rocca M (2012) First records of Chrysomelidae (Insecta, Coleoptera) on blueberries in Argentina: new associations between native chrysomelids and an exotic crop. Revista de la Sociedad Entomológica Argentina 71(1-2), 45-55.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -485,284 +500,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="366.768" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">