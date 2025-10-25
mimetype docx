--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Smith &amp; Lawrence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631268e0e7df7a176" w:history="1">
+            <w:hyperlink r:id="rId918268fc2c4631740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId840868e0e7df7a1e4" w:history="1">
+            <w:hyperlink r:id="rId479268fc2c46317d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46877566" name="name967768e0e7df7a2a6" descr="11589.jpg"/>
+                  <wp:docPr id="53918061" name="name524968fc2c4632282" descr="11589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId936168e0e7df7a2a5" cstate="print"/>
+                          <a:blip r:embed="rId784468fc2c4632280" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId781868e0e7df7a3c6" w:history="1">
+            <w:hyperlink r:id="rId398768fc2c46323c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1482,63 +1482,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present and native to the Nearctic region only and has never been introduced into another area. It was ﬁrst discovered attacking maize in Colorado and has since spread Midwest, Northeast and Southeast.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99957139" name="name127168e0e7df7b498" descr="DIABLO_distribution_map.jpg"/>
+            <wp:docPr id="65099034" name="name698268fc2c4633b00" descr="DIABLO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABLO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId773368e0e7df7b495" cstate="print"/>
+                    <a:blip r:embed="rId670068fc2c4633afc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3384,51 +3384,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butter NS (2018) Insect Vectors and Plant Pathogens. CRC Press. 470 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calles-Torrez V (2018) Geographic Distribution and Effects of Transgenic Corn Hybrids and Chemical Insecticides on Northern and Western Corn Rootworms (Coleoptera: Chrysomelidae) in North Dakota. [Doctoral dissertation, North Dakota State University]. Institutional Repository at the North Dakota State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216568e0e7df7c824" w:history="1">
+      <w:hyperlink r:id="rId570268fc2c46349ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://library.ndsu.edu/ir/handle/10365/29965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3595,51 +3595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566668e0e7df7c998" w:history="1">
+      <w:hyperlink r:id="rId941168fc2c4634b1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [28-08-2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5857, 28 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645768e0e7df7cc5e" w:history="1">
+      <w:hyperlink r:id="rId573568fc2c4634e09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5066,51 +5066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265368e0e7df7d518" w:history="1">
+      <w:hyperlink r:id="rId984968fc2c463552a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5205,63 +5205,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70810752" name="name999468e0e7df7d664" descr="eu_funding_250.png"/>
+            <wp:docPr id="7490755" name="name298768fc2c463580f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId701268e0e7df7d663" cstate="print"/>
+                    <a:blip r:embed="rId287368fc2c463580d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5359,137 +5359,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10444807">
+  <w:abstractNum w:abstractNumId="30850392">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47251436">
+    <w:lvl w:ilvl="0" w:tplc="99922834">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47251436" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99922834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10444806">
+  <w:abstractNum w:abstractNumId="30850391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21681707">
+    <w:lvl w:ilvl="0" w:tplc="55795787">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6241,55 +6241,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10444806">
-    <w:abstractNumId w:val="10444806"/>
+  <w:num w:numId="30850391">
+    <w:abstractNumId w:val="30850391"/>
   </w:num>
-  <w:num w:numId="10444807">
-    <w:abstractNumId w:val="10444807"/>
+  <w:num w:numId="30850392">
+    <w:abstractNumId w:val="30850392"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17839,51 +17839,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478150182" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId871948879" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId631268e0e7df7a176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId840868e0e7df7a1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId781868e0e7df7a3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId216568e0e7df7c824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId566668e0e7df7c998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId645768e0e7df7cc5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId265368e0e7df7d518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId936168e0e7df7a2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936168e0e7df7a2a5.jpg"/><Relationship Id="rId773368e0e7df7b495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId773368e0e7df7b495.jpg"/><Relationship Id="rId701268e0e7df7d663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701268e0e7df7d663.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId344257599" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359813299" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId918268fc2c4631740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId479268fc2c46317d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId398768fc2c46323c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId570268fc2c46349ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId941168fc2c4634b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId573568fc2c4634e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId984968fc2c463552a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId784468fc2c4632280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId784468fc2c4632280.jpg"/><Relationship Id="rId670068fc2c4633afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670068fc2c4633afc.jpg"/><Relationship Id="rId287368fc2c463580d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287368fc2c463580d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>