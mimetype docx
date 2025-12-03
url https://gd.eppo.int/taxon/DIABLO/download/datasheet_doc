--- v1 (2025-10-25)
+++ v2 (2025-12-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Smith &amp; Lawrence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId918268fc2c4631740" w:history="1">
+            <w:hyperlink r:id="rId53666930cac082e82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479268fc2c46317d1" w:history="1">
+            <w:hyperlink r:id="rId34386930cac082eec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53918061" name="name524968fc2c4632282" descr="11589.jpg"/>
+                  <wp:docPr id="72690572" name="name38636930cac082fd6" descr="11589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId784468fc2c4632280" cstate="print"/>
+                          <a:blip r:embed="rId62436930cac082fd4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId398768fc2c46323c7" w:history="1">
+            <w:hyperlink r:id="rId56776930cac0830d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1482,63 +1482,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present and native to the Nearctic region only and has never been introduced into another area. It was ﬁrst discovered attacking maize in Colorado and has since spread Midwest, Northeast and Southeast.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65099034" name="name698268fc2c4633b00" descr="DIABLO_distribution_map.jpg"/>
+            <wp:docPr id="80501767" name="name54426930cac084654" descr="DIABLO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABLO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId670068fc2c4633afc" cstate="print"/>
+                    <a:blip r:embed="rId77006930cac084652" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3384,51 +3384,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butter NS (2018) Insect Vectors and Plant Pathogens. CRC Press. 470 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calles-Torrez V (2018) Geographic Distribution and Effects of Transgenic Corn Hybrids and Chemical Insecticides on Northern and Western Corn Rootworms (Coleoptera: Chrysomelidae) in North Dakota. [Doctoral dissertation, North Dakota State University]. Institutional Repository at the North Dakota State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570268fc2c46349ba" w:history="1">
+      <w:hyperlink r:id="rId47856930cac08548e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://library.ndsu.edu/ir/handle/10365/29965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3595,51 +3595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941168fc2c4634b1d" w:history="1">
+      <w:hyperlink r:id="rId77726930cac0855eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [28-08-2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5857, 28 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573568fc2c4634e09" w:history="1">
+      <w:hyperlink r:id="rId73206930cac085831" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5066,51 +5066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984968fc2c463552a" w:history="1">
+      <w:hyperlink r:id="rId42746930cac085f47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5205,63 +5205,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7490755" name="name298768fc2c463580f" descr="eu_funding_250.png"/>
+            <wp:docPr id="40252688" name="name88966930cac08608c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId287368fc2c463580d" cstate="print"/>
+                    <a:blip r:embed="rId76696930cac08608b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5359,137 +5359,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30850392">
+  <w:abstractNum w:abstractNumId="99655575">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99922834">
+    <w:lvl w:ilvl="0" w:tplc="95983930">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99922834" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95983930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30850391">
+  <w:abstractNum w:abstractNumId="99655574">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55795787">
+    <w:lvl w:ilvl="0" w:tplc="84394573">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6241,55 +6241,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30850391">
-    <w:abstractNumId w:val="30850391"/>
+  <w:num w:numId="99655574">
+    <w:abstractNumId w:val="99655574"/>
   </w:num>
-  <w:num w:numId="30850392">
-    <w:abstractNumId w:val="30850392"/>
+  <w:num w:numId="99655575">
+    <w:abstractNumId w:val="99655575"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17839,51 +17839,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId344257599" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359813299" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId918268fc2c4631740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId479268fc2c46317d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId398768fc2c46323c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId570268fc2c46349ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId941168fc2c4634b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId573568fc2c4634e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId984968fc2c463552a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId784468fc2c4632280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId784468fc2c4632280.jpg"/><Relationship Id="rId670068fc2c4633afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670068fc2c4633afc.jpg"/><Relationship Id="rId287368fc2c463580d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287368fc2c463580d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId777982979" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId326470555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53666930cac082e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId34386930cac082eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId56776930cac0830d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId47856930cac08548e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId77726930cac0855eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId73206930cac085831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId42746930cac085f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62436930cac082fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62436930cac082fd4.jpg"/><Relationship Id="rId77006930cac084652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77006930cac084652.jpg"/><Relationship Id="rId76696930cac08608b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76696930cac08608b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>