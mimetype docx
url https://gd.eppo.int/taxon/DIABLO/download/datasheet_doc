--- v2 (2025-12-03)
+++ v3 (2025-12-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Smith &amp; Lawrence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53666930cac082e82" w:history="1">
+            <w:hyperlink r:id="rId4880694b4ca3ca001" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34386930cac082eec" w:history="1">
+            <w:hyperlink r:id="rId3753694b4ca3ca06a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72690572" name="name38636930cac082fd6" descr="11589.jpg"/>
+                  <wp:docPr id="11590074" name="name7607694b4ca3ca6e7" descr="11589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62436930cac082fd4" cstate="print"/>
+                          <a:blip r:embed="rId2263694b4ca3ca6e5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId56776930cac0830d4" w:history="1">
+            <w:hyperlink r:id="rId6114694b4ca3ca801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1482,63 +1482,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present and native to the Nearctic region only and has never been introduced into another area. It was ﬁrst discovered attacking maize in Colorado and has since spread Midwest, Northeast and Southeast.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80501767" name="name54426930cac084654" descr="DIABLO_distribution_map.jpg"/>
+            <wp:docPr id="60875439" name="name5219694b4ca3cbadf" descr="DIABLO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABLO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77006930cac084652" cstate="print"/>
+                    <a:blip r:embed="rId6544694b4ca3cbadd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3384,51 +3384,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butter NS (2018) Insect Vectors and Plant Pathogens. CRC Press. 470 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calles-Torrez V (2018) Geographic Distribution and Effects of Transgenic Corn Hybrids and Chemical Insecticides on Northern and Western Corn Rootworms (Coleoptera: Chrysomelidae) in North Dakota. [Doctoral dissertation, North Dakota State University]. Institutional Repository at the North Dakota State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47856930cac08548e" w:history="1">
+      <w:hyperlink r:id="rId9040694b4ca3cc884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://library.ndsu.edu/ir/handle/10365/29965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3595,51 +3595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77726930cac0855eb" w:history="1">
+      <w:hyperlink r:id="rId4993694b4ca3cc9dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [28-08-2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5857, 28 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73206930cac085831" w:history="1">
+      <w:hyperlink r:id="rId5397694b4ca3ccc1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5066,51 +5066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42746930cac085f47" w:history="1">
+      <w:hyperlink r:id="rId1977694b4ca3cd33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5205,63 +5205,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40252688" name="name88966930cac08608c" descr="eu_funding_250.png"/>
+            <wp:docPr id="63482960" name="name4955694b4ca3cd692" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76696930cac08608b" cstate="print"/>
+                    <a:blip r:embed="rId7050694b4ca3cd691" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5359,137 +5359,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99655575">
+  <w:abstractNum w:abstractNumId="79478639">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95983930">
+    <w:lvl w:ilvl="0" w:tplc="74447154">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95983930" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74447154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99655574">
+  <w:abstractNum w:abstractNumId="79478638">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84394573">
+    <w:lvl w:ilvl="0" w:tplc="60776658">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6241,55 +6241,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99655574">
-    <w:abstractNumId w:val="99655574"/>
+  <w:num w:numId="79478638">
+    <w:abstractNumId w:val="79478638"/>
   </w:num>
-  <w:num w:numId="99655575">
-    <w:abstractNumId w:val="99655575"/>
+  <w:num w:numId="79478639">
+    <w:abstractNumId w:val="79478639"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17839,51 +17839,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId777982979" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId326470555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53666930cac082e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId34386930cac082eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId56776930cac0830d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId47856930cac08548e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId77726930cac0855eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId73206930cac085831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId42746930cac085f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62436930cac082fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62436930cac082fd4.jpg"/><Relationship Id="rId77006930cac084652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77006930cac084652.jpg"/><Relationship Id="rId76696930cac08608b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76696930cac08608b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId490760828" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806468277" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4880694b4ca3ca001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId3753694b4ca3ca06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId6114694b4ca3ca801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId9040694b4ca3cc884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId4993694b4ca3cc9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5397694b4ca3ccc1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId1977694b4ca3cd33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2263694b4ca3ca6e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2263694b4ca3ca6e5.jpg"/><Relationship Id="rId6544694b4ca3cbadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6544694b4ca3cbadd.jpg"/><Relationship Id="rId7050694b4ca3cd691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7050694b4ca3cd691.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>