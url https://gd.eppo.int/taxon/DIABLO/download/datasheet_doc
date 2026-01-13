--- v3 (2025-12-24)
+++ v4 (2026-01-13)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Smith &amp; Lawrence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4880694b4ca3ca001" w:history="1">
+            <w:hyperlink r:id="rId8130696615fdb14c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3753694b4ca3ca06a" w:history="1">
+            <w:hyperlink r:id="rId9870696615fdb1531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11590074" name="name7607694b4ca3ca6e7" descr="11589.jpg"/>
+                  <wp:docPr id="22645408" name="name7610696615fdb1bce" descr="11589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2263694b4ca3ca6e5" cstate="print"/>
+                          <a:blip r:embed="rId4045696615fdb1bcc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6114694b4ca3ca801" w:history="1">
+            <w:hyperlink r:id="rId9240696615fdb1cf3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1482,63 +1482,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present and native to the Nearctic region only and has never been introduced into another area. It was ﬁrst discovered attacking maize in Colorado and has since spread Midwest, Northeast and Southeast.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60875439" name="name5219694b4ca3cbadf" descr="DIABLO_distribution_map.jpg"/>
+            <wp:docPr id="42279876" name="name2852696615fdb2d63" descr="DIABLO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABLO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6544694b4ca3cbadd" cstate="print"/>
+                    <a:blip r:embed="rId6501696615fdb2d60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3384,51 +3384,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butter NS (2018) Insect Vectors and Plant Pathogens. CRC Press. 470 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calles-Torrez V (2018) Geographic Distribution and Effects of Transgenic Corn Hybrids and Chemical Insecticides on Northern and Western Corn Rootworms (Coleoptera: Chrysomelidae) in North Dakota. [Doctoral dissertation, North Dakota State University]. Institutional Repository at the North Dakota State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9040694b4ca3cc884" w:history="1">
+      <w:hyperlink r:id="rId5115696615fdb3bce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://library.ndsu.edu/ir/handle/10365/29965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3595,51 +3595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4993694b4ca3cc9dd" w:history="1">
+      <w:hyperlink r:id="rId5492696615fdb3d2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [28-08-2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5857, 28 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5397694b4ca3ccc1e" w:history="1">
+      <w:hyperlink r:id="rId5959696615fdb3f74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,73 +5044,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1977694b4ca3cd33e" w:history="1">
+      <w:hyperlink r:id="rId5469696615fdb48eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5205,63 +5205,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63482960" name="name4955694b4ca3cd692" descr="eu_funding_250.png"/>
+            <wp:docPr id="421564" name="name1304696615fdb4a30" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7050694b4ca3cd691" cstate="print"/>
+                    <a:blip r:embed="rId8614696615fdb4a2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5359,137 +5359,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79478639">
+  <w:abstractNum w:abstractNumId="50811245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74447154">
+    <w:lvl w:ilvl="0" w:tplc="69911546">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74447154" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69911546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79478638">
+  <w:abstractNum w:abstractNumId="50811244">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60776658">
+    <w:lvl w:ilvl="0" w:tplc="54354683">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6241,55 +6241,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79478638">
-    <w:abstractNumId w:val="79478638"/>
+  <w:num w:numId="50811244">
+    <w:abstractNumId w:val="50811244"/>
   </w:num>
-  <w:num w:numId="79478639">
-    <w:abstractNumId w:val="79478639"/>
+  <w:num w:numId="50811245">
+    <w:abstractNumId w:val="50811245"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17839,51 +17839,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId490760828" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806468277" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4880694b4ca3ca001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId3753694b4ca3ca06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId6114694b4ca3ca801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId9040694b4ca3cc884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId4993694b4ca3cc9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5397694b4ca3ccc1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId1977694b4ca3cd33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2263694b4ca3ca6e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2263694b4ca3ca6e5.jpg"/><Relationship Id="rId6544694b4ca3cbadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6544694b4ca3cbadd.jpg"/><Relationship Id="rId7050694b4ca3cd691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7050694b4ca3cd691.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987238865" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274274848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8130696615fdb14c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId9870696615fdb1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId9240696615fdb1cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId5115696615fdb3bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId5492696615fdb3d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5959696615fdb3f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId5469696615fdb48eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4045696615fdb1bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4045696615fdb1bcc.jpg"/><Relationship Id="rId6501696615fdb2d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6501696615fdb2d60.jpg"/><Relationship Id="rId8614696615fdb4a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8614696615fdb4a2f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>