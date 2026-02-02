--- v4 (2026-01-13)
+++ v5 (2026-02-02)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Smith &amp; Lawrence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8130696615fdb14c9" w:history="1">
+            <w:hyperlink r:id="rId761169809f564b4c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9870696615fdb1531" w:history="1">
+            <w:hyperlink r:id="rId253469809f564b539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22645408" name="name7610696615fdb1bce" descr="11589.jpg"/>
+                  <wp:docPr id="27462451" name="name785669809f564baeb" descr="11589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4045696615fdb1bcc" cstate="print"/>
+                          <a:blip r:embed="rId441669809f564baea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9240696615fdb1cf3" w:history="1">
+            <w:hyperlink r:id="rId947169809f564bbe9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1482,63 +1482,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present and native to the Nearctic region only and has never been introduced into another area. It was ﬁrst discovered attacking maize in Colorado and has since spread Midwest, Northeast and Southeast.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42279876" name="name2852696615fdb2d63" descr="DIABLO_distribution_map.jpg"/>
+            <wp:docPr id="90654374" name="name271269809f564d046" descr="DIABLO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABLO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6501696615fdb2d60" cstate="print"/>
+                    <a:blip r:embed="rId826669809f564d042" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3384,51 +3384,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butter NS (2018) Insect Vectors and Plant Pathogens. CRC Press. 470 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calles-Torrez V (2018) Geographic Distribution and Effects of Transgenic Corn Hybrids and Chemical Insecticides on Northern and Western Corn Rootworms (Coleoptera: Chrysomelidae) in North Dakota. [Doctoral dissertation, North Dakota State University]. Institutional Repository at the North Dakota State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5115696615fdb3bce" w:history="1">
+      <w:hyperlink r:id="rId417769809f564de51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://library.ndsu.edu/ir/handle/10365/29965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3595,51 +3595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5492696615fdb3d2d" w:history="1">
+      <w:hyperlink r:id="rId127769809f564dfad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [28-08-2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5857, 28 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5959696615fdb3f74" w:history="1">
+      <w:hyperlink r:id="rId409469809f564e220" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5066,51 +5066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5469696615fdb48eb" w:history="1">
+      <w:hyperlink r:id="rId187269809f564e94e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5205,63 +5205,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="421564" name="name1304696615fdb4a30" descr="eu_funding_250.png"/>
+            <wp:docPr id="4172554" name="name338869809f564ea79" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8614696615fdb4a2f" cstate="print"/>
+                    <a:blip r:embed="rId637169809f564ea78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5359,137 +5359,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50811245">
+  <w:abstractNum w:abstractNumId="14948205">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69911546">
+    <w:lvl w:ilvl="0" w:tplc="45951245">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69911546" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45951245" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50811244">
+  <w:abstractNum w:abstractNumId="14948204">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54354683">
+    <w:lvl w:ilvl="0" w:tplc="44668152">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6241,55 +6241,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50811244">
-    <w:abstractNumId w:val="50811244"/>
+  <w:num w:numId="14948204">
+    <w:abstractNumId w:val="14948204"/>
   </w:num>
-  <w:num w:numId="50811245">
-    <w:abstractNumId w:val="50811245"/>
+  <w:num w:numId="14948205">
+    <w:abstractNumId w:val="14948205"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17839,51 +17839,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987238865" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274274848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8130696615fdb14c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId9870696615fdb1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId9240696615fdb1cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId5115696615fdb3bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId5492696615fdb3d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId5959696615fdb3f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId5469696615fdb48eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4045696615fdb1bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4045696615fdb1bcc.jpg"/><Relationship Id="rId6501696615fdb2d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6501696615fdb2d60.jpg"/><Relationship Id="rId8614696615fdb4a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8614696615fdb4a2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId465848273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId563593930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId761169809f564b4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId253469809f564b539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId947169809f564bbe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId417769809f564de51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId127769809f564dfad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId409469809f564e220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId187269809f564e94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId441669809f564baea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId441669809f564baea.jpg"/><Relationship Id="rId826669809f564d042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826669809f564d042.jpg"/><Relationship Id="rId637169809f564ea78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637169809f564ea78.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>