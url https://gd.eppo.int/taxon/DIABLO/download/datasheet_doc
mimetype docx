--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Smith &amp; Lawrence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern corn rootworm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId761169809f564b4c4" w:history="1">
+            <w:hyperlink r:id="rId3598699b8f74ae69b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253469809f564b539" w:history="1">
+            <w:hyperlink r:id="rId9932699b8f74ae703" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIABLO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27462451" name="name785669809f564baeb" descr="11589.jpg"/>
+                  <wp:docPr id="51536880" name="name6504699b8f74ae7c4" descr="11589.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11589.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId441669809f564baea" cstate="print"/>
+                          <a:blip r:embed="rId5715699b8f74ae7c3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId947169809f564bbe9" w:history="1">
+            <w:hyperlink r:id="rId5606699b8f74ae8c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1482,63 +1482,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present and native to the Nearctic region only and has never been introduced into another area. It was ﬁrst discovered attacking maize in Colorado and has since spread Midwest, Northeast and Southeast.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90654374" name="name271269809f564d046" descr="DIABLO_distribution_map.jpg"/>
+            <wp:docPr id="7726820" name="name6989699b8f74afabc" descr="DIABLO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIABLO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId826669809f564d042" cstate="print"/>
+                    <a:blip r:embed="rId3074699b8f74afab9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3384,51 +3384,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Butter NS (2018) Insect Vectors and Plant Pathogens. CRC Press. 470 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calles-Torrez V (2018) Geographic Distribution and Effects of Transgenic Corn Hybrids and Chemical Insecticides on Northern and Western Corn Rootworms (Coleoptera: Chrysomelidae) in North Dakota. [Doctoral dissertation, North Dakota State University]. Institutional Repository at the North Dakota State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417769809f564de51" w:history="1">
+      <w:hyperlink r:id="rId8781699b8f74b08a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://library.ndsu.edu/ir/handle/10365/29965</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3595,51 +3595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Derunkov A, Konstantinov A, Tishechkin A, Hartje L &amp; Redford AJ (2013) Diabrotica ID: Identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species (Coleoptera: Chrysomelidae) from North and Central America. USDA APHIS PPQ Center for Plant Health Science and Technology, USDA Agricultural Research Service, University of Maryland, and Louisiana State University. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127769809f564dfad" w:history="1">
+      <w:hyperlink r:id="rId4231699b8f74b09fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://idtools.org/id/beetles/diabrotica/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [28-08-2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5857, 28 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409469809f564e220" w:history="1">
+      <w:hyperlink r:id="rId6514699b8f74b0c4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5066,51 +5066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabrotica barberi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187269809f564e94e" w:history="1">
+      <w:hyperlink r:id="rId8123699b8f74b1349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5205,63 +5205,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4172554" name="name338869809f564ea79" descr="eu_funding_250.png"/>
+            <wp:docPr id="91247975" name="name4951699b8f74b14ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId637169809f564ea78" cstate="print"/>
+                    <a:blip r:embed="rId7234699b8f74b14aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5359,137 +5359,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14948205">
+  <w:abstractNum w:abstractNumId="15896135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45951245">
+    <w:lvl w:ilvl="0" w:tplc="44316538">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45951245" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44316538" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14948204">
+  <w:abstractNum w:abstractNumId="15896134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44668152">
+    <w:lvl w:ilvl="0" w:tplc="41290858">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6241,55 +6241,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14948204">
-    <w:abstractNumId w:val="14948204"/>
+  <w:num w:numId="15896134">
+    <w:abstractNumId w:val="15896134"/>
   </w:num>
-  <w:num w:numId="14948205">
-    <w:abstractNumId w:val="14948205"/>
+  <w:num w:numId="15896135">
+    <w:abstractNumId w:val="15896135"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17839,51 +17839,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId465848273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId563593930" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId761169809f564b4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId253469809f564b539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId947169809f564bbe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId417769809f564de51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId127769809f564dfad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId409469809f564e220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId187269809f564e94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId441669809f564baea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId441669809f564baea.jpg"/><Relationship Id="rId826669809f564d042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826669809f564d042.jpg"/><Relationship Id="rId637169809f564ea78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637169809f564ea78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582430067" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId906139260" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3598699b8f74ae69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/" TargetMode="External"/><Relationship Id="rId9932699b8f74ae703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/categorization" TargetMode="External"/><Relationship Id="rId5606699b8f74ae8c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIABLO/photos" TargetMode="External"/><Relationship Id="rId8781699b8f74b08a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.ndsu.edu/ir/handle/10365/29965" TargetMode="External"/><Relationship Id="rId4231699b8f74b09fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://idtools.org/id/beetles/diabrotica/" TargetMode="External"/><Relationship Id="rId6514699b8f74b0c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5857" TargetMode="External"/><Relationship Id="rId8123699b8f74b1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5715699b8f74ae7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5715699b8f74ae7c3.jpg"/><Relationship Id="rId3074699b8f74afab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3074699b8f74afab9.jpg"/><Relationship Id="rId7234699b8f74b14aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7234699b8f74b14aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>