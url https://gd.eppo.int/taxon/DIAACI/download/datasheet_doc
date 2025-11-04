--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Kuwayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian citrus psyllid, citrus psylla, citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346268ef69e0b1f63" w:history="1">
+            <w:hyperlink r:id="rId72326909de6d83ce1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId949468ef69e0b1fcc" w:history="1">
+            <w:hyperlink r:id="rId62206909de6d83d8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIAACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56359680" name="name305668ef69e0b266e" descr="7788.jpg"/>
+                  <wp:docPr id="3682558" name="name66456909de6d842cd" descr="7788.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7788.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId866968ef69e0b266d" cstate="print"/>
+                          <a:blip r:embed="rId68386909de6d842cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId109768ef69e0b27a6" w:history="1">
+            <w:hyperlink r:id="rId95316909de6d84451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1969,51 +1969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than that of the causal agent of citrus huanglongbing (HLB) disease originally associated with this vector, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456968ef69e0b3195" w:history="1">
+      <w:hyperlink r:id="rId93636909de6d8516b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">'</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2038,63 +2038,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs in Afghanistan, some states of Brazil, Macau, Myanmar, and Singapore, where the associated bacterium has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40515318" name="name605168ef69e0b3e10" descr="DIAACI_distribution_map.jpg"/>
+            <wp:docPr id="12074725" name="name61336909de6d861b0" descr="DIAACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId130068ef69e0b3e0e" cstate="print"/>
+                    <a:blip r:embed="rId31196909de6d861ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3668,51 +3668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767568ef69e0b4a34" w:history="1">
+      <w:hyperlink r:id="rId76736909de6d86fdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3885,51 +3885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484168ef69e0b4bc6" w:history="1">
+      <w:hyperlink r:id="rId85576909de6d87239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5852/ejt.2021.736.1257</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S (2019) Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276568ef69e0b4d0f" w:history="1">
+      <w:hyperlink r:id="rId52356909de6d873c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506768ef69e0b513a" w:history="1">
+      <w:hyperlink r:id="rId91316909de6d87840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5486,51 +5486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaphorina citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287168ef69e0b55ad" w:history="1">
+      <w:hyperlink r:id="rId39356909de6d88005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5727,63 +5727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40197484" name="name366268ef69e0b5772" descr="eu_funding_250.png"/>
+            <wp:docPr id="29511250" name="name53266909de6d885eb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId177168ef69e0b5770" cstate="print"/>
+                    <a:blip r:embed="rId52406909de6d885e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5881,137 +5881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83449496">
+  <w:abstractNum w:abstractNumId="42002849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95738219">
+    <w:lvl w:ilvl="0" w:tplc="33023643">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95738219" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33023643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83449495">
+  <w:abstractNum w:abstractNumId="42002848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72891598">
+    <w:lvl w:ilvl="0" w:tplc="33589936">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6763,55 +6763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83449495">
-    <w:abstractNumId w:val="83449495"/>
+  <w:num w:numId="42002848">
+    <w:abstractNumId w:val="42002848"/>
   </w:num>
-  <w:num w:numId="83449496">
-    <w:abstractNumId w:val="83449496"/>
+  <w:num w:numId="42002849">
+    <w:abstractNumId w:val="42002849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18361,51 +18361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId834294038" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId719752578" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId346268ef69e0b1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId949468ef69e0b1fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId109768ef69e0b27a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId456968ef69e0b3195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId767568ef69e0b4a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId484168ef69e0b4bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId276568ef69e0b4d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId506768ef69e0b513a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId287168ef69e0b55ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId866968ef69e0b266d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866968ef69e0b266d.jpg"/><Relationship Id="rId130068ef69e0b3e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId130068ef69e0b3e0e.jpg"/><Relationship Id="rId177168ef69e0b5770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177168ef69e0b5770.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId606711364" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259248334" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72326909de6d83ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId62206909de6d83d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId95316909de6d84451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId93636909de6d8516b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId76736909de6d86fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId85576909de6d87239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId52356909de6d873c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId91316909de6d87840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId39356909de6d88005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68386909de6d842cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68386909de6d842cb.jpg"/><Relationship Id="rId31196909de6d861ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31196909de6d861ad.jpg"/><Relationship Id="rId52406909de6d885e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52406909de6d885e9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>