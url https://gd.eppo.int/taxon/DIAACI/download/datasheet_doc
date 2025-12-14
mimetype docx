--- v1 (2025-11-04)
+++ v2 (2025-12-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Kuwayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian citrus psyllid, citrus psylla, citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72326909de6d83ce1" w:history="1">
+            <w:hyperlink r:id="rId6090693ed6de8ab36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62206909de6d83d8e" w:history="1">
+            <w:hyperlink r:id="rId8048693ed6de8aba1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIAACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3682558" name="name66456909de6d842cd" descr="7788.jpg"/>
+                  <wp:docPr id="90620351" name="name7705693ed6de8b4dc" descr="7788.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7788.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId68386909de6d842cb" cstate="print"/>
+                          <a:blip r:embed="rId6733693ed6de8b4d9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95316909de6d84451" w:history="1">
+            <w:hyperlink r:id="rId3222693ed6de8b70b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1969,51 +1969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than that of the causal agent of citrus huanglongbing (HLB) disease originally associated with this vector, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93636909de6d8516b" w:history="1">
+      <w:hyperlink r:id="rId2604693ed6de8c69b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">'</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2038,63 +2038,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs in Afghanistan, some states of Brazil, Macau, Myanmar, and Singapore, where the associated bacterium has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12074725" name="name61336909de6d861b0" descr="DIAACI_distribution_map.jpg"/>
+            <wp:docPr id="58585399" name="name9851693ed6de8d501" descr="DIAACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31196909de6d861ad" cstate="print"/>
+                    <a:blip r:embed="rId6035693ed6de8d4ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3668,51 +3668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76736909de6d86fdb" w:history="1">
+      <w:hyperlink r:id="rId1143693ed6de8e1d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3885,51 +3885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85576909de6d87239" w:history="1">
+      <w:hyperlink r:id="rId4913693ed6de8e349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5852/ejt.2021.736.1257</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S (2019) Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52356909de6d873c9" w:history="1">
+      <w:hyperlink r:id="rId2304693ed6de8e494" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91316909de6d87840" w:history="1">
+      <w:hyperlink r:id="rId2757693ed6de90137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5486,51 +5486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaphorina citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39356909de6d88005" w:history="1">
+      <w:hyperlink r:id="rId2327693ed6de90c36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5727,63 +5727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29511250" name="name53266909de6d885eb" descr="eu_funding_250.png"/>
+            <wp:docPr id="23116654" name="name7956693ed6de90ebe" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52406909de6d885e9" cstate="print"/>
+                    <a:blip r:embed="rId8677693ed6de90ebd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5881,137 +5881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42002849">
+  <w:abstractNum w:abstractNumId="14617893">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33023643">
+    <w:lvl w:ilvl="0" w:tplc="67117677">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33023643" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67117677" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42002848">
+  <w:abstractNum w:abstractNumId="14617892">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33589936">
+    <w:lvl w:ilvl="0" w:tplc="42534128">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6763,55 +6763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42002848">
-    <w:abstractNumId w:val="42002848"/>
+  <w:num w:numId="14617892">
+    <w:abstractNumId w:val="14617892"/>
   </w:num>
-  <w:num w:numId="42002849">
-    <w:abstractNumId w:val="42002849"/>
+  <w:num w:numId="14617893">
+    <w:abstractNumId w:val="14617893"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18361,51 +18361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId606711364" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259248334" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72326909de6d83ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId62206909de6d83d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId95316909de6d84451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId93636909de6d8516b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId76736909de6d86fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId85576909de6d87239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId52356909de6d873c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId91316909de6d87840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId39356909de6d88005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68386909de6d842cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68386909de6d842cb.jpg"/><Relationship Id="rId31196909de6d861ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31196909de6d861ad.jpg"/><Relationship Id="rId52406909de6d885e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52406909de6d885e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId907167318" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId904926579" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6090693ed6de8ab36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId8048693ed6de8aba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId3222693ed6de8b70b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId2604693ed6de8c69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId1143693ed6de8e1d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4913693ed6de8e349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId2304693ed6de8e494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId2757693ed6de90137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId2327693ed6de90c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6733693ed6de8b4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6733693ed6de8b4d9.jpg"/><Relationship Id="rId6035693ed6de8d4ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6035693ed6de8d4ff.jpg"/><Relationship Id="rId8677693ed6de90ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8677693ed6de90ebd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>