--- v2 (2025-12-14)
+++ v3 (2026-01-06)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Kuwayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian citrus psyllid, citrus psylla, citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6090693ed6de8ab36" w:history="1">
+            <w:hyperlink r:id="rId5089695cf29399aaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8048693ed6de8aba1" w:history="1">
+            <w:hyperlink r:id="rId4491695cf29399b15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIAACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90620351" name="name7705693ed6de8b4dc" descr="7788.jpg"/>
+                  <wp:docPr id="60636903" name="name7207695cf29399beb" descr="7788.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7788.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6733693ed6de8b4d9" cstate="print"/>
+                          <a:blip r:embed="rId8191695cf29399bea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3222693ed6de8b70b" w:history="1">
+            <w:hyperlink r:id="rId8722695cf29399cef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1969,51 +1969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than that of the causal agent of citrus huanglongbing (HLB) disease originally associated with this vector, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2604693ed6de8c69b" w:history="1">
+      <w:hyperlink r:id="rId5613695cf2939a731" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">'</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2038,63 +2038,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs in Afghanistan, some states of Brazil, Macau, Myanmar, and Singapore, where the associated bacterium has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58585399" name="name9851693ed6de8d501" descr="DIAACI_distribution_map.jpg"/>
+            <wp:docPr id="75362297" name="name7631695cf2939b582" descr="DIAACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6035693ed6de8d4ff" cstate="print"/>
+                    <a:blip r:embed="rId1274695cf2939b57f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2176,51 +2176,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Alabama, Arizona, California, Florida, Georgia, Hawaii, Louisiana, Mississippi, Nevada, South Carolina, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Antigua and Barbuda, Bahamas, Barbados, Belize, Cayman Islands, Costa Rica, Cuba, Dominica, Dominican Republic, Guadeloupe, Haiti, Jamaica, Martinique, Montserrat, Nicaragua, Puerto Rico, Saint Lucia, Saint Vincent and the Grenadines, Virgin Islands (US)</w:t>
+        <w:t xml:space="preserve"> Antigua and Barbuda, Bahamas, Barbados, Belize, Cayman Islands, Costa Rica, Cuba, Dominica, Dominican Republic, El Salvador, Guadeloupe, Guatemala, Haiti, Honduras, Jamaica, Martinique, Montserrat, Nicaragua, Panama, Puerto Rico, Saint Lucia, Saint Vincent and the Grenadines, Virgin Islands (US)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Argentina, Brazil (Amazonas, Bahia, Ceara, Para, Pernambuco, Rio de Janeiro, Santa Catarina, Sao Paulo), Colombia, French Guiana, Paraguay, Uruguay, Venezuela</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3668,51 +3668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1143693ed6de8e1d7" w:history="1">
+      <w:hyperlink r:id="rId3576695cf2939c208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3885,51 +3885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4913693ed6de8e349" w:history="1">
+      <w:hyperlink r:id="rId1816695cf2939c36c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5852/ejt.2021.736.1257</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S (2019) Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2304693ed6de8e494" w:history="1">
+      <w:hyperlink r:id="rId8048695cf2939c4df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2757693ed6de90137" w:history="1">
+      <w:hyperlink r:id="rId9841695cf2939c92c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5464,73 +5464,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaphorina citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2327693ed6de90c36" w:history="1">
+      <w:hyperlink r:id="rId1883695cf2939cdb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5727,63 +5727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23116654" name="name7956693ed6de90ebe" descr="eu_funding_250.png"/>
+            <wp:docPr id="26207841" name="name2444695cf2939cf74" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8677693ed6de90ebd" cstate="print"/>
+                    <a:blip r:embed="rId4444695cf2939cf73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5881,137 +5881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14617893">
+  <w:abstractNum w:abstractNumId="70101529">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67117677">
+    <w:lvl w:ilvl="0" w:tplc="18532946">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67117677" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18532946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14617892">
+  <w:abstractNum w:abstractNumId="70101528">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42534128">
+    <w:lvl w:ilvl="0" w:tplc="43747480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6763,55 +6763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14617892">
-    <w:abstractNumId w:val="14617892"/>
+  <w:num w:numId="70101528">
+    <w:abstractNumId w:val="70101528"/>
   </w:num>
-  <w:num w:numId="14617893">
-    <w:abstractNumId w:val="14617893"/>
+  <w:num w:numId="70101529">
+    <w:abstractNumId w:val="70101529"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18361,51 +18361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId907167318" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId904926579" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6090693ed6de8ab36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId8048693ed6de8aba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId3222693ed6de8b70b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId2604693ed6de8c69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId1143693ed6de8e1d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId4913693ed6de8e349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId2304693ed6de8e494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId2757693ed6de90137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId2327693ed6de90c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6733693ed6de8b4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6733693ed6de8b4d9.jpg"/><Relationship Id="rId6035693ed6de8d4ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6035693ed6de8d4ff.jpg"/><Relationship Id="rId8677693ed6de90ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8677693ed6de90ebd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId725790656" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId704245726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5089695cf29399aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId4491695cf29399b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId8722695cf29399cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId5613695cf2939a731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId3576695cf2939c208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId1816695cf2939c36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId8048695cf2939c4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId9841695cf2939c92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId1883695cf2939cdb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8191695cf29399bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8191695cf29399bea.jpg"/><Relationship Id="rId1274695cf2939b57f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1274695cf2939b57f.jpg"/><Relationship Id="rId4444695cf2939cf73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4444695cf2939cf73.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>