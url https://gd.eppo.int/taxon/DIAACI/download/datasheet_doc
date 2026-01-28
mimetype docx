--- v3 (2026-01-06)
+++ v4 (2026-01-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Kuwayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian citrus psyllid, citrus psylla, citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5089695cf29399aaa" w:history="1">
+            <w:hyperlink r:id="rId4454697a00cfb07aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4491695cf29399b15" w:history="1">
+            <w:hyperlink r:id="rId7832697a00cfb0813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIAACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60636903" name="name7207695cf29399beb" descr="7788.jpg"/>
+                  <wp:docPr id="49217013" name="name1762697a00cfb08f8" descr="7788.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7788.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8191695cf29399bea" cstate="print"/>
+                          <a:blip r:embed="rId5084697a00cfb08f7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8722695cf29399cef" w:history="1">
+            <w:hyperlink r:id="rId6738697a00cfb0a3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1969,51 +1969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than that of the causal agent of citrus huanglongbing (HLB) disease originally associated with this vector, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5613695cf2939a731" w:history="1">
+      <w:hyperlink r:id="rId7051697a00cfb1461" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">'</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2038,63 +2038,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs in Afghanistan, some states of Brazil, Macau, Myanmar, and Singapore, where the associated bacterium has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75362297" name="name7631695cf2939b582" descr="DIAACI_distribution_map.jpg"/>
+            <wp:docPr id="84927853" name="name6437697a00cfb256f" descr="DIAACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1274695cf2939b57f" cstate="print"/>
+                    <a:blip r:embed="rId7661697a00cfb256c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3668,51 +3668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3576695cf2939c208" w:history="1">
+      <w:hyperlink r:id="rId3513697a00cfb32e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3885,51 +3885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1816695cf2939c36c" w:history="1">
+      <w:hyperlink r:id="rId8692697a00cfb344d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5852/ejt.2021.736.1257</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S (2019) Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8048695cf2939c4df" w:history="1">
+      <w:hyperlink r:id="rId8917697a00cfb359a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9841695cf2939c92c" w:history="1">
+      <w:hyperlink r:id="rId9263697a00cfb39e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5486,51 +5486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaphorina citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1883695cf2939cdb4" w:history="1">
+      <w:hyperlink r:id="rId2878697a00cfb3ed2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5727,63 +5727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26207841" name="name2444695cf2939cf74" descr="eu_funding_250.png"/>
+            <wp:docPr id="72732533" name="name7418697a00cfb409e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4444695cf2939cf73" cstate="print"/>
+                    <a:blip r:embed="rId2742697a00cfb409c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5881,137 +5881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70101529">
+  <w:abstractNum w:abstractNumId="99883770">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18532946">
+    <w:lvl w:ilvl="0" w:tplc="77739327">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18532946" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77739327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70101528">
+  <w:abstractNum w:abstractNumId="99883769">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43747480">
+    <w:lvl w:ilvl="0" w:tplc="71374372">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6763,55 +6763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70101528">
-    <w:abstractNumId w:val="70101528"/>
+  <w:num w:numId="99883769">
+    <w:abstractNumId w:val="99883769"/>
   </w:num>
-  <w:num w:numId="70101529">
-    <w:abstractNumId w:val="70101529"/>
+  <w:num w:numId="99883770">
+    <w:abstractNumId w:val="99883770"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18361,51 +18361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId725790656" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId704245726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5089695cf29399aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId4491695cf29399b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId8722695cf29399cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId5613695cf2939a731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId3576695cf2939c208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId1816695cf2939c36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId8048695cf2939c4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId9841695cf2939c92c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId1883695cf2939cdb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8191695cf29399bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8191695cf29399bea.jpg"/><Relationship Id="rId1274695cf2939b57f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1274695cf2939b57f.jpg"/><Relationship Id="rId4444695cf2939cf73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4444695cf2939cf73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454652973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724959950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4454697a00cfb07aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId7832697a00cfb0813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId6738697a00cfb0a3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId7051697a00cfb1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId3513697a00cfb32e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId8692697a00cfb344d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId8917697a00cfb359a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId9263697a00cfb39e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId2878697a00cfb3ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5084697a00cfb08f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5084697a00cfb08f7.jpg"/><Relationship Id="rId7661697a00cfb256c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7661697a00cfb256c.jpg"/><Relationship Id="rId2742697a00cfb409c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2742697a00cfb409c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>