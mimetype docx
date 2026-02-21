--- v4 (2026-01-28)
+++ v5 (2026-02-21)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Kuwayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian citrus psyllid, citrus psylla, citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4454697a00cfb07aa" w:history="1">
+            <w:hyperlink r:id="rId1948699909c9e0f1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7832697a00cfb0813" w:history="1">
+            <w:hyperlink r:id="rId3200699909c9e0f84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIAACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49217013" name="name1762697a00cfb08f8" descr="7788.jpg"/>
+                  <wp:docPr id="62964852" name="name2907699909c9e16c9" descr="7788.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7788.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5084697a00cfb08f7" cstate="print"/>
+                          <a:blip r:embed="rId2659699909c9e16c7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6738697a00cfb0a3e" w:history="1">
+            <w:hyperlink r:id="rId5017699909c9e17d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1969,51 +1969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than that of the causal agent of citrus huanglongbing (HLB) disease originally associated with this vector, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7051697a00cfb1461" w:history="1">
+      <w:hyperlink r:id="rId8987699909c9e21d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">'</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2038,63 +2038,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs in Afghanistan, some states of Brazil, Macau, Myanmar, and Singapore, where the associated bacterium has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84927853" name="name6437697a00cfb256f" descr="DIAACI_distribution_map.jpg"/>
+            <wp:docPr id="3244956" name="name4876699909c9e325f" descr="DIAACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7661697a00cfb256c" cstate="print"/>
+                    <a:blip r:embed="rId5907699909c9e325d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2134,51 +2134,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benin, Ethiopia, Ghana, Kenya, Mauritius, Nigeria, Reunion, Tanzania, United Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Afghanistan, Bangladesh, Bhutan, Cambodia, China (Aomen (Macau), Fujian, Guangdong, Guangxi, Guizhou, Hainan, Henan, Hunan, Jiangxi, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), East Timor, India (Andhra Pradesh, Arunachal Pradesh, Assam, Bihar, Delhi, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Karnataka, Kerala, Lakshadweep, Madhya Pradesh, Maharashtra, Manipur, Meghalaya, Punjab, Rajasthan, Sikkim, Tamil Nadu, Telangana, Tripura, Uttar Pradesh, West Bengal), Indonesia (Java, Maluku, Nusa Tenggara, Sumatra), Iran, Islamic Republic of, Israel, Japan (Kyushu, Ryukyu Archipelago), Lao People's Democratic Republic, Malaysia (Sabah, Sarawak, West), Maldives, Myanmar, Nepal, Oman, Pakistan, Philippines, Saudi Arabia, Singapore, Sri Lanka, Taiwan, Thailand, United Arab Emirates, Vietnam, Yemen</w:t>
+        <w:t xml:space="preserve"> Afghanistan, Bangladesh, Bhutan, Cambodia, China (Aomen (Macau), Fujian, Guangdong, Guangxi, Guizhou, Hainan, Henan, Hunan, Jiangxi, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), East Timor, India (Andhra Pradesh, Arunachal Pradesh, Assam, Bihar, Delhi, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Karnataka, Kerala, Lakshadweep, Madhya Pradesh, Maharashtra, Manipur, Meghalaya, Punjab, Rajasthan, Sikkim, Tamil Nadu, Telangana, Tripura, Uttar Pradesh, West Bengal), Indonesia (Java, Kalimantan, Maluku, Nusa Tenggara, Sumatra), Iran, Islamic Republic of, Israel, Japan (Kyushu, Ryukyu Archipelago), Lao People's Democratic Republic, Malaysia (Sabah, Sarawak, West), Maldives, Myanmar, Nepal, Oman, Pakistan, Philippines, Saudi Arabia, Singapore, Sri Lanka, Taiwan, Thailand, United Arab Emirates, Vietnam, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Alabama, Arizona, California, Florida, Georgia, Hawaii, Louisiana, Mississippi, Nevada, South Carolina, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3668,51 +3668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3513697a00cfb32e4" w:history="1">
+      <w:hyperlink r:id="rId4688699909c9e3fb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3885,51 +3885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8692697a00cfb344d" w:history="1">
+      <w:hyperlink r:id="rId2824699909c9e4114" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5852/ejt.2021.736.1257</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S (2019) Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8917697a00cfb359a" w:history="1">
+      <w:hyperlink r:id="rId7705699909c9e425a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9263697a00cfb39e5" w:history="1">
+      <w:hyperlink r:id="rId7695699909c9e4692" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5486,51 +5486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaphorina citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2878697a00cfb3ed2" w:history="1">
+      <w:hyperlink r:id="rId7537699909c9e4b21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5727,63 +5727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72732533" name="name7418697a00cfb409e" descr="eu_funding_250.png"/>
+            <wp:docPr id="75230839" name="name2012699909c9e4d0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2742697a00cfb409c" cstate="print"/>
+                    <a:blip r:embed="rId8243699909c9e4d0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5881,137 +5881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99883770">
+  <w:abstractNum w:abstractNumId="44935012">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77739327">
+    <w:lvl w:ilvl="0" w:tplc="41731263">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77739327" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41731263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99883769">
+  <w:abstractNum w:abstractNumId="44935011">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71374372">
+    <w:lvl w:ilvl="0" w:tplc="15638345">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6763,55 +6763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99883769">
-    <w:abstractNumId w:val="99883769"/>
+  <w:num w:numId="44935011">
+    <w:abstractNumId w:val="44935011"/>
   </w:num>
-  <w:num w:numId="99883770">
-    <w:abstractNumId w:val="99883770"/>
+  <w:num w:numId="44935012">
+    <w:abstractNumId w:val="44935012"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18361,51 +18361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454652973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724959950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4454697a00cfb07aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId7832697a00cfb0813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId6738697a00cfb0a3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId7051697a00cfb1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId3513697a00cfb32e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId8692697a00cfb344d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId8917697a00cfb359a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId9263697a00cfb39e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId2878697a00cfb3ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5084697a00cfb08f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5084697a00cfb08f7.jpg"/><Relationship Id="rId7661697a00cfb256c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7661697a00cfb256c.jpg"/><Relationship Id="rId2742697a00cfb409c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2742697a00cfb409c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId580239172" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556990067" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1948699909c9e0f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId3200699909c9e0f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId5017699909c9e17d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId8987699909c9e21d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId4688699909c9e3fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId2824699909c9e4114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId7705699909c9e425a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId7695699909c9e4692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId7537699909c9e4b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2659699909c9e16c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2659699909c9e16c7.jpg"/><Relationship Id="rId5907699909c9e325d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5907699909c9e325d.jpg"/><Relationship Id="rId8243699909c9e4d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8243699909c9e4d0c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>