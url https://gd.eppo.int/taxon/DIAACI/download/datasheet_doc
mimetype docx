--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Kuwayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian citrus psyllid, citrus psylla, citrus psyllid</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1948699909c9e0f1c" w:history="1">
+            <w:hyperlink r:id="rId622669b3bb5952b93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3200699909c9e0f84" w:history="1">
+            <w:hyperlink r:id="rId848869b3bb5952c0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIAACI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62964852" name="name2907699909c9e16c9" descr="7788.jpg"/>
+                  <wp:docPr id="67790807" name="name969269b3bb595344a" descr="7788.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7788.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2659699909c9e16c7" cstate="print"/>
+                          <a:blip r:embed="rId603869b3bb5953447" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5017699909c9e17d3" w:history="1">
+            <w:hyperlink r:id="rId545569b3bb595362f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1969,51 +1969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The distribution of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than that of the causal agent of citrus huanglongbing (HLB) disease originally associated with this vector, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8987699909c9e21d1" w:history="1">
+      <w:hyperlink r:id="rId275069b3bb5954268" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">'</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Candidatus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2038,63 +2038,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> occurs in Afghanistan, some states of Brazil, Macau, Myanmar, and Singapore, where the associated bacterium has not yet been recorded.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3244956" name="name4876699909c9e325f" descr="DIAACI_distribution_map.jpg"/>
+            <wp:docPr id="68158096" name="name615169b3bb5954ef6" descr="DIAACI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DIAACI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5907699909c9e325d" cstate="print"/>
+                    <a:blip r:embed="rId894669b3bb5954ef2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3668,51 +3668,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3919. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4688699909c9e3fb6" w:history="1">
+      <w:hyperlink r:id="rId223869b3bb5955ce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-60712-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3885,51 +3885,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">736</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 137–182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2824699909c9e4114" w:history="1">
+      <w:hyperlink r:id="rId491569b3bb5955e62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5852/ejt.2021.736.1257</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4091,51 +4091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2019) Parnell S, Camilleri M, Diakaki M, Schrader G &amp; Vos S (2019) Pest survey card on Huanglongbing and its vectors. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EN-1574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7705699909c9e425a" w:history="1">
+      <w:hyperlink r:id="rId638469b3bb595600f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7695699909c9e4692" w:history="1">
+      <w:hyperlink r:id="rId532069b3bb59564ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5486,51 +5486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Diaphorina citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7537699909c9e4b21" w:history="1">
+      <w:hyperlink r:id="rId146569b3bb5956981" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5727,63 +5727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18, 497-507.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75230839" name="name2012699909c9e4d0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="77612268" name="name181369b3bb5956df2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8243699909c9e4d0c" cstate="print"/>
+                    <a:blip r:embed="rId609069b3bb5956df0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5881,137 +5881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44935012">
+  <w:abstractNum w:abstractNumId="38227156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41731263">
+    <w:lvl w:ilvl="0" w:tplc="11768124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41731263" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11768124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44935011">
+  <w:abstractNum w:abstractNumId="38227155">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15638345">
+    <w:lvl w:ilvl="0" w:tplc="31338590">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6763,55 +6763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44935011">
-    <w:abstractNumId w:val="44935011"/>
+  <w:num w:numId="38227155">
+    <w:abstractNumId w:val="38227155"/>
   </w:num>
-  <w:num w:numId="44935012">
-    <w:abstractNumId w:val="44935012"/>
+  <w:num w:numId="38227156">
+    <w:abstractNumId w:val="38227156"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18361,51 +18361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId580239172" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556990067" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1948699909c9e0f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId3200699909c9e0f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId5017699909c9e17d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId8987699909c9e21d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId4688699909c9e3fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId2824699909c9e4114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId7705699909c9e425a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId7695699909c9e4692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId7537699909c9e4b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2659699909c9e16c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2659699909c9e16c7.jpg"/><Relationship Id="rId5907699909c9e325d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5907699909c9e325d.jpg"/><Relationship Id="rId8243699909c9e4d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8243699909c9e4d0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId205257329" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId932373307" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId622669b3bb5952b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/" TargetMode="External"/><Relationship Id="rId848869b3bb5952c0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/categorization" TargetMode="External"/><Relationship Id="rId545569b3bb595362f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DIAACI/photos" TargetMode="External"/><Relationship Id="rId275069b3bb5954268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LIBEAS/datasheet" TargetMode="External"/><Relationship Id="rId223869b3bb5955ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-60712-0" TargetMode="External"/><Relationship Id="rId491569b3bb5955e62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5852/ejt.2021.736.1257" TargetMode="External"/><Relationship Id="rId638469b3bb595600f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.2903/sp.efsa.2019.EN-1574" TargetMode="External"/><Relationship Id="rId532069b3bb59564ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175333" TargetMode="External"/><Relationship Id="rId146569b3bb5956981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId603869b3bb5953447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId603869b3bb5953447.jpg"/><Relationship Id="rId894669b3bb5954ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894669b3bb5954ef2.jpg"/><Relationship Id="rId609069b3bb5956df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId609069b3bb5956df0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>