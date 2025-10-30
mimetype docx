--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Petri) Kanchaveli &amp; Gikashvili</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dieback of citrus, mal secco of citrus, wilt of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300068e78e386cb3b" w:history="1">
+            <w:hyperlink r:id="rId63836902f225415a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505268e78e386cbb1" w:history="1">
+            <w:hyperlink r:id="rId26566902f22541610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DEUTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14278215" name="name907868e78e386d31e" descr="14801.jpg"/>
+                  <wp:docPr id="73715976" name="name97696902f22543632" descr="14801.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14801.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId720968e78e386d31d" cstate="print"/>
+                          <a:blip r:embed="rId63546902f22543630" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId421268e78e386d44b" w:history="1">
+            <w:hyperlink r:id="rId48946902f2254377f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2479,63 +2479,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011; EFSA, 2014). In spite of the efforts to keep disease under control, it soon spread to most citrus-growing countries of the Mediterranean and Black Sea basins, but has not been reported from Portugal or Morocco (EPPO, 2015). It also spread to North Africa and West Asia ( EFSA, 2014; CABI, 2022). Currently, the pest is present in most countries of the Mediterranean region and in some countries bordering the Black Sea.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2024295" name="name824768e78e386f1f5" descr="DEUTTR_distribution_map.jpg"/>
+            <wp:docPr id="9689073" name="name33186902f22544e6f" descr="DEUTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DEUTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId504368e78e386f1f3" cstate="print"/>
+                    <a:blip r:embed="rId81206902f22544e6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4262,51 +4262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in new areas through the use of citrus planting material produced in certified nurseries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical control is not widely used except in nurseries. The use of fungicide sprays in citrus-growing regions within the EU is considered to be ineffective in managing the disease within already infested areas for both ‘mal nero’ and ‘mal fulminante’ forms. Copper fungicides and mancozeb were the most common products used but both fungicides have been associated with environmental concerns (EFSA, 2014) and mancozeb is not currently (as per March 2024) approved for use in EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId796668e78e386feef" w:history="1">
+      <w:hyperlink r:id="rId80116902f22545be7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Systemic plant protection products are effective only as a preventive measure (EPPO, 2004; Migheli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4439,51 +4439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">showing a strong reduction in ‘mal secco’ symptoms (Leonardi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). However, this active substance is no longer authorized in the EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId947268e78e387001e" w:history="1">
+      <w:hyperlink r:id="rId55156902f22545d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (as per July 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5004,51 +5004,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 863–872. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587468e78e38703b8" w:history="1">
+      <w:hyperlink r:id="rId92996902f225460c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-19-0195-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5172,51 +5172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) CABI Compendium 18512 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mal secco), CABI International, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912168e78e38704d8" w:history="1">
+      <w:hyperlink r:id="rId46636902f225461d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.18512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 95–109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126268e78e387056b" w:history="1">
+      <w:hyperlink r:id="rId18996902f22546265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biori.2019.12.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 508–519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246568e78e38706c2" w:history="1">
+      <w:hyperlink r:id="rId49706902f225463be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.01.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5566,51 +5566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401568e78e3870752" w:history="1">
+      <w:hyperlink r:id="rId31856902f2254644e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/sim0004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 339–351 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920968e78e38707e1" w:history="1">
+      <w:hyperlink r:id="rId87926902f22548481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9222-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5746,51 +5746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677368e78e3870870" w:history="1">
+      <w:hyperlink r:id="rId73226902f22548548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy13030654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,51 +5856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483468e78e387091c" w:history="1">
+      <w:hyperlink r:id="rId93146902f22548605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5926,51 +5926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737–755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452668e78e387098a" w:history="1">
+      <w:hyperlink r:id="rId38776902f2254868a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6016,51 +6016,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–42. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366768e78e3870a17" w:history="1">
+      <w:hyperlink r:id="rId10026902f22548721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6126,51 +6126,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 183–192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481468e78e3870ac3" w:history="1">
+      <w:hyperlink r:id="rId38856902f225487e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6196,101 +6196,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140068e78e3870b3b" w:history="1">
+      <w:hyperlink r:id="rId31346902f22548857" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112 (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431568e78e3870b90" w:history="1">
+      <w:hyperlink r:id="rId58256902f225488b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6305,51 +6305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200568e78e3870c26" w:history="1">
+      <w:hyperlink r:id="rId55506902f22548915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6404,51 +6404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">118</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982368e78e3870cc7" w:history="1">
+      <w:hyperlink r:id="rId95716902f225489b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9128-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6474,51 +6474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545668e78e3870d38" w:history="1">
+      <w:hyperlink r:id="rId36916902f22548a27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12091735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6593,51 +6593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 852–867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767068e78e3870e08" w:history="1">
+      <w:hyperlink r:id="rId56566902f22548aec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-9-0852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6654,51 +6654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173068e78e3870e6a" w:history="1">
+      <w:hyperlink r:id="rId28926902f22548b50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41999031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6782,51 +6782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824368e78e3870f37" w:history="1">
+      <w:hyperlink r:id="rId89436902f22548c23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6852,51 +6852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (DEUTTR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218668e78e3870fa5" w:history="1">
+      <w:hyperlink r:id="rId61396902f22548d35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6922,51 +6922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823368e78e3871015" w:history="1">
+      <w:hyperlink r:id="rId30726902f22548dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10111806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 761. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706668e78e38710c0" w:history="1">
+      <w:hyperlink r:id="rId57006902f22548e61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11050761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7122,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(150), 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900368e78e387114d" w:history="1">
+      <w:hyperlink r:id="rId99406902f22548ef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000150</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7194,51 +7194,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 45–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718268e78e38711c2" w:history="1">
+      <w:hyperlink r:id="rId37296902f22548f6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3767/persoonia.2021.47.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7304,51 +7304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plenodomus tracheiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231268e78e3871275" w:history="1">
+      <w:hyperlink r:id="rId14086902f2254903b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7379,63 +7379,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23621457" name="name852468e78e387134d" descr="eu_funding_250.png"/>
+            <wp:docPr id="73351290" name="name30876902f22549110" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId183968e78e387134c" cstate="print"/>
+                    <a:blip r:embed="rId64936902f2254910f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7533,137 +7533,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31044783">
+  <w:abstractNum w:abstractNumId="99298778">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69769568">
+    <w:lvl w:ilvl="0" w:tplc="72248758">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69769568" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72248758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31044782">
+  <w:abstractNum w:abstractNumId="99298777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43836140">
+    <w:lvl w:ilvl="0" w:tplc="73970266">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8415,55 +8415,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31044782">
-    <w:abstractNumId w:val="31044782"/>
+  <w:num w:numId="99298777">
+    <w:abstractNumId w:val="99298777"/>
   </w:num>
-  <w:num w:numId="31044783">
-    <w:abstractNumId w:val="31044783"/>
+  <w:num w:numId="99298778">
+    <w:abstractNumId w:val="99298778"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20013,51 +20013,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId583644156" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId115450387" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId300068e78e386cb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId505268e78e386cbb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId421268e78e386d44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId796668e78e386feef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId947268e78e387001e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId587468e78e38703b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId912168e78e38704d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId126268e78e387056b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId246568e78e38706c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId401568e78e3870752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId920968e78e38707e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId677368e78e3870870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId483468e78e387091c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId452668e78e387098a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId366768e78e3870a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId481468e78e3870ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId140068e78e3870b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId431568e78e3870b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId200568e78e3870c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId982368e78e3870cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId545668e78e3870d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId767068e78e3870e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId173068e78e3870e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId824368e78e3870f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId218668e78e3870fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId823368e78e3871015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId706668e78e38710c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId900368e78e387114d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId718268e78e38711c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId231268e78e3871275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId720968e78e386d31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720968e78e386d31d.jpg"/><Relationship Id="rId504368e78e386f1f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId504368e78e386f1f3.jpg"/><Relationship Id="rId183968e78e387134c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183968e78e387134c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215104179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316240924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63836902f225415a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId26566902f22541610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId48946902f2254377f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId80116902f22545be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId55156902f22545d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId92996902f225460c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId46636902f225461d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId18996902f22546265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId49706902f225463be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId31856902f2254644e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId87926902f22548481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId73226902f22548548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId93146902f22548605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId38776902f2254868a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId10026902f22548721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId38856902f225487e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId31346902f22548857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId58256902f225488b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId55506902f22548915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId95716902f225489b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId36916902f22548a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId56566902f22548aec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId28926902f22548b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId89436902f22548c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId61396902f22548d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId30726902f22548dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId57006902f22548e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId99406902f22548ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId37296902f22548f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId14086902f2254903b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63546902f22543630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63546902f22543630.jpg"/><Relationship Id="rId81206902f22544e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81206902f22544e6c.jpg"/><Relationship Id="rId64936902f2254910f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64936902f2254910f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>