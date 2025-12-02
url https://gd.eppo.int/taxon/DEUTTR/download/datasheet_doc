--- v1 (2025-10-30)
+++ v2 (2025-12-02)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Petri) Kanchaveli &amp; Gikashvili</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dieback of citrus, mal secco of citrus, wilt of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63836902f225415a2" w:history="1">
+            <w:hyperlink r:id="rId6004692f5ebe47417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26566902f22541610" w:history="1">
+            <w:hyperlink r:id="rId3334692f5ebe474b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DEUTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73715976" name="name97696902f22543632" descr="14801.jpg"/>
+                  <wp:docPr id="12197596" name="name5000692f5ebe47caf" descr="14801.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14801.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId63546902f22543630" cstate="print"/>
+                          <a:blip r:embed="rId6674692f5ebe47cae" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId48946902f2254377f" w:history="1">
+            <w:hyperlink r:id="rId3210692f5ebe47db9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2374,50 +2374,70 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fortunella japonica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fortunella sp.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ulmus sp.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -2479,63 +2499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011; EFSA, 2014). In spite of the efforts to keep disease under control, it soon spread to most citrus-growing countries of the Mediterranean and Black Sea basins, but has not been reported from Portugal or Morocco (EPPO, 2015). It also spread to North Africa and West Asia ( EFSA, 2014; CABI, 2022). Currently, the pest is present in most countries of the Mediterranean region and in some countries bordering the Black Sea.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9689073" name="name33186902f22544e6f" descr="DEUTTR_distribution_map.jpg"/>
+            <wp:docPr id="42974168" name="name8460692f5ebe49876" descr="DEUTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DEUTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81206902f22544e6c" cstate="print"/>
+                    <a:blip r:embed="rId9269692f5ebe49874" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2596,51 +2616,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iraq, Israel, Lebanon, Syrian Arab Republic, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (Alberta)</w:t>
+        <w:t xml:space="preserve"> Canada (Alberta, Saskatchewan)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4262,51 +4282,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in new areas through the use of citrus planting material produced in certified nurseries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical control is not widely used except in nurseries. The use of fungicide sprays in citrus-growing regions within the EU is considered to be ineffective in managing the disease within already infested areas for both ‘mal nero’ and ‘mal fulminante’ forms. Copper fungicides and mancozeb were the most common products used but both fungicides have been associated with environmental concerns (EFSA, 2014) and mancozeb is not currently (as per March 2024) approved for use in EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId80116902f22545be7" w:history="1">
+      <w:hyperlink r:id="rId8470692f5ebe4a57f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Systemic plant protection products are effective only as a preventive measure (EPPO, 2004; Migheli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4439,51 +4459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">showing a strong reduction in ‘mal secco’ symptoms (Leonardi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). However, this active substance is no longer authorized in the EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId55156902f22545d14" w:history="1">
+      <w:hyperlink r:id="rId1561692f5ebe4a6a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (as per July 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5004,51 +5024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 863–872. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92996902f225460c4" w:history="1">
+      <w:hyperlink r:id="rId6184692f5ebe4aa46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-19-0195-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5172,51 +5192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) CABI Compendium 18512 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mal secco), CABI International, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46636902f225461d2" w:history="1">
+      <w:hyperlink r:id="rId7928692f5ebe4ab54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.18512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 95–109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18996902f22546265" w:history="1">
+      <w:hyperlink r:id="rId9199692f5ebe4abe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biori.2019.12.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5476,51 +5496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 508–519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49706902f225463be" w:history="1">
+      <w:hyperlink r:id="rId2034692f5ebe4ad3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.01.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5566,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31856902f2254644e" w:history="1">
+      <w:hyperlink r:id="rId2498692f5ebe4add1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/sim0004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5656,51 +5676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 339–351 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87926902f22548481" w:history="1">
+      <w:hyperlink r:id="rId9264692f5ebe4ae61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9222-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5746,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73226902f22548548" w:history="1">
+      <w:hyperlink r:id="rId2554692f5ebe4aefb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy13030654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93146902f22548605" w:history="1">
+      <w:hyperlink r:id="rId2558692f5ebe4afa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5926,51 +5946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737–755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38776902f2254868a" w:history="1">
+      <w:hyperlink r:id="rId4319692f5ebe4b016" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6016,51 +6036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–42. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10026902f22548721" w:history="1">
+      <w:hyperlink r:id="rId5210692f5ebe4b0a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6126,51 +6146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 183–192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38856902f225487e2" w:history="1">
+      <w:hyperlink r:id="rId2603692f5ebe4b151" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6196,101 +6216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31346902f22548857" w:history="1">
+      <w:hyperlink r:id="rId3576692f5ebe4b1c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112 (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58256902f225488b0" w:history="1">
+      <w:hyperlink r:id="rId4510692f5ebe4b213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6305,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55506902f22548915" w:history="1">
+      <w:hyperlink r:id="rId6616692f5ebe4b275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6404,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">118</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95716902f225489b5" w:history="1">
+      <w:hyperlink r:id="rId2156692f5ebe4b327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9128-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6474,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36916902f22548a27" w:history="1">
+      <w:hyperlink r:id="rId5301692f5ebe4b39c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12091735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6593,51 +6613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 852–867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56566902f22548aec" w:history="1">
+      <w:hyperlink r:id="rId6201692f5ebe4b460" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-9-0852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6654,51 +6674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28926902f22548b50" w:history="1">
+      <w:hyperlink r:id="rId8350692f5ebe4b4c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41999031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6782,51 +6802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89436902f22548c23" w:history="1">
+      <w:hyperlink r:id="rId1736692f5ebe4b598" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6852,51 +6872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (DEUTTR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61396902f22548d35" w:history="1">
+      <w:hyperlink r:id="rId5391692f5ebe4b60b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6922,51 +6942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30726902f22548dae" w:history="1">
+      <w:hyperlink r:id="rId5342692f5ebe4b67d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10111806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7032,51 +7052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 761. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57006902f22548e61" w:history="1">
+      <w:hyperlink r:id="rId4201692f5ebe4b72a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11050761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7122,51 +7142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(150), 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99406902f22548ef3" w:history="1">
+      <w:hyperlink r:id="rId5543692f5ebe4b7ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000150</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7194,51 +7214,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 45–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37296902f22548f6e" w:history="1">
+      <w:hyperlink r:id="rId3960692f5ebe4b830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3767/persoonia.2021.47.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7304,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plenodomus tracheiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14086902f2254903b" w:history="1">
+      <w:hyperlink r:id="rId7185692f5ebe4b8f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7379,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73351290" name="name30876902f22549110" descr="eu_funding_250.png"/>
+            <wp:docPr id="65614432" name="name5597692f5ebe4b9e6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64936902f2254910f" cstate="print"/>
+                    <a:blip r:embed="rId1380692f5ebe4b9e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7533,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99298778">
+  <w:abstractNum w:abstractNumId="15205530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72248758">
+    <w:lvl w:ilvl="0" w:tplc="53652608">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72248758" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53652608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99298777">
+  <w:abstractNum w:abstractNumId="15205529">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73970266">
+    <w:lvl w:ilvl="0" w:tplc="71961556">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8415,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99298777">
-    <w:abstractNumId w:val="99298777"/>
+  <w:num w:numId="15205529">
+    <w:abstractNumId w:val="15205529"/>
   </w:num>
-  <w:num w:numId="99298778">
-    <w:abstractNumId w:val="99298778"/>
+  <w:num w:numId="15205530">
+    <w:abstractNumId w:val="15205530"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20013,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId215104179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316240924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63836902f225415a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId26566902f22541610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId48946902f2254377f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId80116902f22545be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId55156902f22545d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId92996902f225460c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId46636902f225461d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId18996902f22546265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId49706902f225463be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId31856902f2254644e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId87926902f22548481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId73226902f22548548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId93146902f22548605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId38776902f2254868a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId10026902f22548721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId38856902f225487e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId31346902f22548857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId58256902f225488b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId55506902f22548915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId95716902f225489b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId36916902f22548a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId56566902f22548aec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId28926902f22548b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId89436902f22548c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId61396902f22548d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId30726902f22548dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId57006902f22548e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId99406902f22548ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId37296902f22548f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId14086902f2254903b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63546902f22543630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63546902f22543630.jpg"/><Relationship Id="rId81206902f22544e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81206902f22544e6c.jpg"/><Relationship Id="rId64936902f2254910f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64936902f2254910f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295513737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280446177" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6004692f5ebe47417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId3334692f5ebe474b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId3210692f5ebe47db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId8470692f5ebe4a57f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId1561692f5ebe4a6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId6184692f5ebe4aa46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId7928692f5ebe4ab54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId9199692f5ebe4abe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId2034692f5ebe4ad3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId2498692f5ebe4add1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId9264692f5ebe4ae61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId2554692f5ebe4aefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId2558692f5ebe4afa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId4319692f5ebe4b016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId5210692f5ebe4b0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId2603692f5ebe4b151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId3576692f5ebe4b1c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId4510692f5ebe4b213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId6616692f5ebe4b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2156692f5ebe4b327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId5301692f5ebe4b39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId6201692f5ebe4b460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId8350692f5ebe4b4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId1736692f5ebe4b598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId5391692f5ebe4b60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId5342692f5ebe4b67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId4201692f5ebe4b72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId5543692f5ebe4b7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId3960692f5ebe4b830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId7185692f5ebe4b8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6674692f5ebe47cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6674692f5ebe47cae.jpg"/><Relationship Id="rId9269692f5ebe49874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9269692f5ebe49874.jpg"/><Relationship Id="rId1380692f5ebe4b9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1380692f5ebe4b9e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>