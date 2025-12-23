--- v2 (2025-12-02)
+++ v3 (2025-12-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Petri) Kanchaveli &amp; Gikashvili</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dieback of citrus, mal secco of citrus, wilt of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6004692f5ebe47417" w:history="1">
+            <w:hyperlink r:id="rId6428694a95e68cceb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3334692f5ebe474b9" w:history="1">
+            <w:hyperlink r:id="rId9924694a95e68cd5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DEUTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12197596" name="name5000692f5ebe47caf" descr="14801.jpg"/>
+                  <wp:docPr id="61223195" name="name9276694a95e68d615" descr="14801.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14801.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6674692f5ebe47cae" cstate="print"/>
+                          <a:blip r:embed="rId8878694a95e68d612" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3210692f5ebe47db9" w:history="1">
+            <w:hyperlink r:id="rId2011694a95e68d772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2499,63 +2499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011; EFSA, 2014). In spite of the efforts to keep disease under control, it soon spread to most citrus-growing countries of the Mediterranean and Black Sea basins, but has not been reported from Portugal or Morocco (EPPO, 2015). It also spread to North Africa and West Asia ( EFSA, 2014; CABI, 2022). Currently, the pest is present in most countries of the Mediterranean region and in some countries bordering the Black Sea.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42974168" name="name8460692f5ebe49876" descr="DEUTTR_distribution_map.jpg"/>
+            <wp:docPr id="13553776" name="name2117694a95e68f5b5" descr="DEUTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DEUTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9269692f5ebe49874" cstate="print"/>
+                    <a:blip r:embed="rId6195694a95e68f5b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4282,51 +4282,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in new areas through the use of citrus planting material produced in certified nurseries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical control is not widely used except in nurseries. The use of fungicide sprays in citrus-growing regions within the EU is considered to be ineffective in managing the disease within already infested areas for both ‘mal nero’ and ‘mal fulminante’ forms. Copper fungicides and mancozeb were the most common products used but both fungicides have been associated with environmental concerns (EFSA, 2014) and mancozeb is not currently (as per March 2024) approved for use in EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8470692f5ebe4a57f" w:history="1">
+      <w:hyperlink r:id="rId5355694a95e690323" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Systemic plant protection products are effective only as a preventive measure (EPPO, 2004; Migheli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4459,51 +4459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">showing a strong reduction in ‘mal secco’ symptoms (Leonardi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). However, this active substance is no longer authorized in the EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1561692f5ebe4a6a5" w:history="1">
+      <w:hyperlink r:id="rId2944694a95e69044e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (as per July 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5024,51 +5024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 863–872. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6184692f5ebe4aa46" w:history="1">
+      <w:hyperlink r:id="rId2903694a95e690826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-19-0195-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5192,51 +5192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) CABI Compendium 18512 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mal secco), CABI International, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7928692f5ebe4ab54" w:history="1">
+      <w:hyperlink r:id="rId6963694a95e690967" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.18512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 95–109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9199692f5ebe4abe3" w:history="1">
+      <w:hyperlink r:id="rId7206694a95e6909fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biori.2019.12.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5496,51 +5496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 508–519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2034692f5ebe4ad3f" w:history="1">
+      <w:hyperlink r:id="rId3349694a95e690b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.01.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2498692f5ebe4add1" w:history="1">
+      <w:hyperlink r:id="rId6556694a95e690bf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/sim0004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5676,51 +5676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 339–351 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9264692f5ebe4ae61" w:history="1">
+      <w:hyperlink r:id="rId7104694a95e690ccc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9222-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2554692f5ebe4aefb" w:history="1">
+      <w:hyperlink r:id="rId4944694a95e690dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy13030654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2558692f5ebe4afa7" w:history="1">
+      <w:hyperlink r:id="rId7701694a95e690ea8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5946,51 +5946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737–755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4319692f5ebe4b016" w:history="1">
+      <w:hyperlink r:id="rId5303694a95e690f1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6036,51 +6036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–42. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5210692f5ebe4b0a4" w:history="1">
+      <w:hyperlink r:id="rId7876694a95e690fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6146,51 +6146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 183–192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2603692f5ebe4b151" w:history="1">
+      <w:hyperlink r:id="rId8553694a95e691073" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6216,101 +6216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3576692f5ebe4b1c0" w:history="1">
+      <w:hyperlink r:id="rId1957694a95e6910f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112 (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4510692f5ebe4b213" w:history="1">
+      <w:hyperlink r:id="rId7615694a95e69114b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6616692f5ebe4b275" w:history="1">
+      <w:hyperlink r:id="rId3160694a95e6911c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">118</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2156692f5ebe4b327" w:history="1">
+      <w:hyperlink r:id="rId7558694a95e691261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9128-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5301692f5ebe4b39c" w:history="1">
+      <w:hyperlink r:id="rId9572694a95e6912e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12091735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6613,51 +6613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 852–867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6201692f5ebe4b460" w:history="1">
+      <w:hyperlink r:id="rId4483694a95e6913a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-9-0852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6674,51 +6674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8350692f5ebe4b4c4" w:history="1">
+      <w:hyperlink r:id="rId1763694a95e69141d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41999031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6802,51 +6802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1736692f5ebe4b598" w:history="1">
+      <w:hyperlink r:id="rId3579694a95e69158f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6872,51 +6872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (DEUTTR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5391692f5ebe4b60b" w:history="1">
+      <w:hyperlink r:id="rId6010694a95e691616" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6942,51 +6942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5342692f5ebe4b67d" w:history="1">
+      <w:hyperlink r:id="rId8625694a95e691696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10111806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7052,51 +7052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 761. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4201692f5ebe4b72a" w:history="1">
+      <w:hyperlink r:id="rId5204694a95e69174e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11050761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7142,51 +7142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(150), 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5543692f5ebe4b7ba" w:history="1">
+      <w:hyperlink r:id="rId7623694a95e6917f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000150</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7214,51 +7214,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 45–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3960692f5ebe4b830" w:history="1">
+      <w:hyperlink r:id="rId3876694a95e691873" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3767/persoonia.2021.47.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plenodomus tracheiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7185692f5ebe4b8f3" w:history="1">
+      <w:hyperlink r:id="rId6981694a95e69192f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65614432" name="name5597692f5ebe4b9e6" descr="eu_funding_250.png"/>
+            <wp:docPr id="26625580" name="name9080694a95e6919ea" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1380692f5ebe4b9e5" cstate="print"/>
+                    <a:blip r:embed="rId6507694a95e6919e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15205530">
+  <w:abstractNum w:abstractNumId="77721964">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53652608">
+    <w:lvl w:ilvl="0" w:tplc="52357525">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53652608" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52357525" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15205529">
+  <w:abstractNum w:abstractNumId="77721963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71961556">
+    <w:lvl w:ilvl="0" w:tplc="74722204">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15205529">
-    <w:abstractNumId w:val="15205529"/>
+  <w:num w:numId="77721963">
+    <w:abstractNumId w:val="77721963"/>
   </w:num>
-  <w:num w:numId="15205530">
-    <w:abstractNumId w:val="15205530"/>
+  <w:num w:numId="77721964">
+    <w:abstractNumId w:val="77721964"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295513737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280446177" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6004692f5ebe47417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId3334692f5ebe474b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId3210692f5ebe47db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId8470692f5ebe4a57f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId1561692f5ebe4a6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId6184692f5ebe4aa46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId7928692f5ebe4ab54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId9199692f5ebe4abe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId2034692f5ebe4ad3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId2498692f5ebe4add1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId9264692f5ebe4ae61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId2554692f5ebe4aefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId2558692f5ebe4afa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId4319692f5ebe4b016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId5210692f5ebe4b0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId2603692f5ebe4b151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId3576692f5ebe4b1c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId4510692f5ebe4b213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId6616692f5ebe4b275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2156692f5ebe4b327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId5301692f5ebe4b39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId6201692f5ebe4b460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId8350692f5ebe4b4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId1736692f5ebe4b598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId5391692f5ebe4b60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId5342692f5ebe4b67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId4201692f5ebe4b72a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId5543692f5ebe4b7ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId3960692f5ebe4b830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId7185692f5ebe4b8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6674692f5ebe47cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6674692f5ebe47cae.jpg"/><Relationship Id="rId9269692f5ebe49874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9269692f5ebe49874.jpg"/><Relationship Id="rId1380692f5ebe4b9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1380692f5ebe4b9e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747291724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962127912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6428694a95e68cceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId9924694a95e68cd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId2011694a95e68d772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId5355694a95e690323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId2944694a95e69044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId2903694a95e690826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId6963694a95e690967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId7206694a95e6909fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId3349694a95e690b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId6556694a95e690bf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId7104694a95e690ccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId4944694a95e690dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId7701694a95e690ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId5303694a95e690f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId7876694a95e690fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId8553694a95e691073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId1957694a95e6910f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId7615694a95e69114b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId3160694a95e6911c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7558694a95e691261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId9572694a95e6912e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId4483694a95e6913a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId1763694a95e69141d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId3579694a95e69158f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6010694a95e691616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId8625694a95e691696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId5204694a95e69174e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId7623694a95e6917f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId3876694a95e691873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId6981694a95e69192f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8878694a95e68d612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8878694a95e68d612.jpg"/><Relationship Id="rId6195694a95e68f5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6195694a95e68f5b2.jpg"/><Relationship Id="rId6507694a95e6919e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6507694a95e6919e9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>