--- v3 (2025-12-23)
+++ v4 (2026-01-28)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Petri) Kanchaveli &amp; Gikashvili</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dieback of citrus, mal secco of citrus, wilt of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6428694a95e68cceb" w:history="1">
+            <w:hyperlink r:id="rId71746979bdf67dfb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9924694a95e68cd5f" w:history="1">
+            <w:hyperlink r:id="rId40606979bdf67e026" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DEUTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61223195" name="name9276694a95e68d615" descr="14801.jpg"/>
+                  <wp:docPr id="26384530" name="name77186979bdf67e0ea" descr="14801.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14801.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8878694a95e68d612" cstate="print"/>
+                          <a:blip r:embed="rId10346979bdf67e0e9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2011694a95e68d772" w:history="1">
+            <w:hyperlink r:id="rId17516979bdf67e211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2499,63 +2499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011; EFSA, 2014). In spite of the efforts to keep disease under control, it soon spread to most citrus-growing countries of the Mediterranean and Black Sea basins, but has not been reported from Portugal or Morocco (EPPO, 2015). It also spread to North Africa and West Asia ( EFSA, 2014; CABI, 2022). Currently, the pest is present in most countries of the Mediterranean region and in some countries bordering the Black Sea.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13553776" name="name2117694a95e68f5b5" descr="DEUTTR_distribution_map.jpg"/>
+            <wp:docPr id="35827782" name="name16636979bdf67fcc1" descr="DEUTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DEUTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6195694a95e68f5b2" cstate="print"/>
+                    <a:blip r:embed="rId97416979bdf67fcbe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4282,51 +4282,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in new areas through the use of citrus planting material produced in certified nurseries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical control is not widely used except in nurseries. The use of fungicide sprays in citrus-growing regions within the EU is considered to be ineffective in managing the disease within already infested areas for both ‘mal nero’ and ‘mal fulminante’ forms. Copper fungicides and mancozeb were the most common products used but both fungicides have been associated with environmental concerns (EFSA, 2014) and mancozeb is not currently (as per March 2024) approved for use in EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5355694a95e690323" w:history="1">
+      <w:hyperlink r:id="rId67766979bdf680a40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Systemic plant protection products are effective only as a preventive measure (EPPO, 2004; Migheli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4459,51 +4459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">showing a strong reduction in ‘mal secco’ symptoms (Leonardi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). However, this active substance is no longer authorized in the EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2944694a95e69044e" w:history="1">
+      <w:hyperlink r:id="rId72726979bdf680b6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (as per July 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5024,51 +5024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 863–872. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2903694a95e690826" w:history="1">
+      <w:hyperlink r:id="rId74456979bdf680fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-19-0195-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5192,51 +5192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) CABI Compendium 18512 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mal secco), CABI International, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6963694a95e690967" w:history="1">
+      <w:hyperlink r:id="rId51706979bdf6810b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.18512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 95–109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7206694a95e6909fc" w:history="1">
+      <w:hyperlink r:id="rId81636979bdf681148" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biori.2019.12.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5496,51 +5496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 508–519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3349694a95e690b5e" w:history="1">
+      <w:hyperlink r:id="rId91126979bdf6812a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.01.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6556694a95e690bf7" w:history="1">
+      <w:hyperlink r:id="rId47496979bdf681330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/sim0004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5676,51 +5676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 339–351 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7104694a95e690ccc" w:history="1">
+      <w:hyperlink r:id="rId77916979bdf6813c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9222-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4944694a95e690dcf" w:history="1">
+      <w:hyperlink r:id="rId78436979bdf681466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy13030654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7701694a95e690ea8" w:history="1">
+      <w:hyperlink r:id="rId61706979bdf681513" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5946,51 +5946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737–755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5303694a95e690f1d" w:history="1">
+      <w:hyperlink r:id="rId63436979bdf681583" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6036,51 +6036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–42. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7876694a95e690fbd" w:history="1">
+      <w:hyperlink r:id="rId58776979bdf681613" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6146,51 +6146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 183–192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8553694a95e691073" w:history="1">
+      <w:hyperlink r:id="rId26476979bdf6816c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6216,101 +6216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1957694a95e6910f3" w:history="1">
+      <w:hyperlink r:id="rId16086979bdf681730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112 (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7615694a95e69114b" w:history="1">
+      <w:hyperlink r:id="rId84746979bdf681784" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3160694a95e6911c0" w:history="1">
+      <w:hyperlink r:id="rId15566979bdf6817e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">118</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7558694a95e691261" w:history="1">
+      <w:hyperlink r:id="rId26966979bdf68188c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9128-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9572694a95e6912e2" w:history="1">
+      <w:hyperlink r:id="rId10346979bdf681900" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12091735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6613,51 +6613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 852–867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4483694a95e6913a9" w:history="1">
+      <w:hyperlink r:id="rId23956979bdf6819c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-9-0852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6674,51 +6674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1763694a95e69141d" w:history="1">
+      <w:hyperlink r:id="rId93636979bdf681a27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41999031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6802,51 +6802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3579694a95e69158f" w:history="1">
+      <w:hyperlink r:id="rId14576979bdf681af5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6872,51 +6872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (DEUTTR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6010694a95e691616" w:history="1">
+      <w:hyperlink r:id="rId51116979bdf681b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6942,51 +6942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8625694a95e691696" w:history="1">
+      <w:hyperlink r:id="rId80116979bdf681bd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10111806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7052,51 +7052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 761. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5204694a95e69174e" w:history="1">
+      <w:hyperlink r:id="rId88886979bdf681c84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11050761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7142,51 +7142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(150), 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7623694a95e6917f1" w:history="1">
+      <w:hyperlink r:id="rId63296979bdf681d12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000150</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7214,51 +7214,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 45–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3876694a95e691873" w:history="1">
+      <w:hyperlink r:id="rId70986979bdf681d89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3767/persoonia.2021.47.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7302,73 +7302,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plenodomus tracheiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6981694a95e69192f" w:history="1">
+      <w:hyperlink r:id="rId31546979bdf681e55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26625580" name="name9080694a95e6919ea" descr="eu_funding_250.png"/>
+            <wp:docPr id="33374074" name="name47986979bdf681f14" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6507694a95e6919e9" cstate="print"/>
+                    <a:blip r:embed="rId94476979bdf681f13" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77721964">
+  <w:abstractNum w:abstractNumId="11348560">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52357525">
+    <w:lvl w:ilvl="0" w:tplc="68990884">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52357525" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68990884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77721963">
+  <w:abstractNum w:abstractNumId="11348559">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74722204">
+    <w:lvl w:ilvl="0" w:tplc="46892977">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77721963">
-    <w:abstractNumId w:val="77721963"/>
+  <w:num w:numId="11348559">
+    <w:abstractNumId w:val="11348559"/>
   </w:num>
-  <w:num w:numId="77721964">
-    <w:abstractNumId w:val="77721964"/>
+  <w:num w:numId="11348560">
+    <w:abstractNumId w:val="11348560"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747291724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962127912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6428694a95e68cceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId9924694a95e68cd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId2011694a95e68d772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId5355694a95e690323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId2944694a95e69044e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId2903694a95e690826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId6963694a95e690967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId7206694a95e6909fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId3349694a95e690b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId6556694a95e690bf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId7104694a95e690ccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId4944694a95e690dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId7701694a95e690ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId5303694a95e690f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId7876694a95e690fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId8553694a95e691073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId1957694a95e6910f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId7615694a95e69114b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId3160694a95e6911c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7558694a95e691261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId9572694a95e6912e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId4483694a95e6913a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId1763694a95e69141d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId3579694a95e69158f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId6010694a95e691616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId8625694a95e691696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId5204694a95e69174e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId7623694a95e6917f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId3876694a95e691873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId6981694a95e69192f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8878694a95e68d612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8878694a95e68d612.jpg"/><Relationship Id="rId6195694a95e68f5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6195694a95e68f5b2.jpg"/><Relationship Id="rId6507694a95e6919e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6507694a95e6919e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641912193" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId459356663" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71746979bdf67dfb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId40606979bdf67e026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId17516979bdf67e211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId67766979bdf680a40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId72726979bdf680b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId74456979bdf680fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId51706979bdf6810b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId81636979bdf681148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId91126979bdf6812a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId47496979bdf681330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId77916979bdf6813c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId78436979bdf681466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId61706979bdf681513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId63436979bdf681583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId58776979bdf681613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId26476979bdf6816c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId16086979bdf681730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId84746979bdf681784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId15566979bdf6817e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId26966979bdf68188c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId10346979bdf681900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId23956979bdf6819c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId93636979bdf681a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId14576979bdf681af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId51116979bdf681b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId80116979bdf681bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId88886979bdf681c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId63296979bdf681d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId70986979bdf681d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId31546979bdf681e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10346979bdf67e0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10346979bdf67e0e9.jpg"/><Relationship Id="rId97416979bdf67fcbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97416979bdf67fcbe.jpg"/><Relationship Id="rId94476979bdf681f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94476979bdf681f13.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>