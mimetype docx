--- v4 (2026-01-28)
+++ v5 (2026-02-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Petri) Kanchaveli &amp; Gikashvili</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dieback of citrus, mal secco of citrus, wilt of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71746979bdf67dfb9" w:history="1">
+            <w:hyperlink r:id="rId4090699613799a706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40606979bdf67e026" w:history="1">
+            <w:hyperlink r:id="rId9532699613799a771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DEUTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26384530" name="name77186979bdf67e0ea" descr="14801.jpg"/>
+                  <wp:docPr id="60619655" name="name7042699613799a851" descr="14801.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14801.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10346979bdf67e0e9" cstate="print"/>
+                          <a:blip r:embed="rId3374699613799a850" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId17516979bdf67e211" w:history="1">
+            <w:hyperlink r:id="rId8243699613799a95b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2499,105 +2499,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011; EFSA, 2014). In spite of the efforts to keep disease under control, it soon spread to most citrus-growing countries of the Mediterranean and Black Sea basins, but has not been reported from Portugal or Morocco (EPPO, 2015). It also spread to North Africa and West Asia ( EFSA, 2014; CABI, 2022). Currently, the pest is present in most countries of the Mediterranean region and in some countries bordering the Black Sea.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35827782" name="name16636979bdf67fcc1" descr="DEUTTR_distribution_map.jpg"/>
+            <wp:docPr id="58570716" name="name3979699613799c677" descr="DEUTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DEUTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId97416979bdf67fcbe" cstate="print"/>
+                    <a:blip r:embed="rId7134699613799c673" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Cyprus, France (mainland, Corse), Georgia, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Russian Federation (the) (Southern Russia), Spain (mainland), Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Cyprus, France (mainland, Corse), Georgia, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Russian Federation (Southern Russia), Spain (mainland), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Egypt, Libya, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4282,51 +4282,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in new areas through the use of citrus planting material produced in certified nurseries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical control is not widely used except in nurseries. The use of fungicide sprays in citrus-growing regions within the EU is considered to be ineffective in managing the disease within already infested areas for both ‘mal nero’ and ‘mal fulminante’ forms. Copper fungicides and mancozeb were the most common products used but both fungicides have been associated with environmental concerns (EFSA, 2014) and mancozeb is not currently (as per March 2024) approved for use in EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId67766979bdf680a40" w:history="1">
+      <w:hyperlink r:id="rId4578699613799d3c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Systemic plant protection products are effective only as a preventive measure (EPPO, 2004; Migheli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4459,51 +4459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">showing a strong reduction in ‘mal secco’ symptoms (Leonardi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). However, this active substance is no longer authorized in the EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId72726979bdf680b6a" w:history="1">
+      <w:hyperlink r:id="rId5133699613799d4f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (as per July 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5024,51 +5024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 863–872. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74456979bdf680fa0" w:history="1">
+      <w:hyperlink r:id="rId2550699613799d894" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-19-0195-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5192,51 +5192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) CABI Compendium 18512 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mal secco), CABI International, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51706979bdf6810b5" w:history="1">
+      <w:hyperlink r:id="rId8570699613799d9a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.18512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 95–109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81636979bdf681148" w:history="1">
+      <w:hyperlink r:id="rId5288699613799da33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biori.2019.12.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5496,51 +5496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 508–519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91126979bdf6812a0" w:history="1">
+      <w:hyperlink r:id="rId6895699613799db96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.01.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47496979bdf681330" w:history="1">
+      <w:hyperlink r:id="rId3170699613799dc28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/sim0004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5676,51 +5676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 339–351 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77916979bdf6813c0" w:history="1">
+      <w:hyperlink r:id="rId8954699613799dcb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9222-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78436979bdf681466" w:history="1">
+      <w:hyperlink r:id="rId4109699613799dd5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy13030654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61706979bdf681513" w:history="1">
+      <w:hyperlink r:id="rId6553699613799de0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5946,51 +5946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737–755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63436979bdf681583" w:history="1">
+      <w:hyperlink r:id="rId6133699613799de7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6036,51 +6036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–42. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58776979bdf681613" w:history="1">
+      <w:hyperlink r:id="rId4471699613799df09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6146,51 +6146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 183–192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26476979bdf6816c1" w:history="1">
+      <w:hyperlink r:id="rId5779699613799dfb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6216,101 +6216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16086979bdf681730" w:history="1">
+      <w:hyperlink r:id="rId9141699613799e026" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112 (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84746979bdf681784" w:history="1">
+      <w:hyperlink r:id="rId2288699613799e079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15566979bdf6817e6" w:history="1">
+      <w:hyperlink r:id="rId2720699613799e0dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">118</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26966979bdf68188c" w:history="1">
+      <w:hyperlink r:id="rId9365699613799e178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9128-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10346979bdf681900" w:history="1">
+      <w:hyperlink r:id="rId2059699613799e1e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12091735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6613,51 +6613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 852–867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23956979bdf6819c3" w:history="1">
+      <w:hyperlink r:id="rId5463699613799e2a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-9-0852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6674,51 +6674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93636979bdf681a27" w:history="1">
+      <w:hyperlink r:id="rId2013699613799e322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41999031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6802,51 +6802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14576979bdf681af5" w:history="1">
+      <w:hyperlink r:id="rId2892699613799e3f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6872,51 +6872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (DEUTTR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51116979bdf681b65" w:history="1">
+      <w:hyperlink r:id="rId9250699613799e465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6942,51 +6942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80116979bdf681bd6" w:history="1">
+      <w:hyperlink r:id="rId4857699613799e4ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10111806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7052,51 +7052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 761. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88886979bdf681c84" w:history="1">
+      <w:hyperlink r:id="rId2135699613799e59c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11050761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7142,51 +7142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(150), 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63296979bdf681d12" w:history="1">
+      <w:hyperlink r:id="rId5088699613799e628" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000150</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7214,51 +7214,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 45–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70986979bdf681d89" w:history="1">
+      <w:hyperlink r:id="rId9715699613799e69f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3767/persoonia.2021.47.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plenodomus tracheiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31546979bdf681e55" w:history="1">
+      <w:hyperlink r:id="rId8210699613799e760" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33374074" name="name47986979bdf681f14" descr="eu_funding_250.png"/>
+            <wp:docPr id="94862111" name="name8872699613799e826" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94476979bdf681f13" cstate="print"/>
+                    <a:blip r:embed="rId4806699613799e825" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11348560">
+  <w:abstractNum w:abstractNumId="29480631">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68990884">
+    <w:lvl w:ilvl="0" w:tplc="16746324">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68990884" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16746324" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11348559">
+  <w:abstractNum w:abstractNumId="29480630">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46892977">
+    <w:lvl w:ilvl="0" w:tplc="57937394">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11348559">
-    <w:abstractNumId w:val="11348559"/>
+  <w:num w:numId="29480630">
+    <w:abstractNumId w:val="29480630"/>
   </w:num>
-  <w:num w:numId="11348560">
-    <w:abstractNumId w:val="11348560"/>
+  <w:num w:numId="29480631">
+    <w:abstractNumId w:val="29480631"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641912193" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId459356663" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71746979bdf67dfb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId40606979bdf67e026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId17516979bdf67e211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId67766979bdf680a40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId72726979bdf680b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId74456979bdf680fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId51706979bdf6810b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId81636979bdf681148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId91126979bdf6812a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId47496979bdf681330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId77916979bdf6813c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId78436979bdf681466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId61706979bdf681513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId63436979bdf681583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId58776979bdf681613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId26476979bdf6816c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId16086979bdf681730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId84746979bdf681784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId15566979bdf6817e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId26966979bdf68188c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId10346979bdf681900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId23956979bdf6819c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId93636979bdf681a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId14576979bdf681af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId51116979bdf681b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId80116979bdf681bd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId88886979bdf681c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId63296979bdf681d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId70986979bdf681d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId31546979bdf681e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10346979bdf67e0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10346979bdf67e0e9.jpg"/><Relationship Id="rId97416979bdf67fcbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97416979bdf67fcbe.jpg"/><Relationship Id="rId94476979bdf681f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94476979bdf681f13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId351527464" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706524467" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4090699613799a706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId9532699613799a771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId8243699613799a95b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId4578699613799d3c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId5133699613799d4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId2550699613799d894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId8570699613799d9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId5288699613799da33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId6895699613799db96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId3170699613799dc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId8954699613799dcb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId4109699613799dd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId6553699613799de0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId6133699613799de7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId4471699613799df09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId5779699613799dfb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId9141699613799e026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId2288699613799e079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId2720699613799e0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId9365699613799e178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId2059699613799e1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId5463699613799e2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId2013699613799e322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId2892699613799e3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9250699613799e465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId4857699613799e4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId2135699613799e59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId5088699613799e628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId9715699613799e69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId8210699613799e760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3374699613799a850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3374699613799a850.jpg"/><Relationship Id="rId7134699613799c673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7134699613799c673.jpg"/><Relationship Id="rId4806699613799e825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4806699613799e825.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>