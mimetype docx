--- v5 (2026-02-18)
+++ v6 (2026-03-11)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Petri) Kanchaveli &amp; Gikashvili</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dieback of citrus, mal secco of citrus, wilt of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4090699613799a706" w:history="1">
+            <w:hyperlink r:id="rId202269b0ca8f86b04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9532699613799a771" w:history="1">
+            <w:hyperlink r:id="rId363869b0ca8f86b6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DEUTTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60619655" name="name7042699613799a851" descr="14801.jpg"/>
+                  <wp:docPr id="79390193" name="name384169b0ca8f873dd" descr="14801.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14801.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3374699613799a850" cstate="print"/>
+                          <a:blip r:embed="rId122569b0ca8f873db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8243699613799a95b" w:history="1">
+            <w:hyperlink r:id="rId746469b0ca8f87528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2499,63 +2499,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2011; EFSA, 2014). In spite of the efforts to keep disease under control, it soon spread to most citrus-growing countries of the Mediterranean and Black Sea basins, but has not been reported from Portugal or Morocco (EPPO, 2015). It also spread to North Africa and West Asia ( EFSA, 2014; CABI, 2022). Currently, the pest is present in most countries of the Mediterranean region and in some countries bordering the Black Sea.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58570716" name="name3979699613799c677" descr="DEUTTR_distribution_map.jpg"/>
+            <wp:docPr id="45479778" name="name403169b0ca8f89841" descr="DEUTTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DEUTTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7134699613799c673" cstate="print"/>
+                    <a:blip r:embed="rId127369b0ca8f8983e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4282,51 +4282,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in new areas through the use of citrus planting material produced in certified nurseries.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chemical control is not widely used except in nurseries. The use of fungicide sprays in citrus-growing regions within the EU is considered to be ineffective in managing the disease within already infested areas for both ‘mal nero’ and ‘mal fulminante’ forms. Copper fungicides and mancozeb were the most common products used but both fungicides have been associated with environmental concerns (EFSA, 2014) and mancozeb is not currently (as per March 2024) approved for use in EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4578699613799d3c8" w:history="1">
+      <w:hyperlink r:id="rId813969b0ca8f8a747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Systemic plant protection products are effective only as a preventive measure (EPPO, 2004; Migheli </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4459,51 +4459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">showing a strong reduction in ‘mal secco’ symptoms (Leonardi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). However, this active substance is no longer authorized in the EU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5133699613799d4f2" w:history="1">
+      <w:hyperlink r:id="rId776969b0ca8f8a8a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (as per July 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5024,51 +5024,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 863–872. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2550699613799d894" w:history="1">
+      <w:hyperlink r:id="rId591969b0ca8f8ac6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-19-0195-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5192,51 +5192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) CABI Compendium 18512 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (mal secco), CABI International, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8570699613799d9a3" w:history="1">
+      <w:hyperlink r:id="rId837869b0ca8f8ad82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.18512</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5282,51 +5282,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 95–109. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5288699613799da33" w:history="1">
+      <w:hyperlink r:id="rId380669b0ca8f8ae15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biori.2019.12.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5496,51 +5496,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 508–519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6895699613799db96" w:history="1">
+      <w:hyperlink r:id="rId826769b0ca8f8afe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mycres.2009.01.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5586,51 +5586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3170699613799dc28" w:history="1">
+      <w:hyperlink r:id="rId149869b0ca8f8b0c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/sim0004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5676,51 +5676,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 339–351 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8954699613799dcb9" w:history="1">
+      <w:hyperlink r:id="rId228769b0ca8f8b15b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9222-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 654. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4109699613799dd5f" w:history="1">
+      <w:hyperlink r:id="rId174969b0ca8f8b1ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy13030654</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 3775. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6553699613799de0c" w:history="1">
+      <w:hyperlink r:id="rId503269b0ca8f8b2d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3775</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5946,51 +5946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 737–755. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6133699613799de7b" w:history="1">
+      <w:hyperlink r:id="rId897569b0ca8f8b357" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6036,51 +6036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 41–42. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4471699613799df09" w:history="1">
+      <w:hyperlink r:id="rId233869b0ca8f8b3e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6146,51 +6146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 183–192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5779699613799dfb7" w:history="1">
+      <w:hyperlink r:id="rId561769b0ca8f8b495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12218</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6216,101 +6216,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 383–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9141699613799e026" w:history="1">
+      <w:hyperlink r:id="rId749169b0ca8f8b504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2000) Council Directive 2000/29/EC of 8 May 2000 on protective measures against the introduction into the Community of organisms harmful to plants or plant products and against their spread within the Community. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 169 (10.07.2000), p. 1–112 (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2288699613799e079" w:history="1">
+      <w:hyperlink r:id="rId474869b0ca8f8b558" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Note: no longer in force).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6325,51 +6325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319 (10.12.2019), 1–279. (Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2720699613799e0dc" w:history="1">
+      <w:hyperlink r:id="rId407169b0ca8f8b5ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6424,51 +6424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">118</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 183–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9365699613799e178" w:history="1">
+      <w:hyperlink r:id="rId403769b0ca8f8b68e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9128-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6494,51 +6494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2059699613799e1e6" w:history="1">
+      <w:hyperlink r:id="rId368369b0ca8f8b704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants12091735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6613,51 +6613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 852–867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5463699613799e2a8" w:history="1">
+      <w:hyperlink r:id="rId640569b0ca8f8b80f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-9-0852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6674,51 +6674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2013699613799e322" w:history="1">
+      <w:hyperlink r:id="rId532669b0ca8f8b87a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.jstor.org/stable/41999031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6802,51 +6802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552–568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2892699613799e3f4" w:history="1">
+      <w:hyperlink r:id="rId738969b0ca8f8b980" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6872,51 +6872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phoma tracheiphila</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (DEUTTR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9250699613799e465" w:history="1">
+      <w:hyperlink r:id="rId724269b0ca8f8b9f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6942,51 +6942,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4857699613799e4ee" w:history="1">
+      <w:hyperlink r:id="rId921769b0ca8f8ba8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10111806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7052,51 +7052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 761. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2135699613799e59c" w:history="1">
+      <w:hyperlink r:id="rId898969b0ca8f8bb3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11050761</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7142,51 +7142,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(150), 2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5088699613799e628" w:history="1">
+      <w:hyperlink r:id="rId667269b0ca8f8bbd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000150</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7214,51 +7214,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 45–105. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9715699613799e69f" w:history="1">
+      <w:hyperlink r:id="rId491069b0ca8f8bc49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3767/persoonia.2021.47.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7324,51 +7324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plenodomus tracheiphilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8210699613799e760" w:history="1">
+      <w:hyperlink r:id="rId677169b0ca8f8bd05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7399,63 +7399,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94862111" name="name8872699613799e826" descr="eu_funding_250.png"/>
+            <wp:docPr id="5478926" name="name780069b0ca8f8be00" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4806699613799e825" cstate="print"/>
+                    <a:blip r:embed="rId476269b0ca8f8bdff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7553,137 +7553,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29480631">
+  <w:abstractNum w:abstractNumId="40948649">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16746324">
+    <w:lvl w:ilvl="0" w:tplc="16993579">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16746324" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16993579" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29480630">
+  <w:abstractNum w:abstractNumId="40948648">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57937394">
+    <w:lvl w:ilvl="0" w:tplc="52154940">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8435,55 +8435,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29480630">
-    <w:abstractNumId w:val="29480630"/>
+  <w:num w:numId="40948648">
+    <w:abstractNumId w:val="40948648"/>
   </w:num>
-  <w:num w:numId="29480631">
-    <w:abstractNumId w:val="29480631"/>
+  <w:num w:numId="40948649">
+    <w:abstractNumId w:val="40948649"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20033,51 +20033,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId351527464" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706524467" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4090699613799a706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId9532699613799a771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId8243699613799a95b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId4578699613799d3c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId5133699613799d4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId2550699613799d894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId8570699613799d9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId5288699613799da33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId6895699613799db96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId3170699613799dc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId8954699613799dcb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId4109699613799dd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId6553699613799de0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId6133699613799de7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId4471699613799df09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId5779699613799dfb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId9141699613799e026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId2288699613799e079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId2720699613799e0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId9365699613799e178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId2059699613799e1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId5463699613799e2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId2013699613799e322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId2892699613799e3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId9250699613799e465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId4857699613799e4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId2135699613799e59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId5088699613799e628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId9715699613799e69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId8210699613799e760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3374699613799a850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3374699613799a850.jpg"/><Relationship Id="rId7134699613799c673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7134699613799c673.jpg"/><Relationship Id="rId4806699613799e825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4806699613799e825.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId275389256" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886608377" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId202269b0ca8f86b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/" TargetMode="External"/><Relationship Id="rId363869b0ca8f86b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/categorization" TargetMode="External"/><Relationship Id="rId746469b0ca8f87528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DEUTTR/photos" TargetMode="External"/><Relationship Id="rId813969b0ca8f8a747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/277" TargetMode="External"/><Relationship Id="rId776969b0ca8f8a8a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/start/screen/active-substances/details/1053" TargetMode="External"/><Relationship Id="rId591969b0ca8f8ac6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-19-0195-R" TargetMode="External"/><Relationship Id="rId837869b0ca8f8ad82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.18512" TargetMode="External"/><Relationship Id="rId380669b0ca8f8ae15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biori.2019.12.004%20%20" TargetMode="External"/><Relationship Id="rId826769b0ca8f8afe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mycres.2009.01.002" TargetMode="External"/><Relationship Id="rId149869b0ca8f8b0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/sim0004" TargetMode="External"/><Relationship Id="rId228769b0ca8f8b15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9222-9" TargetMode="External"/><Relationship Id="rId174969b0ca8f8b1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy13030654" TargetMode="External"/><Relationship Id="rId503269b0ca8f8b2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3775" TargetMode="External"/><Relationship Id="rId897569b0ca8f8b357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://onlinelibrary.wiley.com/doi/10.1111/j.1365-2338.1995.tb01123.x/pdf" TargetMode="External"/><Relationship Id="rId233869b0ca8f8b3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.2004.00698.x%20" TargetMode="External"/><Relationship Id="rId561769b0ca8f8b495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12218" TargetMode="External"/><Relationship Id="rId749169b0ca8f8b504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId474869b0ca8f8b558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32000L0029&amp;qid=1708597536729" TargetMode="External"/><Relationship Id="rId407169b0ca8f8b5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId403769b0ca8f8b68e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9128-6" TargetMode="External"/><Relationship Id="rId368369b0ca8f8b704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants12091735" TargetMode="External"/><Relationship Id="rId640569b0ca8f8b80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-9-0852" TargetMode="External"/><Relationship Id="rId532669b0ca8f8b87a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/stable/41999031" TargetMode="External"/><Relationship Id="rId738969b0ca8f8b980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId724269b0ca8f8b9f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=DEUTTR%20" TargetMode="External"/><Relationship Id="rId921769b0ca8f8ba8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10111806" TargetMode="External"/><Relationship Id="rId898969b0ca8f8bb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11050761" TargetMode="External"/><Relationship Id="rId667269b0ca8f8bbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000150" TargetMode="External"/><Relationship Id="rId491069b0ca8f8bc49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3767/persoonia.2021.47.02" TargetMode="External"/><Relationship Id="rId677169b0ca8f8bd05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId122569b0ca8f873db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122569b0ca8f873db.jpg"/><Relationship Id="rId127369b0ca8f8983e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId127369b0ca8f8983e.jpg"/><Relationship Id="rId476269b0ca8f8bdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId476269b0ca8f8bdff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>