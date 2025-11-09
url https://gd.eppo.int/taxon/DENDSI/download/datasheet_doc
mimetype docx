--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Chetverikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian conifer silk moth, Siberian lasiocampid, Siberian moth, Siberian silk moth, larch caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568968e54a5d5e322" w:history="1">
+            <w:hyperlink r:id="rId3854691106f0efc5c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId592168e54a5d5e38e" w:history="1">
+            <w:hyperlink r:id="rId6267691106f0efcd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENDSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87295778" name="name750868e54a5d5ee6d" descr="13775.jpg"/>
+                  <wp:docPr id="35170583" name="name3536691106f0f0558" descr="13775.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13775.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId824368e54a5d5ee6b" cstate="print"/>
+                          <a:blip r:embed="rId7006691106f0f0556" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId705468e54a5d5ef89" w:history="1">
+            <w:hyperlink r:id="rId6381691106f0f0677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2278,63 +2278,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81547666" name="name208168e54a5d60afd" descr="DENDSI_distribution_map.jpg"/>
+            <wp:docPr id="66717303" name="name7527691106f0f1fb8" descr="DENDSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENDSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId777868e54a5d60afa" cstate="print"/>
+                    <a:blip r:embed="rId1719691106f0f1fb5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463-494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533868e54a5d617ea" w:history="1">
+      <w:hyperlink r:id="rId4098691106f0f2c16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957068e54a5d6187d" w:history="1">
+      <w:hyperlink r:id="rId6410691106f0f2ca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5605,51 +5605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Federal Service for Veterinary and Phytosanitary Supervision in the Nizhny Novgorod Region and the Republic of Marii El (2021) In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7 districts of the Republic of Mari El, the Siberian silkworm quarantine is maintained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">! The news from 30.09.2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId259468e54a5d622f8" w:history="1">
+      <w:hyperlink r:id="rId1948691106f0f36ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2021-12-17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5927,51 +5927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendrolimus sibiricus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467968e54a5d62508" w:history="1">
+      <w:hyperlink r:id="rId1152691106f0f38c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6076,81 +6076,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535568e54a5d625f7" w:history="1">
+      <w:hyperlink r:id="rId5209691106f0f39b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00878.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93231395" name="name830968e54a5d6268b" descr="eu_funding_250.png"/>
+            <wp:docPr id="81063607" name="name7981691106f0f3cf4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId501668e54a5d62689" cstate="print"/>
+                    <a:blip r:embed="rId4650691106f0f3cf2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6248,137 +6248,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50195114">
+  <w:abstractNum w:abstractNumId="43220124">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57892575">
+    <w:lvl w:ilvl="0" w:tplc="82383871">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57892575" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82383871" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50195113">
+  <w:abstractNum w:abstractNumId="43220123">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97917869">
+    <w:lvl w:ilvl="0" w:tplc="33306439">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7130,55 +7130,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50195113">
-    <w:abstractNumId w:val="50195113"/>
+  <w:num w:numId="43220123">
+    <w:abstractNumId w:val="43220123"/>
   </w:num>
-  <w:num w:numId="50195114">
-    <w:abstractNumId w:val="50195114"/>
+  <w:num w:numId="43220124">
+    <w:abstractNumId w:val="43220124"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18728,51 +18728,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId302846850" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId474803787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId568968e54a5d5e322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId592168e54a5d5e38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId705468e54a5d5ef89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId533868e54a5d617ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId957068e54a5d6187d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId259468e54a5d622f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId467968e54a5d62508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId535568e54a5d625f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId824368e54a5d5ee6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId824368e54a5d5ee6b.jpg"/><Relationship Id="rId777868e54a5d60afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId777868e54a5d60afa.jpg"/><Relationship Id="rId501668e54a5d62689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId501668e54a5d62689.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId382952312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId324693572" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3854691106f0efc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId6267691106f0efcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId6381691106f0f0677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId4098691106f0f2c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId6410691106f0f2ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId1948691106f0f36ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId1152691106f0f38c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5209691106f0f39b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId7006691106f0f0556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7006691106f0f0556.jpg"/><Relationship Id="rId1719691106f0f1fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1719691106f0f1fb5.jpg"/><Relationship Id="rId4650691106f0f3cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4650691106f0f3cf2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>