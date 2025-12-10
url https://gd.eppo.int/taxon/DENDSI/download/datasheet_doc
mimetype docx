--- v1 (2025-11-09)
+++ v2 (2025-12-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Chetverikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian conifer silk moth, Siberian lasiocampid, Siberian moth, Siberian silk moth, larch caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3854691106f0efc5c" w:history="1">
+            <w:hyperlink r:id="rId15686938ebcf28f67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6267691106f0efcd4" w:history="1">
+            <w:hyperlink r:id="rId58476938ebcf28fd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENDSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35170583" name="name3536691106f0f0558" descr="13775.jpg"/>
+                  <wp:docPr id="91054878" name="name28326938ebcf29746" descr="13775.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13775.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7006691106f0f0556" cstate="print"/>
+                          <a:blip r:embed="rId53206938ebcf29744" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6381691106f0f0677" w:history="1">
+            <w:hyperlink r:id="rId96956938ebcf29892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2278,63 +2278,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66717303" name="name7527691106f0f1fb8" descr="DENDSI_distribution_map.jpg"/>
+            <wp:docPr id="74734915" name="name34286938ebcf2b75d" descr="DENDSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENDSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1719691106f0f1fb5" cstate="print"/>
+                    <a:blip r:embed="rId26526938ebcf2b75a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463-494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4098691106f0f2c16" w:history="1">
+      <w:hyperlink r:id="rId75086938ebcf2cb63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6410691106f0f2ca8" w:history="1">
+      <w:hyperlink r:id="rId20516938ebcf2cce5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5605,51 +5605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Federal Service for Veterinary and Phytosanitary Supervision in the Nizhny Novgorod Region and the Republic of Marii El (2021) In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7 districts of the Republic of Mari El, the Siberian silkworm quarantine is maintained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">! The news from 30.09.2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1948691106f0f36ac" w:history="1">
+      <w:hyperlink r:id="rId31756938ebcf2e046" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2021-12-17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5927,51 +5927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendrolimus sibiricus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1152691106f0f38c7" w:history="1">
+      <w:hyperlink r:id="rId26286938ebcf2e377" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6076,81 +6076,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5209691106f0f39b9" w:history="1">
+      <w:hyperlink r:id="rId90066938ebcf2e476" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00878.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81063607" name="name7981691106f0f3cf4" descr="eu_funding_250.png"/>
+            <wp:docPr id="62960329" name="name38356938ebcf2e66b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4650691106f0f3cf2" cstate="print"/>
+                    <a:blip r:embed="rId23956938ebcf2e66a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6248,137 +6248,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43220124">
+  <w:abstractNum w:abstractNumId="61150238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82383871">
+    <w:lvl w:ilvl="0" w:tplc="87911618">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82383871" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87911618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43220123">
+  <w:abstractNum w:abstractNumId="61150237">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33306439">
+    <w:lvl w:ilvl="0" w:tplc="48139839">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7130,55 +7130,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43220123">
-    <w:abstractNumId w:val="43220123"/>
+  <w:num w:numId="61150237">
+    <w:abstractNumId w:val="61150237"/>
   </w:num>
-  <w:num w:numId="43220124">
-    <w:abstractNumId w:val="43220124"/>
+  <w:num w:numId="61150238">
+    <w:abstractNumId w:val="61150238"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18728,51 +18728,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId382952312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId324693572" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3854691106f0efc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId6267691106f0efcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId6381691106f0f0677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId4098691106f0f2c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId6410691106f0f2ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId1948691106f0f36ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId1152691106f0f38c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5209691106f0f39b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId7006691106f0f0556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7006691106f0f0556.jpg"/><Relationship Id="rId1719691106f0f1fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1719691106f0f1fb5.jpg"/><Relationship Id="rId4650691106f0f3cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4650691106f0f3cf2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582655604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId611241527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15686938ebcf28f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId58476938ebcf28fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId96956938ebcf29892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId75086938ebcf2cb63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId20516938ebcf2cce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId31756938ebcf2e046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId26286938ebcf2e377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90066938ebcf2e476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId53206938ebcf29744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53206938ebcf29744.jpg"/><Relationship Id="rId26526938ebcf2b75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26526938ebcf2b75a.jpg"/><Relationship Id="rId23956938ebcf2e66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23956938ebcf2e66a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>