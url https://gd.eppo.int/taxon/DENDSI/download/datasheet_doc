--- v2 (2025-12-10)
+++ v3 (2025-12-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Chetverikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian conifer silk moth, Siberian lasiocampid, Siberian moth, Siberian silk moth, larch caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15686938ebcf28f67" w:history="1">
+            <w:hyperlink r:id="rId51776953b02518ac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58476938ebcf28fd8" w:history="1">
+            <w:hyperlink r:id="rId91946953b02518b63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENDSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91054878" name="name28326938ebcf29746" descr="13775.jpg"/>
+                  <wp:docPr id="40734995" name="name75446953b02519396" descr="13775.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13775.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53206938ebcf29744" cstate="print"/>
+                          <a:blip r:embed="rId92686953b02519394" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId96956938ebcf29892" w:history="1">
+            <w:hyperlink r:id="rId72426953b025194d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2278,63 +2278,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74734915" name="name34286938ebcf2b75d" descr="DENDSI_distribution_map.jpg"/>
+            <wp:docPr id="58080175" name="name26186953b0251b0de" descr="DENDSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENDSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26526938ebcf2b75a" cstate="print"/>
+                    <a:blip r:embed="rId88246953b0251b0dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463-494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75086938ebcf2cb63" w:history="1">
+      <w:hyperlink r:id="rId91756953b0251c07b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20516938ebcf2cce5" w:history="1">
+      <w:hyperlink r:id="rId44396953b0251c118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5605,51 +5605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Federal Service for Veterinary and Phytosanitary Supervision in the Nizhny Novgorod Region and the Republic of Marii El (2021) In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7 districts of the Republic of Mari El, the Siberian silkworm quarantine is maintained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">! The news from 30.09.2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31756938ebcf2e046" w:history="1">
+      <w:hyperlink r:id="rId28766953b0251d006" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2021-12-17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5927,51 +5927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendrolimus sibiricus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26286938ebcf2e377" w:history="1">
+      <w:hyperlink r:id="rId84356953b0251d21e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6076,81 +6076,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90066938ebcf2e476" w:history="1">
+      <w:hyperlink r:id="rId64236953b0251d311" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00878.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62960329" name="name38356938ebcf2e66b" descr="eu_funding_250.png"/>
+            <wp:docPr id="91197294" name="name75176953b0251d6da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23956938ebcf2e66a" cstate="print"/>
+                    <a:blip r:embed="rId89466953b0251d6d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6248,137 +6248,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61150238">
+  <w:abstractNum w:abstractNumId="78869835">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87911618">
+    <w:lvl w:ilvl="0" w:tplc="49300499">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87911618" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49300499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61150237">
+  <w:abstractNum w:abstractNumId="78869834">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48139839">
+    <w:lvl w:ilvl="0" w:tplc="34459889">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7130,55 +7130,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61150237">
-    <w:abstractNumId w:val="61150237"/>
+  <w:num w:numId="78869834">
+    <w:abstractNumId w:val="78869834"/>
   </w:num>
-  <w:num w:numId="61150238">
-    <w:abstractNumId w:val="61150238"/>
+  <w:num w:numId="78869835">
+    <w:abstractNumId w:val="78869835"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18728,51 +18728,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582655604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId611241527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15686938ebcf28f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId58476938ebcf28fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId96956938ebcf29892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId75086938ebcf2cb63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId20516938ebcf2cce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId31756938ebcf2e046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId26286938ebcf2e377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90066938ebcf2e476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId53206938ebcf29744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53206938ebcf29744.jpg"/><Relationship Id="rId26526938ebcf2b75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26526938ebcf2b75a.jpg"/><Relationship Id="rId23956938ebcf2e66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23956938ebcf2e66a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177369688" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189236812" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51776953b02518ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId91946953b02518b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId72426953b025194d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId91756953b0251c07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId44396953b0251c118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId28766953b0251d006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId84356953b0251d21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64236953b0251d311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId92686953b02519394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92686953b02519394.jpg"/><Relationship Id="rId88246953b0251b0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88246953b0251b0dc.jpg"/><Relationship Id="rId89466953b0251d6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89466953b0251d6d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>