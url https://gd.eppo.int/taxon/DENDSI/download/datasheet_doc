--- v3 (2025-12-30)
+++ v4 (2026-02-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Chetverikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian conifer silk moth, Siberian lasiocampid, Siberian moth, Siberian silk moth, larch caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51776953b02518ac0" w:history="1">
+            <w:hyperlink r:id="rId41146989fab16e10f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91946953b02518b63" w:history="1">
+            <w:hyperlink r:id="rId75026989fab16e176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENDSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40734995" name="name75446953b02519396" descr="13775.jpg"/>
+                  <wp:docPr id="89155753" name="name20326989fab16e60c" descr="13775.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13775.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId92686953b02519394" cstate="print"/>
+                          <a:blip r:embed="rId76326989fab16e60a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72426953b025194d6" w:history="1">
+            <w:hyperlink r:id="rId41516989fab16e6fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2278,105 +2278,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58080175" name="name26186953b0251b0de" descr="DENDSI_distribution_map.jpg"/>
+            <wp:docPr id="35253406" name="name81486989fab16fd9d" descr="DENDSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENDSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88246953b0251b0dc" cstate="print"/>
+                    <a:blip r:embed="rId80716989fab16fd9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kazakhstan, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Kazakhstan, Russian Federation (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Liaoning, Neimenggu), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463-494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91756953b0251c07b" w:history="1">
+      <w:hyperlink r:id="rId31086989fab170a58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44396953b0251c118" w:history="1">
+      <w:hyperlink r:id="rId11566989fab170aec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5605,51 +5605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Federal Service for Veterinary and Phytosanitary Supervision in the Nizhny Novgorod Region and the Republic of Marii El (2021) In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7 districts of the Republic of Mari El, the Siberian silkworm quarantine is maintained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">! The news from 30.09.2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28766953b0251d006" w:history="1">
+      <w:hyperlink r:id="rId38526989fab171543" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2021-12-17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5905,73 +5905,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendrolimus sibiricus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84356953b0251d21e" w:history="1">
+      <w:hyperlink r:id="rId35586989fab17175e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6076,81 +6076,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64236953b0251d311" w:history="1">
+      <w:hyperlink r:id="rId59076989fab171854" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00878.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91197294" name="name75176953b0251d6da" descr="eu_funding_250.png"/>
+            <wp:docPr id="82160797" name="name60906989fab1719b9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89466953b0251d6d8" cstate="print"/>
+                    <a:blip r:embed="rId29106989fab1719b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6248,137 +6248,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78869835">
+  <w:abstractNum w:abstractNumId="68415652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49300499">
+    <w:lvl w:ilvl="0" w:tplc="28420140">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49300499" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28420140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78869834">
+  <w:abstractNum w:abstractNumId="68415651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34459889">
+    <w:lvl w:ilvl="0" w:tplc="73837508">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7130,55 +7130,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78869834">
-    <w:abstractNumId w:val="78869834"/>
+  <w:num w:numId="68415651">
+    <w:abstractNumId w:val="68415651"/>
   </w:num>
-  <w:num w:numId="78869835">
-    <w:abstractNumId w:val="78869835"/>
+  <w:num w:numId="68415652">
+    <w:abstractNumId w:val="68415652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18728,51 +18728,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId177369688" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189236812" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51776953b02518ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId91946953b02518b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId72426953b025194d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId91756953b0251c07b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId44396953b0251c118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId28766953b0251d006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId84356953b0251d21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId64236953b0251d311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId92686953b02519394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92686953b02519394.jpg"/><Relationship Id="rId88246953b0251b0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88246953b0251b0dc.jpg"/><Relationship Id="rId89466953b0251d6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89466953b0251d6d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365737057" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119728848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41146989fab16e10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId75026989fab16e176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId41516989fab16e6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId31086989fab170a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId11566989fab170aec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId38526989fab171543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId35586989fab17175e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59076989fab171854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId76326989fab16e60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76326989fab16e60a.jpg"/><Relationship Id="rId80716989fab16fd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80716989fab16fd9b.jpg"/><Relationship Id="rId29106989fab1719b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29106989fab1719b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>