--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Chetverikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian conifer silk moth, Siberian lasiocampid, Siberian moth, Siberian silk moth, larch caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41146989fab16e10f" w:history="1">
+            <w:hyperlink r:id="rId815869a62de13ac31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75026989fab16e176" w:history="1">
+            <w:hyperlink r:id="rId499769a62de13ac98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENDSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89155753" name="name20326989fab16e60c" descr="13775.jpg"/>
+                  <wp:docPr id="66814759" name="name791969a62de13b403" descr="13775.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13775.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId76326989fab16e60a" cstate="print"/>
+                          <a:blip r:embed="rId782669a62de13b401" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId41516989fab16e6fd" w:history="1">
+            <w:hyperlink r:id="rId270469a62de13b564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2278,63 +2278,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35253406" name="name81486989fab16fd9d" descr="DENDSI_distribution_map.jpg"/>
+            <wp:docPr id="15453594" name="name393869a62de13ceaa" descr="DENDSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENDSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80716989fab16fd9b" cstate="print"/>
+                    <a:blip r:embed="rId176969a62de13cea7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463-494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31086989fab170a58" w:history="1">
+      <w:hyperlink r:id="rId788469a62de13db34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11566989fab170aec" w:history="1">
+      <w:hyperlink r:id="rId866269a62de13dbc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5605,51 +5605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Federal Service for Veterinary and Phytosanitary Supervision in the Nizhny Novgorod Region and the Republic of Marii El (2021) In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7 districts of the Republic of Mari El, the Siberian silkworm quarantine is maintained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">! The news from 30.09.2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38526989fab171543" w:history="1">
+      <w:hyperlink r:id="rId571969a62de13e5d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2021-12-17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5927,51 +5927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendrolimus sibiricus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35586989fab17175e" w:history="1">
+      <w:hyperlink r:id="rId414369a62de13e7f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6076,81 +6076,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59076989fab171854" w:history="1">
+      <w:hyperlink r:id="rId742569a62de13e8e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00878.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82160797" name="name60906989fab1719b9" descr="eu_funding_250.png"/>
+            <wp:docPr id="88526526" name="name745369a62de13e972" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29106989fab1719b7" cstate="print"/>
+                    <a:blip r:embed="rId159769a62de13e971" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6248,137 +6248,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68415652">
+  <w:abstractNum w:abstractNumId="76909440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28420140">
+    <w:lvl w:ilvl="0" w:tplc="80013996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28420140" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80013996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68415651">
+  <w:abstractNum w:abstractNumId="76909439">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73837508">
+    <w:lvl w:ilvl="0" w:tplc="38345605">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7130,55 +7130,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68415651">
-    <w:abstractNumId w:val="68415651"/>
+  <w:num w:numId="76909439">
+    <w:abstractNumId w:val="76909439"/>
   </w:num>
-  <w:num w:numId="68415652">
-    <w:abstractNumId w:val="68415652"/>
+  <w:num w:numId="76909440">
+    <w:abstractNumId w:val="76909440"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18728,51 +18728,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId365737057" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119728848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41146989fab16e10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId75026989fab16e176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId41516989fab16e6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId31086989fab170a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId11566989fab170aec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId38526989fab171543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId35586989fab17175e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59076989fab171854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId76326989fab16e60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76326989fab16e60a.jpg"/><Relationship Id="rId80716989fab16fd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80716989fab16fd9b.jpg"/><Relationship Id="rId29106989fab1719b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29106989fab1719b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId428082294" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839070179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId815869a62de13ac31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId499769a62de13ac98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId270469a62de13b564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId788469a62de13db34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId866269a62de13dbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId571969a62de13e5d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId414369a62de13e7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId742569a62de13e8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId782669a62de13b401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782669a62de13b401.jpg"/><Relationship Id="rId176969a62de13cea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId176969a62de13cea7.jpg"/><Relationship Id="rId159769a62de13e971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159769a62de13e971.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>