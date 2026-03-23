--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Chetverikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian conifer silk moth, Siberian lasiocampid, Siberian moth, Siberian silk moth, larch caterpillar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId815869a62de13ac31" w:history="1">
+            <w:hyperlink r:id="rId974069c0c9c75784f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499769a62de13ac98" w:history="1">
+            <w:hyperlink r:id="rId922569c0c9c7578ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENDSI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66814759" name="name791969a62de13b403" descr="13775.jpg"/>
+                  <wp:docPr id="33890531" name="name464669c0c9c757fa3" descr="13775.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13775.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId782669a62de13b401" cstate="print"/>
+                          <a:blip r:embed="rId613569c0c9c757fa0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId270469a62de13b564" w:history="1">
+            <w:hyperlink r:id="rId795069c0c9c7580ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2278,63 +2278,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15453594" name="name393869a62de13ceaa" descr="DENDSI_distribution_map.jpg"/>
+            <wp:docPr id="37159160" name="name881269c0c9c759601" descr="DENDSI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENDSI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId176969a62de13cea7" cstate="print"/>
+                    <a:blip r:embed="rId502269c0c9c7595fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3931,51 +3931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463-494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788469a62de13db34" w:history="1">
+      <w:hyperlink r:id="rId761769c0c9c75a4ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866269a62de13dbc7" w:history="1">
+      <w:hyperlink r:id="rId261969c0c9c75a59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5605,51 +5605,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Federal Service for Veterinary and Phytosanitary Supervision in the Nizhny Novgorod Region and the Republic of Marii El (2021) In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7 districts of the Republic of Mari El, the Siberian silkworm quarantine is maintained</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">! The news from 30.09.2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571969a62de13e5d3" w:history="1">
+      <w:hyperlink r:id="rId860069c0c9c75b18c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2021-12-17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5927,51 +5927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendrolimus sibiricus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414369a62de13e7f6" w:history="1">
+      <w:hyperlink r:id="rId166969c0c9c75b3d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6076,81 +6076,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742569a62de13e8e9" w:history="1">
+      <w:hyperlink r:id="rId449069c0c9c75b4d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00878.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88526526" name="name745369a62de13e972" descr="eu_funding_250.png"/>
+            <wp:docPr id="30971833" name="name921469c0c9c75b552" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId159769a62de13e971" cstate="print"/>
+                    <a:blip r:embed="rId431569c0c9c75b551" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6248,137 +6248,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76909440">
+  <w:abstractNum w:abstractNumId="40300076">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80013996">
+    <w:lvl w:ilvl="0" w:tplc="38675509">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80013996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38675509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76909439">
+  <w:abstractNum w:abstractNumId="40300075">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38345605">
+    <w:lvl w:ilvl="0" w:tplc="27734151">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7130,55 +7130,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76909439">
-    <w:abstractNumId w:val="76909439"/>
+  <w:num w:numId="40300075">
+    <w:abstractNumId w:val="40300075"/>
   </w:num>
-  <w:num w:numId="76909440">
-    <w:abstractNumId w:val="76909440"/>
+  <w:num w:numId="40300076">
+    <w:abstractNumId w:val="40300076"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18728,51 +18728,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId428082294" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839070179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId815869a62de13ac31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId499769a62de13ac98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId270469a62de13b564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId788469a62de13db34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId866269a62de13dbc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId571969a62de13e5d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId414369a62de13e7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId742569a62de13e8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId782669a62de13b401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782669a62de13b401.jpg"/><Relationship Id="rId176969a62de13cea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId176969a62de13cea7.jpg"/><Relationship Id="rId159769a62de13e971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159769a62de13e971.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId817635423" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId983410623" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId974069c0c9c75784f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/" TargetMode="External"/><Relationship Id="rId922569c0c9c7578ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/categorization" TargetMode="External"/><Relationship Id="rId795069c0c9c7580ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENDSI/photos" TargetMode="External"/><Relationship Id="rId761769c0c9c75a4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId261969c0c9c75a59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13009" TargetMode="External"/><Relationship Id="rId860069c0c9c75b18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ursn-nnov.ru/ru/news/?nid=18422&amp;a=entry.show" TargetMode="External"/><Relationship Id="rId166969c0c9c75b3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449069c0c9c75b4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00878.x" TargetMode="External"/><Relationship Id="rId613569c0c9c757fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId613569c0c9c757fa0.jpg"/><Relationship Id="rId502269c0c9c7595fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502269c0c9c7595fd.jpg"/><Relationship Id="rId431569c0c9c75b551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431569c0c9c75b551.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>