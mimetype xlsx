--- v0 (2025-10-05)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DENCVA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PIUCN</t>
   </si>
   <si>
     <t>Pinus contorta</t>
   </si>
   <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)</t>
   </si>
   <si>
@@ -100,115 +100,151 @@
     <t>Pinus tabuliformis</t>
   </si>
   <si>
     <t>* Yan ZL, Sun JH, Don O, Zhang ZN (2005) The red turpentine beetle, Dendroctonus valens LeConte (Scolytidae): an exotic invasive pest of pine in China. Biodiversity and Conservation 14 (7), 1735-1760.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ABICO</t>
   </si>
   <si>
     <t>Abies concolor</t>
   </si>
   <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
 ------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.</t>
   </si>
   <si>
     <t>LAXLA</t>
   </si>
   <si>
     <t>Larix laricina</t>
   </si>
   <si>
+    <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
+------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+* Wood SL (1963) A revision of bark beetle genus Dendroctonus Erichson (Coleoptera: Scolytidae). Great Basin Naturalist 23, 1–117.</t>
+  </si>
+  <si>
     <t>PIEAB</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
+    <t xml:space="preserve">* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
+------- As Picea abies. Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+*Hopkins AD (1909) The genus Dendroctonus. U.S. Department of Agriculture, Bureau of Entomology L.0. Howard. Washington: Government Printing Office, Technical Series, No. 17, Part I. 232 p.
+------- As Picea abies.
+</t>
+  </si>
+  <si>
+    <t>PIEGA</t>
+  </si>
+  <si>
+    <t>Picea glauca</t>
+  </si>
+  <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
-------- As Picea abies. Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Picea glauca</t>
+------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+* Hopkins AD (1909) The genus Dendroctonus. U.S. Department of Agriculture, Bureau of Entomology L.0. Howard. Washington: Government Printing Office, Technical Series, No. 17, Part I. 232 p.
+------- as Picea canadensis.
+* Wood SL (1963) A revision of bark beetle genus Dendroctonus Erichson (Coleoptera: Scolytidae). Great Basin Naturalist 23, 1–117.
+------- as Picea canadensis.</t>
   </si>
   <si>
     <t>PIEME</t>
   </si>
   <si>
     <t>Picea meyeri</t>
   </si>
   <si>
     <t>* Yan ZL, Sun JH, Don O, Zhang ZN (2005) The red turpentine beetle, Dendroctonus valens LeConte (Scolytidae): an exotic invasive pest of pine in China. Biodiversity and Conservation 14 (7), 1735-1760.
 ------- Occasional host record. No information could be found on whether non-Pinus hosts allow complete development from egg to adult.</t>
   </si>
   <si>
     <t>PIERU</t>
   </si>
   <si>
     <t>Picea rubens</t>
   </si>
   <si>
     <t>PIUPR</t>
   </si>
   <si>
     <t>Pinus arizonica</t>
   </si>
   <si>
+    <t xml:space="preserve">* Armendáriz-Toledano F, Zúñiga G (2017) Illustrated key to species of genus Dendroctonus (Coleoptera: Curculionidae) occurring in Mexico and Central America. Journal of Insect Science, 17(2), 34. http://doi.org/10.1093/jisesa/iex009
+------- Listed as a host in North and Central America.
+* Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 299–298.
+* Salinas‐Moreno Y, Mendoza G, Barrios MA, Cisneros R, Macías‐Sámano J, Zuniga G (2004) Areography of the genus Dendroctonus (Coleoptera: Curculionidae: Scolytinae) in Mexico. Journal of Biogeography 31(7), 1163–1177. http://www.jstor.org/stable/3554813 </t>
+  </si>
+  <si>
     <t>PIUAR</t>
   </si>
   <si>
     <t>Pinus armandii</t>
   </si>
   <si>
     <t>* Yan ZL, Sun JH, Don O,  Zhang ZN (2005) The red turpentine beetle, Dendroctonus valens LeConte (Scolytidae): an exotic invasive pest of pine in China. Biodiversity and Conservation 14 (7), 1735-1760.</t>
   </si>
   <si>
     <t>PIUAY</t>
   </si>
   <si>
     <t>Pinus ayacahuite</t>
   </si>
   <si>
+    <t xml:space="preserve">* Armendáriz-Toledano F, Zúñiga G (2017) Illustrated key to species of genus Dendroctonus (Coleoptera: Curculionidae) occurring in Mexico and Central America. Journal of Insect Science, 17(2), 34. http://doi.org/10.1093/jisesa/iex009
+------- Listed as a host in North and Central America.
+* Salinas‐Moreno Y, Mendoza G, Barrios MA, Cisneros R, Macías‐Sámano J, Zuniga G (2004) Areography of the genus Dendroctonus (Coleoptera: Curculionidae: Scolytinae) in Mexico. Journal of Biogeography 31(7), 1163–1177. http://www.jstor.org/stable/3554813 </t>
+  </si>
+  <si>
     <t>PIUBU</t>
   </si>
   <si>
     <t>Pinus bungeana</t>
   </si>
   <si>
     <t>PIUCM</t>
   </si>
   <si>
     <t>Pinus cembroides</t>
   </si>
   <si>
+    <t>PIUCR</t>
+  </si>
+  <si>
+    <t>Pinus contorta var. murrayana</t>
+  </si>
+  <si>
+    <t>* Atkinson TH (2025) Bark and ambrosia beetles (US and Canada). https://www.barkbeetles.info/amer_chklist_target_species.php?lookUp=491 [Last accessed 29 June 2025].</t>
+  </si>
+  <si>
     <t>PIUCO</t>
   </si>
   <si>
     <t>Pinus coulteri</t>
   </si>
   <si>
     <t>PIUDV</t>
   </si>
   <si>
     <t>Pinus devoniana</t>
   </si>
   <si>
     <t>PIUDO</t>
   </si>
   <si>
     <t>Pinus douglasiana</t>
   </si>
   <si>
     <t>PIUDU</t>
   </si>
   <si>
     <t>Pinus durangensis</t>
   </si>
   <si>
     <t>PIUEC</t>
@@ -247,50 +283,59 @@
     <t>Pinus hartwegii</t>
   </si>
   <si>
     <t>PIUHR</t>
   </si>
   <si>
     <t>Pinus herrerae</t>
   </si>
   <si>
     <t>PIULW</t>
   </si>
   <si>
     <t>Pinus lawsonii</t>
   </si>
   <si>
     <t>PIULE</t>
   </si>
   <si>
     <t>Pinus leiophylla</t>
   </si>
   <si>
     <t>PIULH</t>
   </si>
   <si>
     <t>Pinus lumholtzii</t>
+  </si>
+  <si>
+    <t>PIUMA</t>
+  </si>
+  <si>
+    <t>Pinus massoniana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Yan Z, Sun J, Don O, Zhang Z (2005) The red turpentine beetle, Dendroctonus valens LeConte (Scolytidae): an exotic invasive pest of pine in China. Biodiversity and Conservation 14, 1735–1760. https://doi.org/10.1007/s10531-004-0697-9 </t>
   </si>
   <si>
     <t>PIUMX</t>
   </si>
   <si>
     <t>Pinus maximinoi</t>
   </si>
   <si>
     <t>PIUMP</t>
   </si>
   <si>
     <t>Pinus monophylla</t>
   </si>
   <si>
     <t>PIUMZ</t>
   </si>
   <si>
     <t>Pinus montezumae</t>
   </si>
   <si>
     <t>PIUOO</t>
   </si>
   <si>
     <t>Pinus oocarpa</t>
   </si>
@@ -340,50 +385,59 @@
     <t>PIUSF</t>
   </si>
   <si>
     <t>Pinus strobiformis</t>
   </si>
   <si>
     <t>PIUST</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>* Armendáriz-Toledano F, Zúñiga G (2017) Illustrated key to species of genus Dendroctonus (Coleoptera: Curculionidae) occurring in Mexico and Central America. Journal of Insect Science, 17(2), 34. http://doi.org/10.1093/jisesa/iex009
 ------- Listed as a host in North and Central America.
 * Cognato AI, Barc N, Philip M, Mech R, Smith AD, Galbraith E, Storer AJ, Kirkendall LR (2009) The native and introduced bark and ambrosia beetles of Michigan (Coleoptera: Curculionidae, Scolytinae). The Great Lakes Entomologist 42(3-4), 101-200.</t>
   </si>
   <si>
     <t>PIUSI</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>* Wood SL (1963) A revision of the bark beetle genus Dendroctonus Erichson (Coleoptera: Scolytidae). Great Basin Naturalist 23, 76-82.
 * Yan ZL, Sun JH, Don O, Zhang ZN (2005) The red turpentine beetle, Dendroctonus valens LeConte (Scolytidae): an exotic invasive pest of pine in China. Biodiversity and Conservation 14 (7), 1735-1760.</t>
+  </si>
+  <si>
+    <t>PIUTK</t>
+  </si>
+  <si>
+    <t>Pinus sylvestris var. mongholica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Bi P, Yu L, Zhou Q, Kuang J, Tang R, Ren L, Luo Y (2024) Early detection of Dendroctonus valens infestation with UAV-based thermal and hyperspectral images. Remote Sensing 16, 3840. https://doi.org/10.3390/rs16203840 </t>
   </si>
   <si>
     <t>PIUTE</t>
   </si>
   <si>
     <t>Pinus teocote</t>
   </si>
   <si>
     <t>PIUVI</t>
   </si>
   <si>
     <t>Pinus virginiana</t>
   </si>
   <si>
     <t>PSTSS</t>
   </si>
   <si>
     <t>Pseudotsuga sp.</t>
   </si>
   <si>
     <t>* Owen DR, Smith SL &amp; Seybold SJ (2010) Red turpentine beetle. USDA Forest Service, Pacific Northwest Region, Portland, Oregon. Available at: http://dnrc.mt.gov/divisions/forestry/docs/assistance/pests/fidls/055.pdf (accessed 16 July 2018).
 ------- Occasional host records. No information could be found on whether non-Pinus hosts allow complete development from egg to adult.</t>
   </si>
 </sst>
 </file>
@@ -709,62 +763,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="291.215" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="300.784" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -860,611 +914,653 @@
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D22" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D26" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D27" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D31" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D32" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D35" t="s">
-        <v>7</v>
+        <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="D37" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>22</v>
       </c>
       <c r="B38" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="C38" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>22</v>
       </c>
       <c r="B40" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C40" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C41" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>22</v>
       </c>
       <c r="B42" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C42" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="D42" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>22</v>
       </c>
       <c r="B43" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C43" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="D43" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C44" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D44" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C45" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="D45" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>22</v>
       </c>
       <c r="B46" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C46" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D46" t="s">
-        <v>103</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>22</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C47" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D47" t="s">
-        <v>106</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C48" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D48" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>22</v>
       </c>
       <c r="B49" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C49" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="D49" t="s">
-        <v>7</v>
+        <v>116</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>22</v>
       </c>
       <c r="B50" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C50" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D50" t="s">
-        <v>113</v>
+        <v>119</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>22</v>
+      </c>
+      <c r="B51" t="s">
+        <v>120</v>
+      </c>
+      <c r="C51" t="s">
+        <v>121</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" t="s">
+        <v>122</v>
+      </c>
+      <c r="C52" t="s">
+        <v>123</v>
+      </c>
+      <c r="D52" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>22</v>
+      </c>
+      <c r="B53" t="s">
+        <v>124</v>
+      </c>
+      <c r="C53" t="s">
+        <v>125</v>
+      </c>
+      <c r="D53" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">