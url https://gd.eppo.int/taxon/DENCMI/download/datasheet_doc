--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId860868e514dd77acd" w:history="1">
+            <w:hyperlink r:id="rId508268ffa757332e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId961068e514dd77b12" w:history="1">
+            <w:hyperlink r:id="rId477368ffa7573332d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31773182" name="name862368e514dd77bd0" descr="13757.jpg"/>
+                  <wp:docPr id="73112908" name="name747968ffa75733cd9" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId791168e514dd77bcf" cstate="print"/>
+                          <a:blip r:embed="rId602068ffa75733cd7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId827868e514dd77cfd" w:history="1">
+            <w:hyperlink r:id="rId632568ffa75733dfd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80626160" name="name739468e514dd7921b" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="71441301" name="name946768ffa757352a1" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId612668e514dd79219" cstate="print"/>
+                    <a:blip r:embed="rId411368ffa7573529e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211268e514dd7a6b7" w:history="1">
+      <w:hyperlink r:id="rId506268ffa75736205" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId882268e514dd7b007" w:history="1">
+      <w:hyperlink r:id="rId735568ffa75736a0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId611568e514dd7b1f9" w:history="1">
+      <w:hyperlink r:id="rId265768ffa75736b54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87427007" name="name431268e514dd7b352" descr="eu_funding_250.png"/>
+            <wp:docPr id="68010219" name="name912368ffa75737098" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId674368e514dd7b351" cstate="print"/>
+                    <a:blip r:embed="rId445068ffa7573708c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47281166">
+  <w:abstractNum w:abstractNumId="89235092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31704598">
+    <w:lvl w:ilvl="0" w:tplc="30352843">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31704598" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30352843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47281165">
+  <w:abstractNum w:abstractNumId="89235091">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35611952">
+    <w:lvl w:ilvl="0" w:tplc="16931924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47281165">
-    <w:abstractNumId w:val="47281165"/>
+  <w:num w:numId="89235091">
+    <w:abstractNumId w:val="89235091"/>
   </w:num>
-  <w:num w:numId="47281166">
-    <w:abstractNumId w:val="47281166"/>
+  <w:num w:numId="89235092">
+    <w:abstractNumId w:val="89235092"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId812097913" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId231895632" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId860868e514dd77acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId961068e514dd77b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId827868e514dd77cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId211268e514dd7a6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId882268e514dd7b007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId611568e514dd7b1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId791168e514dd77bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791168e514dd77bcf.jpg"/><Relationship Id="rId612668e514dd79219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612668e514dd79219.jpg"/><Relationship Id="rId674368e514dd7b351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674368e514dd7b351.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874301899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId517702454" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508268ffa757332e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId477368ffa7573332d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId632568ffa75733dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId506268ffa75736205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId735568ffa75736a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId265768ffa75736b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId602068ffa75733cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId602068ffa75733cd7.jpg"/><Relationship Id="rId411368ffa7573529e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411368ffa7573529e.jpg"/><Relationship Id="rId445068ffa7573708c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445068ffa7573708c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>