--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508268ffa757332e7" w:history="1">
+            <w:hyperlink r:id="rId3110691a8b0472b77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477368ffa7573332d" w:history="1">
+            <w:hyperlink r:id="rId9739691a8b0472bc8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73112908" name="name747968ffa75733cd9" descr="13757.jpg"/>
+                  <wp:docPr id="4569294" name="name4471691a8b047333e" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId602068ffa75733cd7" cstate="print"/>
+                          <a:blip r:embed="rId5736691a8b047333c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId632568ffa75733dfd" w:history="1">
+            <w:hyperlink r:id="rId3175691a8b0473455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71441301" name="name946768ffa757352a1" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="23188650" name="name2684691a8b0474a52" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId411368ffa7573529e" cstate="print"/>
+                    <a:blip r:embed="rId6978691a8b0474a4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506268ffa75736205" w:history="1">
+      <w:hyperlink r:id="rId6090691a8b04759de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId735568ffa75736a0a" w:history="1">
+      <w:hyperlink r:id="rId9936691a8b0476217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265768ffa75736b54" w:history="1">
+      <w:hyperlink r:id="rId1143691a8b0476374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68010219" name="name912368ffa75737098" descr="eu_funding_250.png"/>
+            <wp:docPr id="23760606" name="name2300691a8b047672c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId445068ffa7573708c" cstate="print"/>
+                    <a:blip r:embed="rId5031691a8b047672b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89235092">
+  <w:abstractNum w:abstractNumId="42709615">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30352843">
+    <w:lvl w:ilvl="0" w:tplc="97726844">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30352843" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97726844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89235091">
+  <w:abstractNum w:abstractNumId="42709614">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16931924">
+    <w:lvl w:ilvl="0" w:tplc="49939350">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89235091">
-    <w:abstractNumId w:val="89235091"/>
+  <w:num w:numId="42709614">
+    <w:abstractNumId w:val="42709614"/>
   </w:num>
-  <w:num w:numId="89235092">
-    <w:abstractNumId w:val="89235092"/>
+  <w:num w:numId="42709615">
+    <w:abstractNumId w:val="42709615"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874301899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId517702454" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508268ffa757332e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId477368ffa7573332d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId632568ffa75733dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId506268ffa75736205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId735568ffa75736a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId265768ffa75736b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId602068ffa75733cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId602068ffa75733cd7.jpg"/><Relationship Id="rId411368ffa7573529e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411368ffa7573529e.jpg"/><Relationship Id="rId445068ffa7573708c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445068ffa7573708c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId240081825" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362165982" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3110691a8b0472b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId9739691a8b0472bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId3175691a8b0473455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId6090691a8b04759de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId9936691a8b0476217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId1143691a8b0476374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5736691a8b047333c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5736691a8b047333c.jpg"/><Relationship Id="rId6978691a8b0474a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6978691a8b0474a4f.jpg"/><Relationship Id="rId5031691a8b047672b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5031691a8b047672b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>