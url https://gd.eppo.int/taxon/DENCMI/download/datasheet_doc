--- v2 (2025-11-17)
+++ v3 (2025-12-08)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3110691a8b0472b77" w:history="1">
+            <w:hyperlink r:id="rId80536936a80a1b798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9739691a8b0472bc8" w:history="1">
+            <w:hyperlink r:id="rId79906936a80a1b7da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4569294" name="name4471691a8b047333e" descr="13757.jpg"/>
+                  <wp:docPr id="61383249" name="name60466936a80a1c174" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5736691a8b047333c" cstate="print"/>
+                          <a:blip r:embed="rId71336936a80a1c173" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3175691a8b0473455" w:history="1">
+            <w:hyperlink r:id="rId58456936a80a1c266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23188650" name="name2684691a8b0474a52" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="50909646" name="name81206936a80a1db7b" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6978691a8b0474a4f" cstate="print"/>
+                    <a:blip r:embed="rId27546936a80a1db77" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6090691a8b04759de" w:history="1">
+      <w:hyperlink r:id="rId25386936a80a1eb13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9936691a8b0476217" w:history="1">
+      <w:hyperlink r:id="rId18606936a80a1f35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1143691a8b0476374" w:history="1">
+      <w:hyperlink r:id="rId57546936a80a1f4b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23760606" name="name2300691a8b047672c" descr="eu_funding_250.png"/>
+            <wp:docPr id="51394054" name="name54696936a80a1f605" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5031691a8b047672b" cstate="print"/>
+                    <a:blip r:embed="rId58456936a80a1f604" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42709615">
+  <w:abstractNum w:abstractNumId="56234743">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97726844">
+    <w:lvl w:ilvl="0" w:tplc="11188636">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97726844" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11188636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42709614">
+  <w:abstractNum w:abstractNumId="56234742">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49939350">
+    <w:lvl w:ilvl="0" w:tplc="31729132">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42709614">
-    <w:abstractNumId w:val="42709614"/>
+  <w:num w:numId="56234742">
+    <w:abstractNumId w:val="56234742"/>
   </w:num>
-  <w:num w:numId="42709615">
-    <w:abstractNumId w:val="42709615"/>
+  <w:num w:numId="56234743">
+    <w:abstractNumId w:val="56234743"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId240081825" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362165982" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3110691a8b0472b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId9739691a8b0472bc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId3175691a8b0473455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId6090691a8b04759de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId9936691a8b0476217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId1143691a8b0476374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5736691a8b047333c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5736691a8b047333c.jpg"/><Relationship Id="rId6978691a8b0474a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6978691a8b0474a4f.jpg"/><Relationship Id="rId5031691a8b047672b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5031691a8b047672b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340056186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339640367" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80536936a80a1b798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId79906936a80a1b7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId58456936a80a1c266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId25386936a80a1eb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId18606936a80a1f35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId57546936a80a1f4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71336936a80a1c173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71336936a80a1c173.jpg"/><Relationship Id="rId27546936a80a1db77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27546936a80a1db77.jpg"/><Relationship Id="rId58456936a80a1f604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58456936a80a1f604.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>