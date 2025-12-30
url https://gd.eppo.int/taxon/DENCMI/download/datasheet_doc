--- v3 (2025-12-08)
+++ v4 (2025-12-30)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80536936a80a1b798" w:history="1">
+            <w:hyperlink r:id="rId75656953980543a56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79906936a80a1b7da" w:history="1">
+            <w:hyperlink r:id="rId47546953980543ab8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61383249" name="name60466936a80a1c174" descr="13757.jpg"/>
+                  <wp:docPr id="31804395" name="name129569539805441c0" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId71336936a80a1c173" cstate="print"/>
+                          <a:blip r:embed="rId254069539805441be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId58456936a80a1c266" w:history="1">
+            <w:hyperlink r:id="rId395669539805442d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50909646" name="name81206936a80a1db7b" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="7706541" name="name56756953980545909" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27546936a80a1db77" cstate="print"/>
+                    <a:blip r:embed="rId60456953980545906" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25386936a80a1eb13" w:history="1">
+      <w:hyperlink r:id="rId8122695398054690d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId18606936a80a1f35f" w:history="1">
+      <w:hyperlink r:id="rId2217695398054714c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57546936a80a1f4b5" w:history="1">
+      <w:hyperlink r:id="rId52936953980547286" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51394054" name="name54696936a80a1f605" descr="eu_funding_250.png"/>
+            <wp:docPr id="15789447" name="name595869539805473d1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58456936a80a1f604" cstate="print"/>
+                    <a:blip r:embed="rId839069539805473d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56234743">
+  <w:abstractNum w:abstractNumId="48027814">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11188636">
+    <w:lvl w:ilvl="0" w:tplc="83983386">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11188636" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83983386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56234742">
+  <w:abstractNum w:abstractNumId="48027813">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31729132">
+    <w:lvl w:ilvl="0" w:tplc="87183772">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56234742">
-    <w:abstractNumId w:val="56234742"/>
+  <w:num w:numId="48027813">
+    <w:abstractNumId w:val="48027813"/>
   </w:num>
-  <w:num w:numId="56234743">
-    <w:abstractNumId w:val="56234743"/>
+  <w:num w:numId="48027814">
+    <w:abstractNumId w:val="48027814"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340056186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339640367" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80536936a80a1b798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId79906936a80a1b7da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId58456936a80a1c266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId25386936a80a1eb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId18606936a80a1f35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId57546936a80a1f4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71336936a80a1c173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71336936a80a1c173.jpg"/><Relationship Id="rId27546936a80a1db77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27546936a80a1db77.jpg"/><Relationship Id="rId58456936a80a1f604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58456936a80a1f604.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId674703249" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221902805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75656953980543a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId47546953980543ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId395669539805442d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId8122695398054690d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId2217695398054714c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId52936953980547286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254069539805441be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254069539805441be.jpg"/><Relationship Id="rId60456953980545906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60456953980545906.jpg"/><Relationship Id="rId839069539805473d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839069539805473d0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>