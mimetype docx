--- v4 (2025-12-30)
+++ v5 (2026-01-21)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75656953980543a56" w:history="1">
+            <w:hyperlink r:id="rId43046970bb2f86158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47546953980543ab8" w:history="1">
+            <w:hyperlink r:id="rId48126970bb2f8619b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31804395" name="name129569539805441c0" descr="13757.jpg"/>
+                  <wp:docPr id="40601746" name="name44786970bb2f86253" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId254069539805441be" cstate="print"/>
+                          <a:blip r:embed="rId99976970bb2f86252" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId395669539805442d9" w:history="1">
+            <w:hyperlink r:id="rId82586970bb2f86354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7706541" name="name56756953980545909" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="14771346" name="name65046970bb2f874f7" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60456953980545906" cstate="print"/>
+                    <a:blip r:embed="rId56726970bb2f874f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8122695398054690d" w:history="1">
+      <w:hyperlink r:id="rId58926970bb2f8843a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2217695398054714c" w:history="1">
+      <w:hyperlink r:id="rId24256970bb2f88c4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5210,73 +5210,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52936953980547286" w:history="1">
+      <w:hyperlink r:id="rId84776970bb2f88d92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15789447" name="name595869539805473d1" descr="eu_funding_250.png"/>
+            <wp:docPr id="42534791" name="name42726970bb2f88e98" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId839069539805473d0" cstate="print"/>
+                    <a:blip r:embed="rId51566970bb2f88e97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48027814">
+  <w:abstractNum w:abstractNumId="61555549">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83983386">
+    <w:lvl w:ilvl="0" w:tplc="70496965">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83983386" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70496965" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48027813">
+  <w:abstractNum w:abstractNumId="61555548">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87183772">
+    <w:lvl w:ilvl="0" w:tplc="40275505">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48027813">
-    <w:abstractNumId w:val="48027813"/>
+  <w:num w:numId="61555548">
+    <w:abstractNumId w:val="61555548"/>
   </w:num>
-  <w:num w:numId="48027814">
-    <w:abstractNumId w:val="48027814"/>
+  <w:num w:numId="61555549">
+    <w:abstractNumId w:val="61555549"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId674703249" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221902805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75656953980543a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId47546953980543ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId395669539805442d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId8122695398054690d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId2217695398054714c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId52936953980547286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254069539805441be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254069539805441be.jpg"/><Relationship Id="rId60456953980545906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60456953980545906.jpg"/><Relationship Id="rId839069539805473d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId839069539805473d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId834957200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669734212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43046970bb2f86158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId48126970bb2f8619b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId82586970bb2f86354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId58926970bb2f8843a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId24256970bb2f88c4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId84776970bb2f88d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99976970bb2f86252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99976970bb2f86252.jpg"/><Relationship Id="rId56726970bb2f874f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56726970bb2f874f4.jpg"/><Relationship Id="rId51566970bb2f88e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51566970bb2f88e97.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>