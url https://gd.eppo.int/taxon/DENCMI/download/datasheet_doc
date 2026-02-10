--- v5 (2026-01-21)
+++ v6 (2026-02-10)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43046970bb2f86158" w:history="1">
+            <w:hyperlink r:id="rId1273698b5e5dcfcd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48126970bb2f8619b" w:history="1">
+            <w:hyperlink r:id="rId4610698b5e5dcfd21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40601746" name="name44786970bb2f86253" descr="13757.jpg"/>
+                  <wp:docPr id="39665704" name="name7242698b5e5dd021d" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId99976970bb2f86252" cstate="print"/>
+                          <a:blip r:embed="rId1766698b5e5dd021b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId82586970bb2f86354" w:history="1">
+            <w:hyperlink r:id="rId3532698b5e5dd0379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,105 +1654,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14771346" name="name65046970bb2f874f7" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="50153867" name="name2707698b5e5dd1990" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56726970bb2f874f4" cstate="print"/>
+                    <a:blip r:embed="rId1799698b5e5dd198d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Hungary, Italy (mainland), Latvia, Lithuania, Luxembourg, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Hungary, Italy (mainland), Latvia, Lithuania, Luxembourg, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Liaoning, Qinghai, Sichuan), Japan (Hokkaido)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58926970bb2f8843a" w:history="1">
+      <w:hyperlink r:id="rId7275698b5e5dd2b4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24256970bb2f88c4f" w:history="1">
+      <w:hyperlink r:id="rId4132698b5e5dd33b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84776970bb2f88d92" w:history="1">
+      <w:hyperlink r:id="rId6577698b5e5dd34ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42534791" name="name42726970bb2f88e98" descr="eu_funding_250.png"/>
+            <wp:docPr id="42629722" name="name5694698b5e5dd392c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51566970bb2f88e97" cstate="print"/>
+                    <a:blip r:embed="rId9986698b5e5dd392a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61555549">
+  <w:abstractNum w:abstractNumId="30319218">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70496965">
+    <w:lvl w:ilvl="0" w:tplc="10371952">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70496965" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10371952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61555548">
+  <w:abstractNum w:abstractNumId="30319217">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40275505">
+    <w:lvl w:ilvl="0" w:tplc="64795619">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61555548">
-    <w:abstractNumId w:val="61555548"/>
+  <w:num w:numId="30319217">
+    <w:abstractNumId w:val="30319217"/>
   </w:num>
-  <w:num w:numId="61555549">
-    <w:abstractNumId w:val="61555549"/>
+  <w:num w:numId="30319218">
+    <w:abstractNumId w:val="30319218"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId834957200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669734212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43046970bb2f86158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId48126970bb2f8619b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId82586970bb2f86354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId58926970bb2f8843a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId24256970bb2f88c4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId84776970bb2f88d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99976970bb2f86252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99976970bb2f86252.jpg"/><Relationship Id="rId56726970bb2f874f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56726970bb2f874f4.jpg"/><Relationship Id="rId51566970bb2f88e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51566970bb2f88e97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId606293291" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761885585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1273698b5e5dcfcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId4610698b5e5dcfd21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId3532698b5e5dd0379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId7275698b5e5dd2b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId4132698b5e5dd33b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId6577698b5e5dd34ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1766698b5e5dd021b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1766698b5e5dd021b.jpg"/><Relationship Id="rId1799698b5e5dd198d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1799698b5e5dd198d.jpg"/><Relationship Id="rId9986698b5e5dd392a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9986698b5e5dd392a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>