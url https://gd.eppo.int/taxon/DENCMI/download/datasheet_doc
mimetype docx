--- v6 (2026-02-10)
+++ v7 (2026-03-02)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1273698b5e5dcfcd8" w:history="1">
+            <w:hyperlink r:id="rId232869a60facecfb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4610698b5e5dcfd21" w:history="1">
+            <w:hyperlink r:id="rId984669a60facecffe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39665704" name="name7242698b5e5dd021d" descr="13757.jpg"/>
+                  <wp:docPr id="63703679" name="name634169a60faced429" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1766698b5e5dd021b" cstate="print"/>
+                          <a:blip r:embed="rId142969a60faced427" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3532698b5e5dd0379" w:history="1">
+            <w:hyperlink r:id="rId978069a60faced576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50153867" name="name2707698b5e5dd1990" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="1024332" name="name103869a60facee8fe" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1799698b5e5dd198d" cstate="print"/>
+                    <a:blip r:embed="rId453369a60facee8fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7275698b5e5dd2b4b" w:history="1">
+      <w:hyperlink r:id="rId492569a60facef8c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4132698b5e5dd33b4" w:history="1">
+      <w:hyperlink r:id="rId291369a60facf00e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6577698b5e5dd34ee" w:history="1">
+      <w:hyperlink r:id="rId782269a60facf0219" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42629722" name="name5694698b5e5dd392c" descr="eu_funding_250.png"/>
+            <wp:docPr id="46095695" name="name673569a60facf0362" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9986698b5e5dd392a" cstate="print"/>
+                    <a:blip r:embed="rId538369a60facf0361" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30319218">
+  <w:abstractNum w:abstractNumId="44421717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10371952">
+    <w:lvl w:ilvl="0" w:tplc="83261131">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10371952" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83261131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30319217">
+  <w:abstractNum w:abstractNumId="44421716">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64795619">
+    <w:lvl w:ilvl="0" w:tplc="50183845">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30319217">
-    <w:abstractNumId w:val="30319217"/>
+  <w:num w:numId="44421716">
+    <w:abstractNumId w:val="44421716"/>
   </w:num>
-  <w:num w:numId="30319218">
-    <w:abstractNumId w:val="30319218"/>
+  <w:num w:numId="44421717">
+    <w:abstractNumId w:val="44421717"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId606293291" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761885585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1273698b5e5dcfcd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId4610698b5e5dcfd21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId3532698b5e5dd0379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId7275698b5e5dd2b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId4132698b5e5dd33b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId6577698b5e5dd34ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1766698b5e5dd021b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1766698b5e5dd021b.jpg"/><Relationship Id="rId1799698b5e5dd198d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1799698b5e5dd198d.jpg"/><Relationship Id="rId9986698b5e5dd392a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9986698b5e5dd392a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442131535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609966751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId232869a60facecfb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId984669a60facecffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId978069a60faced576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId492569a60facef8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId291369a60facf00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId782269a60facf0219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId142969a60faced427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId142969a60faced427.jpg"/><Relationship Id="rId453369a60facee8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453369a60facee8fa.jpg"/><Relationship Id="rId538369a60facf0361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId538369a60facf0361.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>