--- v7 (2026-03-02)
+++ v8 (2026-03-23)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Ratzeburg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> European spruce bark beetle, great spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232869a60facecfb8" w:history="1">
+            <w:hyperlink r:id="rId418569c0a7d40af23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId984669a60facecffe" w:history="1">
+            <w:hyperlink r:id="rId707569c0a7d40af66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DENCMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63703679" name="name634169a60faced429" descr="13757.jpg"/>
+                  <wp:docPr id="2955835" name="name839869c0a7d40b711" descr="13757.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13757.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId142969a60faced427" cstate="print"/>
+                          <a:blip r:embed="rId828769c0a7d40b70f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId978069a60faced576" w:history="1">
+            <w:hyperlink r:id="rId368269c0a7d40b810" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1654,63 +1654,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to extend its natural range within Europe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1024332" name="name103869a60facee8fe" descr="DENCMI_distribution_map.jpg"/>
+            <wp:docPr id="36944386" name="name753869c0a7d40cf1b" descr="DENCMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DENCMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId453369a60facee8fa" cstate="print"/>
+                    <a:blip r:embed="rId631469c0a7d40cf18" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3763,51 +3763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fielding N (2012) Minimising the impact of the great spruce bark beetle. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Commission Practice Note  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17, 8pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492569a60facef8c1" w:history="1">
+      <w:hyperlink r:id="rId900469c0a7d40de99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
-      <w:hyperlink r:id="rId291369a60facf00e3" w:history="1">
+      <w:hyperlink r:id="rId660169c0a7d40e6ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/18352</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5232,51 +5232,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dendroctonus micans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782269a60facf0219" w:history="1">
+      <w:hyperlink r:id="rId903069c0a7d40e7e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5351,63 +5351,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46095695" name="name673569a60facf0362" descr="eu_funding_250.png"/>
+            <wp:docPr id="44161373" name="name831569c0a7d40ec6b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId538369a60facf0361" cstate="print"/>
+                    <a:blip r:embed="rId924769c0a7d40ec69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5505,137 +5505,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44421717">
+  <w:abstractNum w:abstractNumId="48798801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83261131">
+    <w:lvl w:ilvl="0" w:tplc="87720533">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83261131" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87720533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44421716">
+  <w:abstractNum w:abstractNumId="48798800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50183845">
+    <w:lvl w:ilvl="0" w:tplc="57016555">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6387,55 +6387,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44421716">
-    <w:abstractNumId w:val="44421716"/>
+  <w:num w:numId="48798800">
+    <w:abstractNumId w:val="48798800"/>
   </w:num>
-  <w:num w:numId="44421717">
-    <w:abstractNumId w:val="44421717"/>
+  <w:num w:numId="48798801">
+    <w:abstractNumId w:val="48798801"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17985,51 +17985,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442131535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609966751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId232869a60facecfb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId984669a60facecffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId978069a60faced576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId492569a60facef8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId291369a60facf00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId782269a60facf0219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId142969a60faced427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId142969a60faced427.jpg"/><Relationship Id="rId453369a60facee8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453369a60facee8fa.jpg"/><Relationship Id="rId538369a60facf0361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId538369a60facf0361.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630087360" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId551268359" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId418569c0a7d40af23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/" TargetMode="External"/><Relationship Id="rId707569c0a7d40af66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/categorization" TargetMode="External"/><Relationship Id="rId368269c0a7d40b810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DENCMI/photos" TargetMode="External"/><Relationship Id="rId900469c0a7d40de99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/documents/6963/FCPN017.pdf" TargetMode="External"/><Relationship Id="rId660169c0a7d40e6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/18352" TargetMode="External"/><Relationship Id="rId903069c0a7d40e7e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId828769c0a7d40b70f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828769c0a7d40b70f.jpg"/><Relationship Id="rId631469c0a7d40cf18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631469c0a7d40cf18.jpg"/><Relationship Id="rId924769c0a7d40ec69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924769c0a7d40ec69.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>