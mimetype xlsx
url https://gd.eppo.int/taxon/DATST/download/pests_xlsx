--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DATST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
@@ -388,50 +388,53 @@
 * Tietz HM (1972) An index to the described life histories, early stages and hosts of the Macrolepidoptera of the continental United States and Canada, 536 pp.</t>
   </si>
   <si>
     <t>TETREV</t>
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Boubou A, Migeon A, Roderick GK, Navajas M (2011) Recent emergence and worldwide spread of the red tomato spider mite, Tetranychus evansi: genetic variation and multiple cryptic invasions. Biological Invasions 13(1), 81-92.
 * El-Jaouani N (1988) Contribution à la connaissance des acariens phytophages au Maroc et étude bio-écologique de Tetranychus evansi Baker et Pritchard (Acarina: Tetranychidae). Rabat, Maroc, Institut Agronomique et Vétérinaire Hassan II: 60.
 * Ferreira MA, Sousa ME (2011) Hosts and Distribution of the Spider Mite Tetranychus evansi (Acari: Tetranychidae) in Portugal. Hale, C., Xxviii International Horticultural Congress on Science and Horticulture for People, Leuven 1, Int Soc Horticultural Science, (917): 133-136.
 * Migeon A (2007) Acarien rouge de la tomate: nouvelles observations et perspectives. PHM Revue Horticole, 488: 20-24.
 * Moraes GJd, McMurtry JA, Baker EW (1987) Redescription and distribution of the spider mites Tetranychus evansi and T. marianae. Acarologia, 28: 333-343.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
+  </si>
+  <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii</t>
   </si>
   <si>
     <t>* Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 ------- Eggs transferred to pods of Datura sp. failed to develop.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.
 -------- Adult feeding.</t>
   </si>
   <si>
     <t>PARZCO</t>
   </si>
   <si>
     <t>Bactericera cockerelli</t>
   </si>
   <si>
     <t>* Martin NA (2008) Host plants of the potato/tomato psyllid: a cautionay tale. The Weta 35, 12-16.
@@ -623,50 +626,56 @@
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>NAUPXA</t>
   </si>
   <si>
     <t>Naupactus xanthographus</t>
   </si>
   <si>
     <t>* Caballero VC (1972) Algunos aspectos de la biología y control de Naupactus xanthographus Germar (Coleoptera: Curculionidae) en durazneros en Chile. Rev Peru Entomol. 15(1):190–194
 ------- adult feeding only.</t>
   </si>
   <si>
     <t>TCSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi</t>
   </si>
   <si>
     <t>* Webster CG, Estévez de Jensen C, Rivera-Vargas LI, Rodrigues JCV, Mercado W, Frantz G, Mellinger HC, Adkins S (2013) First report of Tomato chlorotic spot virus (TCSV) in tomato, pepper, and jimsonweed in Puerto Rico. Plant Health Progress (abst.) doi:10.1094/PHP-2013-0812-01-BR</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934</t>
   </si>
   <si>
     <t>PLRV00</t>
   </si>
   <si>
     <t>Polerovirus PLRV</t>
   </si>
   <si>
     <t>* Souza Dias JAC, Russo P, Miller L, Slack SA (1999) Comparison of nucleotide sequences from three potato leaf roll virus (PLRV) isolates collected in Brazil. American Journal of Potato Research 76(1), 17-24.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Valarezo O, Cañarte E, Navarrete B, Arias M (2003) [Prodiplosis longifila (Diptera: Cecidomyiidae) main tomato pest in Ecuador.] Manual 51, INIAP, Ecuador. (in Spanish)</t>
@@ -711,56 +720,50 @@
     <t>Reptalus panzeri</t>
   </si>
   <si>
     <t>THPHSO</t>
   </si>
   <si>
     <t>Thecaphora solani</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
   </si>
   <si>
     <t>* Moodley V, Gubba A, Mafongoya PL (2020) Emergence and full genome analysis of tomato torrado virus in South Africa. Viruses 12(10),1167. https://doi.org/10.3390/v12101167</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1624,393 +1627,393 @@
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>108</v>
       </c>
       <c r="C40" t="s">
         <v>109</v>
       </c>
       <c r="D40" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>111</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="s">
         <v>113</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>111</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>111</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D43" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>111</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D44" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>111</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>111</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>111</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>111</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>111</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>111</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>111</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D52" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>111</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C55" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>111</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>111</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C58" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D58" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>111</v>
       </c>
       <c r="B59" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C59" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>111</v>
       </c>
       <c r="B60" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>111</v>
       </c>
       <c r="B61" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C61" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>111</v>
       </c>
       <c r="B62" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>111</v>
       </c>
       <c r="B63" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>111</v>
       </c>
       <c r="B64" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>111</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>111</v>
       </c>
       <c r="B66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C66" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D66" t="s">
         <v>184</v>
       </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>111</v>
       </c>
       <c r="B67" t="s">
         <v>185</v>
       </c>
       <c r="C67" t="s">
         <v>186</v>
       </c>
       <c r="D67" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>111</v>
       </c>
       <c r="B68" t="s">
         <v>188</v>
       </c>
       <c r="C68" t="s">
         <v>189</v>
       </c>
@@ -2048,103 +2051,105 @@
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>111</v>
       </c>
       <c r="B71" t="s">
         <v>197</v>
       </c>
       <c r="C71" t="s">
         <v>198</v>
       </c>
       <c r="D71" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>111</v>
       </c>
       <c r="B72" t="s">
         <v>200</v>
       </c>
       <c r="C72" t="s">
         <v>201</v>
       </c>
-      <c r="D72"/>
+      <c r="D72" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>111</v>
       </c>
       <c r="B73" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>111</v>
       </c>
       <c r="B74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C74" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
         <v>206</v>
       </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>111</v>
       </c>
       <c r="B75" t="s">
         <v>207</v>
       </c>
       <c r="C75" t="s">
         <v>208</v>
       </c>
       <c r="D75" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>210</v>
       </c>
       <c r="C76" t="s">
         <v>211</v>
       </c>
-      <c r="D76"/>
+      <c r="D76" t="s">
+        <v>212</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>