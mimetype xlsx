--- v0 (2025-10-07)
+++ v1 (2026-03-31)
@@ -12,92 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DATSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii (as Brugmansia)</t>
   </si>
   <si>
     <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.</t>
   </si>
   <si>
     <t>TASVD0</t>
   </si>
   <si>
     <t>Pospiviroid apicimpeditum (as Brugmansia)</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis</t>
   </si>
   <si>
     <t>* Verhoeven JThJ, Jansen CCC, Botermans M, Roenhorst JW (2010) Epidemiological evidence that vegetatively propagated, solanaceous plant species act as sources of Potato spindle tuber viroid inoculum for tomato. Plant Pathology 59, 3-12.
 ------- Absence of symptoms</t>
@@ -447,51 +453,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="299.498" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -533,117 +539,129 @@
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
         <v>17</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="B11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11"/>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
         <v>28</v>
       </c>
-      <c r="D11"/>
+      <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>