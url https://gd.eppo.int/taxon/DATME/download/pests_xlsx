--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DATME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>EUMV00</t>
   </si>
   <si>
     <t>Begomovirus euphorbiamusivi</t>
   </si>
   <si>
     <t>POTLV0</t>
   </si>
   <si>
@@ -183,50 +183,60 @@
     <t>* Chellemi DO, Webster CG, Baker CA, Annamalai M, Achor D, Adkins S (2011) Widespread occurrence and low genetic diversity of Colombian datura virus in Brugmansia suggest an anthropogenic role in virus selection and spread. Plant Disease 95(6), 755-761.</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Datura)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1-21.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum</t>
   </si>
   <si>
     <t xml:space="preserve">* Hampson MC (1979) Infection of additional hosts of Synchytrium endobioticum, the causal agent of potato wart disease: 2. Tomato, tobacco and species of Capsicastrum, Datura, Physalis and Schizanthus. Canadian Plant Disease Survey 59, 3-6.      
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -540,51 +550,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="350.2" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -840,50 +850,64 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">