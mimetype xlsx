--- v0 (2025-10-20)
+++ v1 (2026-02-20)
@@ -134,51 +134,51 @@
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Gracia O, Feldman JM (1972) Studies of weed plants as sources of viruses I. Datura ferox as a source of beet curly top virus. Journal of Phytopathology 73(1), 69-74.</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
-    <t>Tuta absoluta</t>
+    <t>Phthorimaea absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>