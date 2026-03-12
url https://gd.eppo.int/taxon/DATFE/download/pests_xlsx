--- v1 (2026-02-20)
+++ v2 (2026-03-12)
@@ -12,83 +12,93 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DATFE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>HETDRO</t>
   </si>
   <si>
     <t>Globodera rostochiensis</t>
   </si>
   <si>
     <t>* Sullivan MJ, Inserra RN, Franco J, Moreno-Leheude I, Greco N (2007) Potato cyst nematodes: Plant host status and their regulatory impact. Nematropica 37, 193-201.
 ------- Complete development was obtained during experiments.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- No oviposition observed.</t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Datura)</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>LIRIHU</t>
@@ -129,56 +139,50 @@
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Gracia O, Feldman JM (1972) Studies of weed plants as sources of viruses I. Datura ferox as a source of beet curly top virus. Journal of Phytopathology 73(1), 69-74.</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Phthorimaea absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -538,201 +542,203 @@
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>20</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>28</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" t="s">
         <v>29</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>30</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>34</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>