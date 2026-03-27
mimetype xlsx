--- v0 (2025-10-15)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DAHPI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TASVD0</t>
   </si>
   <si>
     <t>Pospiviroid apicimpeditum (as Dahlia)</t>
   </si>
   <si>
     <t>* Matsushita Y,  Tsuda S (2014) Host ranges of Potato spindle tuber viroid, Tomato chlorotic dwarf viroid, Tomato apical stunt viroid, and Columnea latent viroid in horticultural plants. European Journal of Plant Pathology, 141(1), 193–197.</t>
   </si>
   <si>
@@ -124,50 +124,59 @@
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Dahlia)</t>
   </si>
   <si>
     <t>* Den Nijs LJMF, Janssen WAP (2002) The host status of Dahlia for Meloidogyne chitwoodi. Verslagen en Mededelingen van de Plantenziektenkundige Dienst Wageningen (Annual Report 2001) 219, 102-105.</t>
   </si>
   <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma (as Dahlia)</t>
   </si>
   <si>
     <t>* Chadwick CF (1965) Checklist of the Brachyderinae (Col. Curculionidae) occurring in Australia. Journal of the Entomological Society of Australia (NSW) 2, 21-34.</t>
   </si>
   <si>
     <t>AMAZMA</t>
   </si>
   <si>
     <t>Nemorimyza maculosa</t>
   </si>
   <si>
     <t>* Valladares G, Salvo A, Saini E (2011) Moscas minadoras del girasol y sus enemigos naturales. Revista de Investigaciones Agropecuarias 37(2):180–188.
 ------- As Dahlia variabilis.</t>
+  </si>
+  <si>
+    <t>GBNV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus arachinecrosis (as Dahlia)</t>
+  </si>
+  <si>
+    <t>* Holkar SK, Kumar R, Yogita M, Katiyar A, Jain RK, Mandal B (2017) Diagnostic assays for two closely related tospovirus species, Watermelon bud necrosis virus and Groundnut bud necrosis virus and identification of new natural hosts. Journal of plant biochemistry and biotechnology 26(1), 43-51.</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>Pospiviroid chloronani</t>
   </si>
   <si>
     <t>* Wang S, Zhao Z, Dong Z, Zhou T, Hu Z, Fan Q, Zhang Y (2024) First report of Tomato chlorotic dwarf viroid in Dahlia in China. Plant Disease (early view). https://doi.org/10.1094/PDIS-02-23-0389-PDN</t>
   </si>
   <si>
     <t>Pospiviroid impedichrysanthemi (as Dahlia)</t>
   </si>
   <si>
     <t xml:space="preserve">* Asano S, Matsushita Y, Hirayama Y, Naka T (2015) Simultaneous detection of Tomato spotted wilt virus, Dahlia mosaic virus and Chrysanthemum stunt viroid by multiplex RT‐PCR in dahlias and their distribution in Japanese dahlias. Letters in Applied Microbiology 61 (2), 113-120.
 * Asano S, Yoshida K, Naka T, Hirayama Y, Matsushita Y (2020) The distribution and nucleotide sequences of chrysanthemum stunt viroid in dahlia fields in Japan and the effect of its infection on the growth of dahlias. European Journal of Plant Pathology volume 156(1), 245–256 (2020). https://doi.org/10.1007/s10658-019-01883-z
 * Nakashima A, Hosokawa M, Maeda S, Yazawa S (2007) Natural infection of Chrysanthemum stunt viroid in dahlia plants. Journal of General Plant Pathology 73, 225–227
 </t>
   </si>
@@ -561,51 +570,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -748,79 +757,79 @@
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>16</v>
@@ -851,64 +860,78 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
-      <c r="D21" t="s">
+      <c r="D21"/>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
         <v>62</v>
+      </c>
+      <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">