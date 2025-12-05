--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Saunders)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava fruit fly, peach fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321368e731cec27ee" w:history="1">
+            <w:hyperlink r:id="rId98796932dc3a1740f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258068e731cec285b" w:history="1">
+            <w:hyperlink r:id="rId43656932dc3a17488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70998024" name="name232268e731cec2e08" descr="12922.jpg"/>
+                  <wp:docPr id="13395567" name="name36826932dc3a17577" descr="12922.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12922.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId789368e731cec2e06" cstate="print"/>
+                          <a:blip r:embed="rId74616932dc3a17576" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId660968e731cec2f71" w:history="1">
+            <w:hyperlink r:id="rId60686932dc3a1767b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1613,105 +1613,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an Asian species widespread on the Indian subcontinent and into Southeast Asia. It is also widely distributed in the Middle East (Iran, Iraq) and on the Arabian Peninsula. It was introduced to Africa where it is currently limited to Egypt, Libya and Sudan in the northeast of mainland Africa, as well as on the islands of Mauritius and Reunion in the Western Indian Ocean. The occurrence in Israel is in isolated areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59228512" name="name221068e731cec4392" descr="DACUZO_distribution_map.jpg"/>
+            <wp:docPr id="51165087" name="name51216932dc3a18a38" descr="DACUZO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUZO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId738968e731cec438f" cstate="print"/>
+                    <a:blip r:embed="rId29366932dc3a18a35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Israel, Italy (mainland)</w:t>
+        <w:t xml:space="preserve"> Greece (mainland), Israel, Italy (mainland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Libya, Mauritius, Reunion, Sudan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2265,100 +2265,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DNA barcoding may be used for the molecular identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, it should be noted the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890368e731cec4982" w:history="1">
+      <w:hyperlink r:id="rId57236932dc3a19061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211268e731cec49d1" w:history="1">
+      <w:hyperlink r:id="rId40366932dc3a190b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3523,51 +3523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004) Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699268e731cec54c6" w:history="1">
+      <w:hyperlink r:id="rId35586932dc3a198c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3680,51 +3680,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Saunders) (Diptera: Tephritidae), Version 1.3. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 3.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663668e731cec5621" w:history="1">
+      <w:hyperlink r:id="rId44816932dc3a199bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3973,51 +3973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393868e731cec5941" w:history="1">
+      <w:hyperlink r:id="rId32436932dc3a19b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2010.02421.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412-416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442068e731cec59fe" w:history="1">
+      <w:hyperlink r:id="rId81376932dc3a19bfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195868e731cec64e6" w:history="1">
+      <w:hyperlink r:id="rId37946932dc3a1a22d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5141,51 +5141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749968e731cec66d5" w:history="1">
+      <w:hyperlink r:id="rId35776932dc3a1a2e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5356,51 +5356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530368e731cec68e1" w:history="1">
+      <w:hyperlink r:id="rId47616932dc3a1a449" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5457,90 +5457,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 371-373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949168e731cec698d" w:history="1">
+      <w:hyperlink r:id="rId69696932dc3a1a4e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00848.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91363903" name="name115068e731cec6aa5" descr="eu_funding_250.png"/>
+            <wp:docPr id="82596303" name="name48276932dc3a1a590" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId873368e731cec6aa4" cstate="print"/>
+                    <a:blip r:embed="rId12936932dc3a1a58f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5638,137 +5638,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91406517">
+  <w:abstractNum w:abstractNumId="74666292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79523277">
+    <w:lvl w:ilvl="0" w:tplc="65329148">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79523277" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65329148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91406516">
+  <w:abstractNum w:abstractNumId="74666291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24206114">
+    <w:lvl w:ilvl="0" w:tplc="43134748">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6520,55 +6520,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91406516">
-    <w:abstractNumId w:val="91406516"/>
+  <w:num w:numId="74666291">
+    <w:abstractNumId w:val="74666291"/>
   </w:num>
-  <w:num w:numId="91406517">
-    <w:abstractNumId w:val="91406517"/>
+  <w:num w:numId="74666292">
+    <w:abstractNumId w:val="74666292"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18118,51 +18118,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId768743167" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId792918470" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId321368e731cec27ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId258068e731cec285b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId660968e731cec2f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId890368e731cec4982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId211268e731cec49d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId699268e731cec54c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId663668e731cec5621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId393868e731cec5941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId442068e731cec59fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId195868e731cec64e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId749968e731cec66d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId530368e731cec68e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId949168e731cec698d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId789368e731cec2e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId789368e731cec2e06.jpg"/><Relationship Id="rId738968e731cec438f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738968e731cec438f.jpg"/><Relationship Id="rId873368e731cec6aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873368e731cec6aa4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId640346786" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId392100793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98796932dc3a1740f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId43656932dc3a17488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId60686932dc3a1767b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId57236932dc3a19061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId40366932dc3a190b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId35586932dc3a198c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId44816932dc3a199bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId32436932dc3a19b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId81376932dc3a19bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId37946932dc3a1a22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId35776932dc3a1a2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47616932dc3a1a449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId69696932dc3a1a4e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId74616932dc3a17576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74616932dc3a17576.jpg"/><Relationship Id="rId29366932dc3a18a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29366932dc3a18a35.jpg"/><Relationship Id="rId12936932dc3a1a58f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12936932dc3a1a58f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>