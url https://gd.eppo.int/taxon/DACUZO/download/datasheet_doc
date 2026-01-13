--- v1 (2025-12-05)
+++ v2 (2026-01-13)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Saunders)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava fruit fly, peach fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98796932dc3a1740f" w:history="1">
+            <w:hyperlink r:id="rId2342696693d590b63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43656932dc3a17488" w:history="1">
+            <w:hyperlink r:id="rId5758696693d590bcf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13395567" name="name36826932dc3a17577" descr="12922.jpg"/>
+                  <wp:docPr id="2407590" name="name9684696693d59118e" descr="12922.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12922.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId74616932dc3a17576" cstate="print"/>
+                          <a:blip r:embed="rId9725696693d59118c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId60686932dc3a1767b" w:history="1">
+            <w:hyperlink r:id="rId1074696693d5912a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1613,63 +1613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an Asian species widespread on the Indian subcontinent and into Southeast Asia. It is also widely distributed in the Middle East (Iran, Iraq) and on the Arabian Peninsula. It was introduced to Africa where it is currently limited to Egypt, Libya and Sudan in the northeast of mainland Africa, as well as on the islands of Mauritius and Reunion in the Western Indian Ocean. The occurrence in Israel is in isolated areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51165087" name="name51216932dc3a18a38" descr="DACUZO_distribution_map.jpg"/>
+            <wp:docPr id="60384869" name="name3556696693d5925bf" descr="DACUZO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUZO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29366932dc3a18a35" cstate="print"/>
+                    <a:blip r:embed="rId5710696693d5925bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2265,100 +2265,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DNA barcoding may be used for the molecular identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, it should be noted the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57236932dc3a19061" w:history="1">
+      <w:hyperlink r:id="rId6879696693d592bb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40366932dc3a190b3" w:history="1">
+      <w:hyperlink r:id="rId9226696693d592bfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3523,51 +3523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004) Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35586932dc3a198c3" w:history="1">
+      <w:hyperlink r:id="rId9709696693d5933bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3680,51 +3680,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Saunders) (Diptera: Tephritidae), Version 1.3. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 3.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44816932dc3a199bf" w:history="1">
+      <w:hyperlink r:id="rId1940696693d5934be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3973,51 +3973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32436932dc3a19b8d" w:history="1">
+      <w:hyperlink r:id="rId8535696693d59368b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2010.02421.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412-416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81376932dc3a19bfe" w:history="1">
+      <w:hyperlink r:id="rId9015696693d5936fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37946932dc3a1a22d" w:history="1">
+      <w:hyperlink r:id="rId2675696693d593d42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5119,73 +5119,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35776932dc3a1a2e4" w:history="1">
+      <w:hyperlink r:id="rId9438696693d593df7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5356,51 +5356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47616932dc3a1a449" w:history="1">
+      <w:hyperlink r:id="rId5574696693d593f5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5457,90 +5457,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 371-373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69696932dc3a1a4e9" w:history="1">
+      <w:hyperlink r:id="rId7583696693d593fff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00848.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82596303" name="name48276932dc3a1a590" descr="eu_funding_250.png"/>
+            <wp:docPr id="2126510" name="name8696696693d59406d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12936932dc3a1a58f" cstate="print"/>
+                    <a:blip r:embed="rId7588696693d59406c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5638,137 +5638,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74666292">
+  <w:abstractNum w:abstractNumId="77255074">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65329148">
+    <w:lvl w:ilvl="0" w:tplc="60768075">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65329148" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60768075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74666291">
+  <w:abstractNum w:abstractNumId="77255073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43134748">
+    <w:lvl w:ilvl="0" w:tplc="11166239">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6520,55 +6520,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74666291">
-    <w:abstractNumId w:val="74666291"/>
+  <w:num w:numId="77255073">
+    <w:abstractNumId w:val="77255073"/>
   </w:num>
-  <w:num w:numId="74666292">
-    <w:abstractNumId w:val="74666292"/>
+  <w:num w:numId="77255074">
+    <w:abstractNumId w:val="77255074"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18118,51 +18118,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId640346786" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId392100793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98796932dc3a1740f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId43656932dc3a17488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId60686932dc3a1767b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId57236932dc3a19061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId40366932dc3a190b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId35586932dc3a198c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId44816932dc3a199bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId32436932dc3a19b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId81376932dc3a19bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId37946932dc3a1a22d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId35776932dc3a1a2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47616932dc3a1a449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId69696932dc3a1a4e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId74616932dc3a17576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74616932dc3a17576.jpg"/><Relationship Id="rId29366932dc3a18a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29366932dc3a18a35.jpg"/><Relationship Id="rId12936932dc3a1a58f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12936932dc3a1a58f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653736785" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId305685700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2342696693d590b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId5758696693d590bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId1074696693d5912a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId6879696693d592bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId9226696693d592bfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId9709696693d5933bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1940696693d5934be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId8535696693d59368b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId9015696693d5936fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId2675696693d593d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId9438696693d593df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5574696693d593f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7583696693d593fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId9725696693d59118c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9725696693d59118c.jpg"/><Relationship Id="rId5710696693d5925bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5710696693d5925bd.jpg"/><Relationship Id="rId7588696693d59406c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7588696693d59406c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>