--- v2 (2026-01-13)
+++ v3 (2026-02-02)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Saunders)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava fruit fly, peach fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2342696693d590b63" w:history="1">
+            <w:hyperlink r:id="rId8299698121de7856d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5758696693d590bcf" w:history="1">
+            <w:hyperlink r:id="rId7224698121de785ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2407590" name="name9684696693d59118e" descr="12922.jpg"/>
+                  <wp:docPr id="60567889" name="name2401698121de786c0" descr="12922.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12922.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9725696693d59118c" cstate="print"/>
+                          <a:blip r:embed="rId2574698121de786bf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1074696693d5912a7" w:history="1">
+            <w:hyperlink r:id="rId2562698121de787e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1613,63 +1613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an Asian species widespread on the Indian subcontinent and into Southeast Asia. It is also widely distributed in the Middle East (Iran, Iraq) and on the Arabian Peninsula. It was introduced to Africa where it is currently limited to Egypt, Libya and Sudan in the northeast of mainland Africa, as well as on the islands of Mauritius and Reunion in the Western Indian Ocean. The occurrence in Israel is in isolated areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60384869" name="name3556696693d5925bf" descr="DACUZO_distribution_map.jpg"/>
+            <wp:docPr id="16296398" name="name6903698121de79d8e" descr="DACUZO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUZO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5710696693d5925bd" cstate="print"/>
+                    <a:blip r:embed="rId2101698121de79d8b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2265,100 +2265,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DNA barcoding may be used for the molecular identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, it should be noted the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6879696693d592bb0" w:history="1">
+      <w:hyperlink r:id="rId7467698121de7a5c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9226696693d592bfd" w:history="1">
+      <w:hyperlink r:id="rId2754698121de7a616" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3523,51 +3523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004) Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9709696693d5933bf" w:history="1">
+      <w:hyperlink r:id="rId1679698121de7af75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3680,51 +3680,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Saunders) (Diptera: Tephritidae), Version 1.3. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 3.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1940696693d5934be" w:history="1">
+      <w:hyperlink r:id="rId4737698121de7b07d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3973,51 +3973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8535696693d59368b" w:history="1">
+      <w:hyperlink r:id="rId4087698121de7b270" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2010.02421.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412-416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9015696693d5936fa" w:history="1">
+      <w:hyperlink r:id="rId5495698121de7b2e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2675696693d593d42" w:history="1">
+      <w:hyperlink r:id="rId4836698121de7b929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5141,51 +5141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9438696693d593df7" w:history="1">
+      <w:hyperlink r:id="rId8796698121de7b9eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5356,51 +5356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5574696693d593f5e" w:history="1">
+      <w:hyperlink r:id="rId6598698121de7bbae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5457,90 +5457,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 371-373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7583696693d593fff" w:history="1">
+      <w:hyperlink r:id="rId1816698121de7bc5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00848.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2126510" name="name8696696693d59406d" descr="eu_funding_250.png"/>
+            <wp:docPr id="38964647" name="name7441698121de7be13" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7588696693d59406c" cstate="print"/>
+                    <a:blip r:embed="rId9648698121de7be11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5638,137 +5638,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77255074">
+  <w:abstractNum w:abstractNumId="30851283">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60768075">
+    <w:lvl w:ilvl="0" w:tplc="74603308">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60768075" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74603308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77255073">
+  <w:abstractNum w:abstractNumId="30851282">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11166239">
+    <w:lvl w:ilvl="0" w:tplc="61432541">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6520,55 +6520,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77255073">
-    <w:abstractNumId w:val="77255073"/>
+  <w:num w:numId="30851282">
+    <w:abstractNumId w:val="30851282"/>
   </w:num>
-  <w:num w:numId="77255074">
-    <w:abstractNumId w:val="77255074"/>
+  <w:num w:numId="30851283">
+    <w:abstractNumId w:val="30851283"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18118,51 +18118,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653736785" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId305685700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2342696693d590b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId5758696693d590bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId1074696693d5912a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId6879696693d592bb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId9226696693d592bfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId9709696693d5933bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId1940696693d5934be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId8535696693d59368b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId9015696693d5936fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId2675696693d593d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId9438696693d593df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5574696693d593f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId7583696693d593fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId9725696693d59118c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9725696693d59118c.jpg"/><Relationship Id="rId5710696693d5925bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5710696693d5925bd.jpg"/><Relationship Id="rId7588696693d59406c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7588696693d59406c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349058010" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896084837" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8299698121de7856d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId7224698121de785ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId2562698121de787e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId7467698121de7a5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId2754698121de7a616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId1679698121de7af75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId4737698121de7b07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4087698121de7b270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId5495698121de7b2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId4836698121de7b929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId8796698121de7b9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6598698121de7bbae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId1816698121de7bc5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId2574698121de786bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2574698121de786bf.jpg"/><Relationship Id="rId2101698121de79d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2101698121de79d8b.jpg"/><Relationship Id="rId9648698121de7be11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9648698121de7be11.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>