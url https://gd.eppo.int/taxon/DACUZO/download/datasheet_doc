--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Saunders)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava fruit fly, peach fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8299698121de7856d" w:history="1">
+            <w:hyperlink r:id="rId1063699bc52896d86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7224698121de785ec" w:history="1">
+            <w:hyperlink r:id="rId9522699bc52896df0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60567889" name="name2401698121de786c0" descr="12922.jpg"/>
+                  <wp:docPr id="96258623" name="name4020699bc52896eb9" descr="12922.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12922.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2574698121de786bf" cstate="print"/>
+                          <a:blip r:embed="rId6825699bc52896eb7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2562698121de787e6" w:history="1">
+            <w:hyperlink r:id="rId2920699bc52896fc6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1613,63 +1613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an Asian species widespread on the Indian subcontinent and into Southeast Asia. It is also widely distributed in the Middle East (Iran, Iraq) and on the Arabian Peninsula. It was introduced to Africa where it is currently limited to Egypt, Libya and Sudan in the northeast of mainland Africa, as well as on the islands of Mauritius and Reunion in the Western Indian Ocean. The occurrence in Israel is in isolated areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16296398" name="name6903698121de79d8e" descr="DACUZO_distribution_map.jpg"/>
+            <wp:docPr id="54397367" name="name1696699bc528986a0" descr="DACUZO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUZO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2101698121de79d8b" cstate="print"/>
+                    <a:blip r:embed="rId2848699bc5289869b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2265,100 +2265,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DNA barcoding may be used for the molecular identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, it should be noted the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7467698121de7a5c5" w:history="1">
+      <w:hyperlink r:id="rId8238699bc52898cb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2754698121de7a616" w:history="1">
+      <w:hyperlink r:id="rId8505699bc52898d01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3523,51 +3523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004) Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1679698121de7af75" w:history="1">
+      <w:hyperlink r:id="rId6311699bc528994cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3680,51 +3680,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Saunders) (Diptera: Tephritidae), Version 1.3. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 3.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4737698121de7b07d" w:history="1">
+      <w:hyperlink r:id="rId2039699bc528995e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3973,51 +3973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4087698121de7b270" w:history="1">
+      <w:hyperlink r:id="rId9637699bc528997bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2010.02421.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412-416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5495698121de7b2e3" w:history="1">
+      <w:hyperlink r:id="rId4537699bc5289982d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4836698121de7b929" w:history="1">
+      <w:hyperlink r:id="rId3085699bc52899e67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5141,51 +5141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8796698121de7b9eb" w:history="1">
+      <w:hyperlink r:id="rId2483699bc52899f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5356,51 +5356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6598698121de7bbae" w:history="1">
+      <w:hyperlink r:id="rId2810699bc5289a097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5457,90 +5457,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 371-373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1816698121de7bc5b" w:history="1">
+      <w:hyperlink r:id="rId2115699bc5289a138" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00848.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38964647" name="name7441698121de7be13" descr="eu_funding_250.png"/>
+            <wp:docPr id="38225190" name="name7157699bc5289a1a1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9648698121de7be11" cstate="print"/>
+                    <a:blip r:embed="rId8567699bc5289a1a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5638,137 +5638,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30851283">
+  <w:abstractNum w:abstractNumId="21524649">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74603308">
+    <w:lvl w:ilvl="0" w:tplc="53536961">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74603308" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53536961" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30851282">
+  <w:abstractNum w:abstractNumId="21524648">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61432541">
+    <w:lvl w:ilvl="0" w:tplc="14509728">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6520,55 +6520,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30851282">
-    <w:abstractNumId w:val="30851282"/>
+  <w:num w:numId="21524648">
+    <w:abstractNumId w:val="21524648"/>
   </w:num>
-  <w:num w:numId="30851283">
-    <w:abstractNumId w:val="30851283"/>
+  <w:num w:numId="21524649">
+    <w:abstractNumId w:val="21524649"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18118,51 +18118,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349058010" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896084837" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8299698121de7856d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId7224698121de785ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId2562698121de787e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId7467698121de7a5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId2754698121de7a616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId1679698121de7af75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId4737698121de7b07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4087698121de7b270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId5495698121de7b2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId4836698121de7b929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId8796698121de7b9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6598698121de7bbae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId1816698121de7bc5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId2574698121de786bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2574698121de786bf.jpg"/><Relationship Id="rId2101698121de79d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2101698121de79d8b.jpg"/><Relationship Id="rId9648698121de7be11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9648698121de7be11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId585665671" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId337271834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1063699bc52896d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId9522699bc52896df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId2920699bc52896fc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId8238699bc52898cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId8505699bc52898d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId6311699bc528994cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId2039699bc528995e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9637699bc528997bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId4537699bc5289982d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId3085699bc52899e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId2483699bc52899f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2810699bc5289a097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2115699bc5289a138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId6825699bc52896eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6825699bc52896eb7.jpg"/><Relationship Id="rId2848699bc5289869b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2848699bc5289869b.jpg"/><Relationship Id="rId8567699bc5289a1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8567699bc5289a1a0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>