--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Saunders)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava fruit fly, peach fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1063699bc52896d86" w:history="1">
+            <w:hyperlink r:id="rId386469b65b403143e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9522699bc52896df0" w:history="1">
+            <w:hyperlink r:id="rId657269b65b40314ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96258623" name="name4020699bc52896eb9" descr="12922.jpg"/>
+                  <wp:docPr id="97417225" name="name360269b65b4031c2c" descr="12922.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12922.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6825699bc52896eb7" cstate="print"/>
+                          <a:blip r:embed="rId460269b65b4031c2a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2920699bc52896fc6" w:history="1">
+            <w:hyperlink r:id="rId653169b65b4031d73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1613,63 +1613,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an Asian species widespread on the Indian subcontinent and into Southeast Asia. It is also widely distributed in the Middle East (Iran, Iraq) and on the Arabian Peninsula. It was introduced to Africa where it is currently limited to Egypt, Libya and Sudan in the northeast of mainland Africa, as well as on the islands of Mauritius and Reunion in the Western Indian Ocean. The occurrence in Israel is in isolated areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54397367" name="name1696699bc528986a0" descr="DACUZO_distribution_map.jpg"/>
+            <wp:docPr id="59964576" name="name845069b65b403327b" descr="DACUZO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUZO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2848699bc5289869b" cstate="print"/>
+                    <a:blip r:embed="rId801069b65b4033278" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2265,100 +2265,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DNA barcoding may be used for the molecular identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however, it should be noted the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8238699bc52898cb3" w:history="1">
+      <w:hyperlink r:id="rId722469b65b4033a75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8505699bc52898d01" w:history="1">
+      <w:hyperlink r:id="rId596069b65b4033ac4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3523,51 +3523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004) Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6311699bc528994cd" w:history="1">
+      <w:hyperlink r:id="rId758669b65b40343b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_zona.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3680,51 +3680,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Saunders) (Diptera: Tephritidae), Version 1.3. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 3.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2039699bc528995e6" w:history="1">
+      <w:hyperlink r:id="rId724269b65b40344b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -3973,51 +3973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 390-395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9637699bc528997bb" w:history="1">
+      <w:hyperlink r:id="rId535469b65b403468b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2010.02421.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4043,51 +4043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 412-416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4537699bc5289982d" w:history="1">
+      <w:hyperlink r:id="rId703669b65b40346fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5031,51 +5031,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3085699bc52899e67" w:history="1">
+      <w:hyperlink r:id="rId484269b65b4034d4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17694</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5141,51 +5141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera zonata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2483699bc52899f1f" w:history="1">
+      <w:hyperlink r:id="rId150569b65b4034e05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5356,51 +5356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2810699bc5289a097" w:history="1">
+      <w:hyperlink r:id="rId100069b65b4034f72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5457,90 +5457,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 371-373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2115699bc5289a138" w:history="1">
+      <w:hyperlink r:id="rId279969b65b4035033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00848.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38225190" name="name7157699bc5289a1a1" descr="eu_funding_250.png"/>
+            <wp:docPr id="50797047" name="name863469b65b40353cb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8567699bc5289a1a0" cstate="print"/>
+                    <a:blip r:embed="rId418769b65b40353c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5638,137 +5638,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21524649">
+  <w:abstractNum w:abstractNumId="91441188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53536961">
+    <w:lvl w:ilvl="0" w:tplc="26055056">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53536961" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26055056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21524648">
+  <w:abstractNum w:abstractNumId="91441187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14509728">
+    <w:lvl w:ilvl="0" w:tplc="15244038">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6520,55 +6520,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21524648">
-    <w:abstractNumId w:val="21524648"/>
+  <w:num w:numId="91441187">
+    <w:abstractNumId w:val="91441187"/>
   </w:num>
-  <w:num w:numId="21524649">
-    <w:abstractNumId w:val="21524649"/>
+  <w:num w:numId="91441188">
+    <w:abstractNumId w:val="91441188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18118,51 +18118,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId585665671" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId337271834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1063699bc52896d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId9522699bc52896df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId2920699bc52896fc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId8238699bc52898cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId8505699bc52898d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId6311699bc528994cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId2039699bc528995e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9637699bc528997bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId4537699bc5289982d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId3085699bc52899e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId2483699bc52899f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2810699bc5289a097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2115699bc5289a138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId6825699bc52896eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6825699bc52896eb7.jpg"/><Relationship Id="rId2848699bc5289869b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2848699bc5289869b.jpg"/><Relationship Id="rId8567699bc5289a1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8567699bc5289a1a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId575779656" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId206979367" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId386469b65b403143e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId657269b65b40314ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/categorization" TargetMode="External"/><Relationship Id="rId653169b65b4031d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUZO/photos" TargetMode="External"/><Relationship Id="rId722469b65b4033a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+zonata&amp;searchTax=" TargetMode="External"/><Relationship Id="rId596069b65b4033ac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUZO/" TargetMode="External"/><Relationship Id="rId758669b65b40343b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_zona.htm" TargetMode="External"/><Relationship Id="rId724269b65b40344b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId535469b65b403468b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2010.02421.x" TargetMode="External"/><Relationship Id="rId703669b65b40346fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12058" TargetMode="External"/><Relationship Id="rId484269b65b4034d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17694" TargetMode="External"/><Relationship Id="rId150569b65b4034e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId100069b65b4034f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId279969b65b4035033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00848.x" TargetMode="External"/><Relationship Id="rId460269b65b4031c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId460269b65b4031c2a.jpg"/><Relationship Id="rId801069b65b4033278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId801069b65b4033278.jpg"/><Relationship Id="rId418769b65b40353c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418769b65b40353c9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>