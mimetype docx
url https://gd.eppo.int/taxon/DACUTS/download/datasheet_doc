--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId674168e707d16a662" w:history="1">
+            <w:hyperlink r:id="rId338669027bb464395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId785768e707d16a6d0" w:history="1">
+            <w:hyperlink r:id="rId969669027bb4643fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18879604" name="name679668e707d16b68f" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="86866619" name="name580969027bb4651a6" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId159068e707d16b67e" cstate="print"/>
+                    <a:blip r:embed="rId167869027bb4651a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId104768e707d16bdce" w:history="1">
+      <w:hyperlink r:id="rId200269027bb4658a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899768e707d16c28b" w:history="1">
+      <w:hyperlink r:id="rId745169027bb465d89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350568e707d16c331" w:history="1">
+      <w:hyperlink r:id="rId591869027bb465eb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675768e707d16c53f" w:history="1">
+      <w:hyperlink r:id="rId866969027bb4660c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621568e707d16c7bb" w:history="1">
+      <w:hyperlink r:id="rId682869027bb466324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16495205" name="name845968e707d16c96f" descr="eu_funding_250.png"/>
+            <wp:docPr id="76951346" name="name234469027bb4664a2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId494068e707d16c96d" cstate="print"/>
+                    <a:blip r:embed="rId962569027bb4664a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92909431">
+  <w:abstractNum w:abstractNumId="48328094">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82633218">
+    <w:lvl w:ilvl="0" w:tplc="92601527">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82633218" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92601527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92909430">
+  <w:abstractNum w:abstractNumId="48328093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21037915">
+    <w:lvl w:ilvl="0" w:tplc="39574320">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92909430">
-    <w:abstractNumId w:val="92909430"/>
+  <w:num w:numId="48328093">
+    <w:abstractNumId w:val="48328093"/>
   </w:num>
-  <w:num w:numId="92909431">
-    <w:abstractNumId w:val="92909431"/>
+  <w:num w:numId="48328094">
+    <w:abstractNumId w:val="48328094"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397790525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577192081" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId674168e707d16a662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId785768e707d16a6d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId104768e707d16bdce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId899768e707d16c28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId350568e707d16c331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId675768e707d16c53f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId621568e707d16c7bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId159068e707d16b67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId159068e707d16b67e.jpg"/><Relationship Id="rId494068e707d16c96d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId494068e707d16c96d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId944353795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344468440" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId338669027bb464395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId969669027bb4643fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId200269027bb4658a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId745169027bb465d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId591869027bb465eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId866969027bb4660c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId682869027bb466324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId167869027bb4651a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167869027bb4651a3.jpg"/><Relationship Id="rId962569027bb4664a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962569027bb4664a0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>