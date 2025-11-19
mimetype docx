--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338669027bb464395" w:history="1">
+            <w:hyperlink r:id="rId3779691d9d21a1628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId969669027bb4643fd" w:history="1">
+            <w:hyperlink r:id="rId2062691d9d21a1691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86866619" name="name580969027bb4651a6" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="92491183" name="name8448691d9d21a2e6c" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId167869027bb4651a3" cstate="print"/>
+                    <a:blip r:embed="rId5417691d9d21a2e68" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId200269027bb4658a7" w:history="1">
+      <w:hyperlink r:id="rId4391691d9d21a35bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745169027bb465d89" w:history="1">
+      <w:hyperlink r:id="rId8030691d9d21a3a74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591869027bb465eb5" w:history="1">
+      <w:hyperlink r:id="rId7031691d9d21a3b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866969027bb4660c3" w:history="1">
+      <w:hyperlink r:id="rId7639691d9d21a3d2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682869027bb466324" w:history="1">
+      <w:hyperlink r:id="rId5271691d9d21a3f78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76951346" name="name234469027bb4664a2" descr="eu_funding_250.png"/>
+            <wp:docPr id="91535354" name="name5453691d9d21a412a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId962569027bb4664a0" cstate="print"/>
+                    <a:blip r:embed="rId3234691d9d21a4129" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48328094">
+  <w:abstractNum w:abstractNumId="72961315">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92601527">
+    <w:lvl w:ilvl="0" w:tplc="61240480">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92601527" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61240480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48328093">
+  <w:abstractNum w:abstractNumId="72961314">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39574320">
+    <w:lvl w:ilvl="0" w:tplc="86516375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48328093">
-    <w:abstractNumId w:val="48328093"/>
+  <w:num w:numId="72961314">
+    <w:abstractNumId w:val="72961314"/>
   </w:num>
-  <w:num w:numId="48328094">
-    <w:abstractNumId w:val="48328094"/>
+  <w:num w:numId="72961315">
+    <w:abstractNumId w:val="72961315"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId944353795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344468440" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId338669027bb464395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId969669027bb4643fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId200269027bb4658a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId745169027bb465d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId591869027bb465eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId866969027bb4660c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId682869027bb466324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId167869027bb4651a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167869027bb4651a3.jpg"/><Relationship Id="rId962569027bb4664a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962569027bb4664a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356821382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId878659897" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3779691d9d21a1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId2062691d9d21a1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId4391691d9d21a35bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId8030691d9d21a3a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId7031691d9d21a3b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId7639691d9d21a3d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5271691d9d21a3f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5417691d9d21a2e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5417691d9d21a2e68.jpg"/><Relationship Id="rId3234691d9d21a4129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3234691d9d21a4129.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>