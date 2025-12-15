--- v2 (2025-11-19)
+++ v3 (2025-12-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3779691d9d21a1628" w:history="1">
+            <w:hyperlink r:id="rId1611694063cc039cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2062691d9d21a1691" w:history="1">
+            <w:hyperlink r:id="rId2916694063cc03a39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92491183" name="name8448691d9d21a2e6c" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="27860830" name="name5011694063cc04cac" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5417691d9d21a2e68" cstate="print"/>
+                    <a:blip r:embed="rId9206694063cc04ca9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4391691d9d21a35bb" w:history="1">
+      <w:hyperlink r:id="rId6063694063cc053d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8030691d9d21a3a74" w:history="1">
+      <w:hyperlink r:id="rId4367694063cc058a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7031691d9d21a3b17" w:history="1">
+      <w:hyperlink r:id="rId5927694063cc0594c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7639691d9d21a3d2b" w:history="1">
+      <w:hyperlink r:id="rId4853694063cc05b62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5271691d9d21a3f78" w:history="1">
+      <w:hyperlink r:id="rId2231694063cc05dd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91535354" name="name5453691d9d21a412a" descr="eu_funding_250.png"/>
+            <wp:docPr id="42249370" name="name7805694063cc062f8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3234691d9d21a4129" cstate="print"/>
+                    <a:blip r:embed="rId9846694063cc062f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72961315">
+  <w:abstractNum w:abstractNumId="84922171">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61240480">
+    <w:lvl w:ilvl="0" w:tplc="57625382">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61240480" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57625382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72961314">
+  <w:abstractNum w:abstractNumId="84922170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86516375">
+    <w:lvl w:ilvl="0" w:tplc="71138939">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72961314">
-    <w:abstractNumId w:val="72961314"/>
+  <w:num w:numId="84922170">
+    <w:abstractNumId w:val="84922170"/>
   </w:num>
-  <w:num w:numId="72961315">
-    <w:abstractNumId w:val="72961315"/>
+  <w:num w:numId="84922171">
+    <w:abstractNumId w:val="84922171"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356821382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId878659897" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3779691d9d21a1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId2062691d9d21a1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId4391691d9d21a35bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId8030691d9d21a3a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId7031691d9d21a3b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId7639691d9d21a3d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId5271691d9d21a3f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5417691d9d21a2e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5417691d9d21a2e68.jpg"/><Relationship Id="rId3234691d9d21a4129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3234691d9d21a4129.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296156817" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId910345130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1611694063cc039cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId2916694063cc03a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId6063694063cc053d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId4367694063cc058a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId5927694063cc0594c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId4853694063cc05b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2231694063cc05dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9206694063cc04ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9206694063cc04ca9.jpg"/><Relationship Id="rId9846694063cc062f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9846694063cc062f7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>