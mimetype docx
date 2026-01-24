--- v3 (2025-12-15)
+++ v4 (2026-01-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1611694063cc039cb" w:history="1">
+            <w:hyperlink r:id="rId6964697555673e3f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2916694063cc03a39" w:history="1">
+            <w:hyperlink r:id="rId7719697555673e45d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27860830" name="name5011694063cc04cac" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="61605794" name="name9989697555673f900" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9206694063cc04ca9" cstate="print"/>
+                    <a:blip r:embed="rId3081697555673f8fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6063694063cc053d8" w:history="1">
+      <w:hyperlink r:id="rId71026975556740082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4367694063cc058a5" w:history="1">
+      <w:hyperlink r:id="rId61786975556740547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5927694063cc0594c" w:history="1">
+      <w:hyperlink r:id="rId748169755567405ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4853694063cc05b62" w:history="1">
+      <w:hyperlink r:id="rId4196697555674080b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3221,73 +3221,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2231694063cc05dd1" w:history="1">
+      <w:hyperlink r:id="rId23946975556740a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42249370" name="name7805694063cc062f8" descr="eu_funding_250.png"/>
+            <wp:docPr id="2324472" name="name83916975556740fe1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9846694063cc062f7" cstate="print"/>
+                    <a:blip r:embed="rId14106975556740fdf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84922171">
+  <w:abstractNum w:abstractNumId="48719785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57625382">
+    <w:lvl w:ilvl="0" w:tplc="26443492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57625382" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26443492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84922170">
+  <w:abstractNum w:abstractNumId="48719784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71138939">
+    <w:lvl w:ilvl="0" w:tplc="41093395">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84922170">
-    <w:abstractNumId w:val="84922170"/>
+  <w:num w:numId="48719784">
+    <w:abstractNumId w:val="48719784"/>
   </w:num>
-  <w:num w:numId="84922171">
-    <w:abstractNumId w:val="84922171"/>
+  <w:num w:numId="48719785">
+    <w:abstractNumId w:val="48719785"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296156817" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId910345130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1611694063cc039cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId2916694063cc03a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId6063694063cc053d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId4367694063cc058a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId5927694063cc0594c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId4853694063cc05b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2231694063cc05dd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9206694063cc04ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9206694063cc04ca9.jpg"/><Relationship Id="rId9846694063cc062f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9846694063cc062f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId735242901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId109545558" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6964697555673e3f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId7719697555673e45d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId71026975556740082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId61786975556740547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId748169755567405ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId4196697555674080b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId23946975556740a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3081697555673f8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3081697555673f8fc.jpg"/><Relationship Id="rId14106975556740fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14106975556740fdf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>