--- v4 (2026-01-24)
+++ v5 (2026-02-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6964697555673e3f5" w:history="1">
+            <w:hyperlink r:id="rId99566990ce9fc9e4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7719697555673e45d" w:history="1">
+            <w:hyperlink r:id="rId46686990ce9fc9eb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61605794" name="name9989697555673f900" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="44551308" name="name86746990ce9fcb244" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3081697555673f8fc" cstate="print"/>
+                    <a:blip r:embed="rId52706990ce9fcb240" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId71026975556740082" w:history="1">
+      <w:hyperlink r:id="rId33786990ce9fcb9fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61786975556740547" w:history="1">
+      <w:hyperlink r:id="rId93466990ce9fcbeb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748169755567405ea" w:history="1">
+      <w:hyperlink r:id="rId23216990ce9fcbf59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4196697555674080b" w:history="1">
+      <w:hyperlink r:id="rId11916990ce9fcc15c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23946975556740a82" w:history="1">
+      <w:hyperlink r:id="rId39816990ce9fcc3dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2324472" name="name83916975556740fe1" descr="eu_funding_250.png"/>
+            <wp:docPr id="78559000" name="name40906990ce9fcc593" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14106975556740fdf" cstate="print"/>
+                    <a:blip r:embed="rId84736990ce9fcc592" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48719785">
+  <w:abstractNum w:abstractNumId="95095594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26443492">
+    <w:lvl w:ilvl="0" w:tplc="47995011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26443492" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47995011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48719784">
+  <w:abstractNum w:abstractNumId="95095593">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41093395">
+    <w:lvl w:ilvl="0" w:tplc="11350531">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48719784">
-    <w:abstractNumId w:val="48719784"/>
+  <w:num w:numId="95095593">
+    <w:abstractNumId w:val="95095593"/>
   </w:num>
-  <w:num w:numId="48719785">
-    <w:abstractNumId w:val="48719785"/>
+  <w:num w:numId="95095594">
+    <w:abstractNumId w:val="95095594"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId735242901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId109545558" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6964697555673e3f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId7719697555673e45d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId71026975556740082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId61786975556740547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId748169755567405ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId4196697555674080b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId23946975556740a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3081697555673f8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3081697555673f8fc.jpg"/><Relationship Id="rId14106975556740fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14106975556740fdf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId617183382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817781010" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99566990ce9fc9e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId46686990ce9fc9eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId33786990ce9fcb9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId93466990ce9fcbeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId23216990ce9fcbf59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId11916990ce9fcc15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId39816990ce9fcc3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52706990ce9fcb240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52706990ce9fcb240.jpg"/><Relationship Id="rId84736990ce9fcc592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84736990ce9fcc592.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>