--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99566990ce9fc9e4d" w:history="1">
+            <w:hyperlink r:id="rId183969abcb1b75397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46686990ce9fc9eb6" w:history="1">
+            <w:hyperlink r:id="rId670269abcb1b75404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44551308" name="name86746990ce9fcb244" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="27095937" name="name581969abcb1b76532" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52706990ce9fcb240" cstate="print"/>
+                    <a:blip r:embed="rId345269abcb1b7652e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId33786990ce9fcb9fc" w:history="1">
+      <w:hyperlink r:id="rId817069abcb1b76cae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93466990ce9fcbeb4" w:history="1">
+      <w:hyperlink r:id="rId313869abcb1b77179" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23216990ce9fcbf59" w:history="1">
+      <w:hyperlink r:id="rId582869abcb1b77239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11916990ce9fcc15c" w:history="1">
+      <w:hyperlink r:id="rId838169abcb1b77447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39816990ce9fcc3dd" w:history="1">
+      <w:hyperlink r:id="rId282869abcb1b7769e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78559000" name="name40906990ce9fcc593" descr="eu_funding_250.png"/>
+            <wp:docPr id="44344441" name="name367369abcb1b77856" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84736990ce9fcc592" cstate="print"/>
+                    <a:blip r:embed="rId826969abcb1b77855" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95095594">
+  <w:abstractNum w:abstractNumId="81668397">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47995011">
+    <w:lvl w:ilvl="0" w:tplc="67903811">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47995011" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67903811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95095593">
+  <w:abstractNum w:abstractNumId="81668396">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11350531">
+    <w:lvl w:ilvl="0" w:tplc="61685850">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95095593">
-    <w:abstractNumId w:val="95095593"/>
+  <w:num w:numId="81668396">
+    <w:abstractNumId w:val="81668396"/>
   </w:num>
-  <w:num w:numId="95095594">
-    <w:abstractNumId w:val="95095594"/>
+  <w:num w:numId="81668397">
+    <w:abstractNumId w:val="81668397"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId617183382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817781010" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId99566990ce9fc9e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId46686990ce9fc9eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId33786990ce9fcb9fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId93466990ce9fcbeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId23216990ce9fcbf59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId11916990ce9fcc15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId39816990ce9fcc3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52706990ce9fcb240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52706990ce9fcb240.jpg"/><Relationship Id="rId84736990ce9fcc592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84736990ce9fcc592.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643469027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687213253" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId183969abcb1b75397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId670269abcb1b75404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId817069abcb1b76cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId313869abcb1b77179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId582869abcb1b77239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId838169abcb1b77447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId282869abcb1b7769e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId345269abcb1b7652e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345269abcb1b7652e.jpg"/><Relationship Id="rId826969abcb1b77855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826969abcb1b77855.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>