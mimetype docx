--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Miyake)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese orange fly, Japanese orange fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183969abcb1b75397" w:history="1">
+            <w:hyperlink r:id="rId851569c6516d1b3b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId670269abcb1b75404" w:history="1">
+            <w:hyperlink r:id="rId974769c6516d1b41c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -961,63 +961,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This species is restricted to parts of Japan and southern China. Older records from Taiwan and Vietnam are considered unsubstantiated and not confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27095937" name="name581969abcb1b76532" descr="DACUTS_distribution_map.jpg"/>
+            <wp:docPr id="77291010" name="name472869c6516d1c5fd" descr="DACUTS_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTS_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345269abcb1b7652e" cstate="print"/>
+                    <a:blip r:embed="rId113869c6516d1c5fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1736,51 +1736,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId817069abcb1b76cae" w:history="1">
+      <w:hyperlink r:id="rId694369c6516d1ce3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2453,51 +2453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313869abcb1b77179" w:history="1">
+      <w:hyperlink r:id="rId245669c6516d1d565" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tsun.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2550,51 +2550,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582869abcb1b77239" w:history="1">
+      <w:hyperlink r:id="rId435269c6516d1d625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2872,51 +2872,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liquido NJ, Chang CL, Ching AJF &amp; Nakamichi KAA (2019) Host plant records of the Japanese orange fly, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Miyake) (Diptera: Tephritidae), Version 1.0 March 26, 2019. United States Department of Agriculture, 9pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838169abcb1b77447" w:history="1">
+      <w:hyperlink r:id="rId954669c6516d1d866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tsuneonis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId282869abcb1b7769e" w:history="1">
+      <w:hyperlink r:id="rId313669c6516d1dac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3437,63 +3437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44344441" name="name367369abcb1b77856" descr="eu_funding_250.png"/>
+            <wp:docPr id="81156220" name="name812569c6516d1dff4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId826969abcb1b77855" cstate="print"/>
+                    <a:blip r:embed="rId209669c6516d1dff2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3591,137 +3591,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81668397">
+  <w:abstractNum w:abstractNumId="34710869">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67903811">
+    <w:lvl w:ilvl="0" w:tplc="64990984">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67903811" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64990984" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81668396">
+  <w:abstractNum w:abstractNumId="34710868">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61685850">
+    <w:lvl w:ilvl="0" w:tplc="85272494">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4473,55 +4473,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81668396">
-    <w:abstractNumId w:val="81668396"/>
+  <w:num w:numId="34710868">
+    <w:abstractNumId w:val="34710868"/>
   </w:num>
-  <w:num w:numId="81668397">
-    <w:abstractNumId w:val="81668397"/>
+  <w:num w:numId="34710869">
+    <w:abstractNumId w:val="34710869"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16071,51 +16071,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643469027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687213253" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId183969abcb1b75397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId670269abcb1b75404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId817069abcb1b76cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId313869abcb1b77179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId582869abcb1b77239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId838169abcb1b77447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId282869abcb1b7769e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId345269abcb1b7652e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345269abcb1b7652e.jpg"/><Relationship Id="rId826969abcb1b77855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826969abcb1b77855.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463329079" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId912173186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId851569c6516d1b3b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/" TargetMode="External"/><Relationship Id="rId974769c6516d1b41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTS/categorization" TargetMode="External"/><Relationship Id="rId694369c6516d1ce3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=tsuneonis&amp;searchTax=Search+Taxonomy" TargetMode="External"/><Relationship Id="rId245669c6516d1d565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tsun.htm" TargetMode="External"/><Relationship Id="rId435269c6516d1d625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId954669c6516d1d866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId313669c6516d1dac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId113869c6516d1c5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId113869c6516d1c5fa.jpg"/><Relationship Id="rId209669c6516d1dff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId209669c6516d1dff2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>