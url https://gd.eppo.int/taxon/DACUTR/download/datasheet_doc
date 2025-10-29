--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378268e691a04eae2" w:history="1">
+            <w:hyperlink r:id="rId21596901875fb63fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458268e691a04eb4c" w:history="1">
+            <w:hyperlink r:id="rId61816901875fb6466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,63 +6216,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17646643" name="name660268e691a051f95" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="16299351" name="name74096901875fb999f" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId896868e691a051f92" cstate="print"/>
+                    <a:blip r:embed="rId36476901875fb999d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505968e691a0526c9" w:history="1">
+      <w:hyperlink r:id="rId28966901875fba034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739768e691a052718" w:history="1">
+      <w:hyperlink r:id="rId89416901875fba080" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503968e691a052e46" w:history="1">
+      <w:hyperlink r:id="rId15196901875fba6ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695768e691a053296" w:history="1">
+      <w:hyperlink r:id="rId37346901875fbab34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618968e691a0532e9" w:history="1">
+      <w:hyperlink r:id="rId59746901875fbab87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694568e691a05335d" w:history="1">
+      <w:hyperlink r:id="rId17226901875fbabfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716168e691a0533ed" w:history="1">
+      <w:hyperlink r:id="rId39096901875fbac89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784068e691a053460" w:history="1">
+      <w:hyperlink r:id="rId57146901875fbacf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881668e691a0539f0" w:history="1">
+      <w:hyperlink r:id="rId59426901875fbb283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908168e691a053bd0" w:history="1">
+      <w:hyperlink r:id="rId88226901875fbb45e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10217,51 +10217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389768e691a053c84" w:history="1">
+      <w:hyperlink r:id="rId68096901875fbb515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254568e691a053df0" w:history="1">
+      <w:hyperlink r:id="rId15546901875fbb67e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55534583" name="name730968e691a053ea0" descr="eu_funding_250.png"/>
+            <wp:docPr id="58173325" name="name66176901875fbd732" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId179268e691a053e9f" cstate="print"/>
+                    <a:blip r:embed="rId69746901875fbd72f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55521228">
+  <w:abstractNum w:abstractNumId="54758471">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22760092">
+    <w:lvl w:ilvl="0" w:tplc="64798770">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22760092" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64798770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55521227">
+  <w:abstractNum w:abstractNumId="54758470">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59535330">
+    <w:lvl w:ilvl="0" w:tplc="92675746">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55521227">
-    <w:abstractNumId w:val="55521227"/>
+  <w:num w:numId="54758470">
+    <w:abstractNumId w:val="54758470"/>
   </w:num>
-  <w:num w:numId="55521228">
-    <w:abstractNumId w:val="55521228"/>
+  <w:num w:numId="54758471">
+    <w:abstractNumId w:val="54758471"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId240206383" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId438942429" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId378268e691a04eae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId458268e691a04eb4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId505968e691a0526c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId739768e691a052718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId503968e691a052e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId695768e691a053296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId618968e691a0532e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId694568e691a05335d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId716168e691a0533ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId784068e691a053460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId881668e691a0539f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId908168e691a053bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId389768e691a053c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254568e691a053df0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId896868e691a051f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896868e691a051f92.jpg"/><Relationship Id="rId179268e691a053e9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId179268e691a053e9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424903058" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219896274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21596901875fb63fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId61816901875fb6466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId28966901875fba034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId89416901875fba080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId15196901875fba6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId37346901875fbab34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId59746901875fbab87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId17226901875fbabfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId39096901875fbac89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId57146901875fbacf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId59426901875fbb283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId88226901875fbb45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId68096901875fbb515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15546901875fbb67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId36476901875fb999d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36476901875fb999d.jpg"/><Relationship Id="rId69746901875fbd72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69746901875fbd72f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>