--- v1 (2025-10-29)
+++ v2 (2025-11-22)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21596901875fb63fe" w:history="1">
+            <w:hyperlink r:id="rId284569212c1718251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61816901875fb6466" w:history="1">
+            <w:hyperlink r:id="rId232369212c17182ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,63 +6216,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16299351" name="name74096901875fb999f" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="75124088" name="name618869212c171b8d1" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36476901875fb999d" cstate="print"/>
+                    <a:blip r:embed="rId731569212c171b8cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28966901875fba034" w:history="1">
+      <w:hyperlink r:id="rId634369212c171bfdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89416901875fba080" w:history="1">
+      <w:hyperlink r:id="rId994469212c171c02a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15196901875fba6ea" w:history="1">
+      <w:hyperlink r:id="rId992769212c171c6a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37346901875fbab34" w:history="1">
+      <w:hyperlink r:id="rId683569212c171cae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59746901875fbab87" w:history="1">
+      <w:hyperlink r:id="rId790969212c171cb3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17226901875fbabfa" w:history="1">
+      <w:hyperlink r:id="rId238769212c171cbbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39096901875fbac89" w:history="1">
+      <w:hyperlink r:id="rId407769212c171cc4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57146901875fbacf9" w:history="1">
+      <w:hyperlink r:id="rId679269212c171ccbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59426901875fbb283" w:history="1">
+      <w:hyperlink r:id="rId682769212c171d259" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88226901875fbb45e" w:history="1">
+      <w:hyperlink r:id="rId740669212c171d433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10217,51 +10217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68096901875fbb515" w:history="1">
+      <w:hyperlink r:id="rId554169212c171d504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15546901875fbb67e" w:history="1">
+      <w:hyperlink r:id="rId193569212c171d66e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58173325" name="name66176901875fbd732" descr="eu_funding_250.png"/>
+            <wp:docPr id="15821757" name="name649069212c171d6fa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69746901875fbd72f" cstate="print"/>
+                    <a:blip r:embed="rId883969212c171d6f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54758471">
+  <w:abstractNum w:abstractNumId="97612390">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64798770">
+    <w:lvl w:ilvl="0" w:tplc="32908727">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64798770" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32908727" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54758470">
+  <w:abstractNum w:abstractNumId="97612389">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92675746">
+    <w:lvl w:ilvl="0" w:tplc="65904487">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54758470">
-    <w:abstractNumId w:val="54758470"/>
+  <w:num w:numId="97612389">
+    <w:abstractNumId w:val="97612389"/>
   </w:num>
-  <w:num w:numId="54758471">
-    <w:abstractNumId w:val="54758471"/>
+  <w:num w:numId="97612390">
+    <w:abstractNumId w:val="97612390"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId424903058" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219896274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21596901875fb63fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId61816901875fb6466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId28966901875fba034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId89416901875fba080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId15196901875fba6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId37346901875fbab34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId59746901875fbab87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId17226901875fbabfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId39096901875fbac89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId57146901875fbacf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId59426901875fbb283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId88226901875fbb45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId68096901875fbb515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId15546901875fbb67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId36476901875fb999d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36476901875fb999d.jpg"/><Relationship Id="rId69746901875fbd72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69746901875fbd72f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939723598" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321065400" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId284569212c1718251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId232369212c17182ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId634369212c171bfdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId994469212c171c02a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId992769212c171c6a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId683569212c171cae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId790969212c171cb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId238769212c171cbbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId407769212c171cc4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId679269212c171ccbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId682769212c171d259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId740669212c171d433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId554169212c171d504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId193569212c171d66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId731569212c171b8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731569212c171b8cd.jpg"/><Relationship Id="rId883969212c171d6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId883969212c171d6f9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>