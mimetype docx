--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284569212c1718251" w:history="1">
+            <w:hyperlink r:id="rId7019693bd1c75114c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232369212c17182ba" w:history="1">
+            <w:hyperlink r:id="rId7792693bd1c7511b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,63 +6216,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75124088" name="name618869212c171b8d1" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="36905236" name="name7284693bd1c7542fc" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId731569212c171b8cd" cstate="print"/>
+                    <a:blip r:embed="rId3732693bd1c7542f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634369212c171bfdf" w:history="1">
+      <w:hyperlink r:id="rId2219693bd1c754a19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994469212c171c02a" w:history="1">
+      <w:hyperlink r:id="rId4951693bd1c754a67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992769212c171c6a3" w:history="1">
+      <w:hyperlink r:id="rId8664693bd1c7550d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683569212c171cae9" w:history="1">
+      <w:hyperlink r:id="rId2750693bd1c755506" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790969212c171cb3d" w:history="1">
+      <w:hyperlink r:id="rId3016693bd1c755558" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238769212c171cbbd" w:history="1">
+      <w:hyperlink r:id="rId3206693bd1c7555c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407769212c171cc4d" w:history="1">
+      <w:hyperlink r:id="rId1512693bd1c755657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679269212c171ccbe" w:history="1">
+      <w:hyperlink r:id="rId5389693bd1c7556c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682769212c171d259" w:history="1">
+      <w:hyperlink r:id="rId3247693bd1c755e52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740669212c171d433" w:history="1">
+      <w:hyperlink r:id="rId4473693bd1c75604d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10217,51 +10217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554169212c171d504" w:history="1">
+      <w:hyperlink r:id="rId4692693bd1c75610c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193569212c171d66e" w:history="1">
+      <w:hyperlink r:id="rId4191693bd1c75627c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15821757" name="name649069212c171d6fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="48156896" name="name2221693bd1c7562e2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId883969212c171d6f9" cstate="print"/>
+                    <a:blip r:embed="rId6014693bd1c7562e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97612390">
+  <w:abstractNum w:abstractNumId="30291382">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32908727">
+    <w:lvl w:ilvl="0" w:tplc="80381186">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32908727" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80381186" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97612389">
+  <w:abstractNum w:abstractNumId="30291381">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65904487">
+    <w:lvl w:ilvl="0" w:tplc="22904480">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97612389">
-    <w:abstractNumId w:val="97612389"/>
+  <w:num w:numId="30291381">
+    <w:abstractNumId w:val="30291381"/>
   </w:num>
-  <w:num w:numId="97612390">
-    <w:abstractNumId w:val="97612390"/>
+  <w:num w:numId="30291382">
+    <w:abstractNumId w:val="30291382"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId939723598" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321065400" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId284569212c1718251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId232369212c17182ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId634369212c171bfdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId994469212c171c02a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId992769212c171c6a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId683569212c171cae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId790969212c171cb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId238769212c171cbbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId407769212c171cc4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId679269212c171ccbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId682769212c171d259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId740669212c171d433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId554169212c171d504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId193569212c171d66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId731569212c171b8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731569212c171b8cd.jpg"/><Relationship Id="rId883969212c171d6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId883969212c171d6f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708500508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId851260690" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7019693bd1c75114c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId7792693bd1c7511b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId2219693bd1c754a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId4951693bd1c754a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId8664693bd1c7550d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId2750693bd1c755506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3016693bd1c755558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId3206693bd1c7555c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId1512693bd1c755657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5389693bd1c7556c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId3247693bd1c755e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId4473693bd1c75604d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId4692693bd1c75610c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4191693bd1c75627c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3732693bd1c7542f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3732693bd1c7542f9.jpg"/><Relationship Id="rId6014693bd1c7562e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6014693bd1c7562e1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>