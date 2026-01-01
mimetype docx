--- v3 (2025-12-12)
+++ v4 (2026-01-01)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7019693bd1c75114c" w:history="1">
+            <w:hyperlink r:id="rId6798695651f7ae5db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7792693bd1c7511b8" w:history="1">
+            <w:hyperlink r:id="rId1895695651f7ae646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,63 +6216,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36905236" name="name7284693bd1c7542fc" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="24199741" name="name8090695651f7b1a7a" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3732693bd1c7542f9" cstate="print"/>
+                    <a:blip r:embed="rId2449695651f7b1a76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2219693bd1c754a19" w:history="1">
+      <w:hyperlink r:id="rId8768695651f7b21ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4951693bd1c754a67" w:history="1">
+      <w:hyperlink r:id="rId5639695651f7b21f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8664693bd1c7550d6" w:history="1">
+      <w:hyperlink r:id="rId8325695651f7b2859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2750693bd1c755506" w:history="1">
+      <w:hyperlink r:id="rId6968695651f7b2c9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3016693bd1c755558" w:history="1">
+      <w:hyperlink r:id="rId2192695651f7b2cf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3206693bd1c7555c9" w:history="1">
+      <w:hyperlink r:id="rId5017695651f7b2d63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1512693bd1c755657" w:history="1">
+      <w:hyperlink r:id="rId7732695651f7b2df3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5389693bd1c7556c6" w:history="1">
+      <w:hyperlink r:id="rId1051695651f7b2e65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3247693bd1c755e52" w:history="1">
+      <w:hyperlink r:id="rId5863695651f7b33f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4473693bd1c75604d" w:history="1">
+      <w:hyperlink r:id="rId6151695651f7b35c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10195,73 +10195,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4692693bd1c75610c" w:history="1">
+      <w:hyperlink r:id="rId9055695651f7b367d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4191693bd1c75627c" w:history="1">
+      <w:hyperlink r:id="rId1395695651f7b37e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48156896" name="name2221693bd1c7562e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="89591813" name="name7830695651f7b3880" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6014693bd1c7562e1" cstate="print"/>
+                    <a:blip r:embed="rId2716695651f7b387f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30291382">
+  <w:abstractNum w:abstractNumId="76359787">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80381186">
+    <w:lvl w:ilvl="0" w:tplc="65984841">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80381186" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65984841" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30291381">
+  <w:abstractNum w:abstractNumId="76359786">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22904480">
+    <w:lvl w:ilvl="0" w:tplc="85860273">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30291381">
-    <w:abstractNumId w:val="30291381"/>
+  <w:num w:numId="76359786">
+    <w:abstractNumId w:val="76359786"/>
   </w:num>
-  <w:num w:numId="30291382">
-    <w:abstractNumId w:val="30291382"/>
+  <w:num w:numId="76359787">
+    <w:abstractNumId w:val="76359787"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708500508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId851260690" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7019693bd1c75114c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId7792693bd1c7511b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId2219693bd1c754a19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId4951693bd1c754a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId8664693bd1c7550d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId2750693bd1c755506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3016693bd1c755558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId3206693bd1c7555c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId1512693bd1c755657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5389693bd1c7556c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId3247693bd1c755e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId4473693bd1c75604d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId4692693bd1c75610c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4191693bd1c75627c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3732693bd1c7542f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3732693bd1c7542f9.jpg"/><Relationship Id="rId6014693bd1c7562e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6014693bd1c7562e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId811540864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248301100" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6798695651f7ae5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId1895695651f7ae646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId8768695651f7b21ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId5639695651f7b21f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId8325695651f7b2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId6968695651f7b2c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2192695651f7b2cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5017695651f7b2d63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId7732695651f7b2df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId1051695651f7b2e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5863695651f7b33f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId6151695651f7b35c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId9055695651f7b367d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1395695651f7b37e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2449695651f7b1a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2449695651f7b1a76.jpg"/><Relationship Id="rId2716695651f7b387f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2716695651f7b387f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>