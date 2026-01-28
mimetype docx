--- v4 (2026-01-01)
+++ v5 (2026-01-28)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6798695651f7ae5db" w:history="1">
+            <w:hyperlink r:id="rId3160697a3c67237ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1895695651f7ae646" w:history="1">
+            <w:hyperlink r:id="rId8790697a3c6723815" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,105 +6216,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24199741" name="name8090695651f7b1a7a" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="98962711" name="name1784697a3c672666f" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2449695651f7b1a76" cstate="print"/>
+                    <a:blip r:embed="rId3202697a3c672666b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Australia (New South Wales, Northern Territory, Queensland, Victoria), French Polynesia, New Caledonia, Pitcairn</w:t>
+        <w:t xml:space="preserve"> Australia (New South Wales, Northern Territory, Queensland, Victoria), French Polynesia, New Caledonia, New Zealand, Pitcairn</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8768695651f7b21ab" w:history="1">
+      <w:hyperlink r:id="rId9314697a3c6726d6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5639695651f7b21f7" w:history="1">
+      <w:hyperlink r:id="rId5963697a3c6726db9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8325695651f7b2859" w:history="1">
+      <w:hyperlink r:id="rId4431697a3c672742a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6968695651f7b2c9f" w:history="1">
+      <w:hyperlink r:id="rId4297697a3c6727851" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2192695651f7b2cf1" w:history="1">
+      <w:hyperlink r:id="rId7514697a3c67278a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5017695651f7b2d63" w:history="1">
+      <w:hyperlink r:id="rId5010697a3c6727914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7732695651f7b2df3" w:history="1">
+      <w:hyperlink r:id="rId4661697a3c67279a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1051695651f7b2e65" w:history="1">
+      <w:hyperlink r:id="rId6346697a3c6727a10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5863695651f7b33f2" w:history="1">
+      <w:hyperlink r:id="rId3490697a3c6727f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6151695651f7b35c9" w:history="1">
+      <w:hyperlink r:id="rId9385697a3c6728174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10217,51 +10217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9055695651f7b367d" w:history="1">
+      <w:hyperlink r:id="rId3962697a3c6728229" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1395695651f7b37e5" w:history="1">
+      <w:hyperlink r:id="rId1954697a3c6728390" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89591813" name="name7830695651f7b3880" descr="eu_funding_250.png"/>
+            <wp:docPr id="41507696" name="name5854697a3c67283fe" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2716695651f7b387f" cstate="print"/>
+                    <a:blip r:embed="rId8546697a3c67283fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76359787">
+  <w:abstractNum w:abstractNumId="45416884">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65984841">
+    <w:lvl w:ilvl="0" w:tplc="39806936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65984841" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39806936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76359786">
+  <w:abstractNum w:abstractNumId="45416883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85860273">
+    <w:lvl w:ilvl="0" w:tplc="39564796">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76359786">
-    <w:abstractNumId w:val="76359786"/>
+  <w:num w:numId="45416883">
+    <w:abstractNumId w:val="45416883"/>
   </w:num>
-  <w:num w:numId="76359787">
-    <w:abstractNumId w:val="76359787"/>
+  <w:num w:numId="45416884">
+    <w:abstractNumId w:val="45416884"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId811540864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248301100" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6798695651f7ae5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId1895695651f7ae646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId8768695651f7b21ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId5639695651f7b21f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId8325695651f7b2859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId6968695651f7b2c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2192695651f7b2cf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5017695651f7b2d63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId7732695651f7b2df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId1051695651f7b2e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5863695651f7b33f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId6151695651f7b35c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId9055695651f7b367d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1395695651f7b37e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2449695651f7b1a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2449695651f7b1a76.jpg"/><Relationship Id="rId2716695651f7b387f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2716695651f7b387f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId205139300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId804790207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3160697a3c67237ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId8790697a3c6723815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId9314697a3c6726d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId5963697a3c6726db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId4431697a3c672742a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId4297697a3c6727851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId7514697a3c67278a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5010697a3c6727914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId4661697a3c67279a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId6346697a3c6727a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId3490697a3c6727f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId9385697a3c6728174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId3962697a3c6728229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1954697a3c6728390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3202697a3c672666b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3202697a3c672666b.jpg"/><Relationship Id="rId8546697a3c67283fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8546697a3c67283fd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>