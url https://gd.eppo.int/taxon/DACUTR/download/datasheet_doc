--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3160697a3c67237ac" w:history="1">
+            <w:hyperlink r:id="rId704269972a54dc8b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8790697a3c6723815" w:history="1">
+            <w:hyperlink r:id="rId256269972a54dc91b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,105 +6216,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98962711" name="name1784697a3c672666f" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="82066044" name="name990269972a54e0851" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3202697a3c672666b" cstate="print"/>
+                    <a:blip r:embed="rId367569972a54e084e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Australia (New South Wales, Northern Territory, Queensland, Victoria), French Polynesia, New Caledonia, New Zealand, Pitcairn</w:t>
+        <w:t xml:space="preserve"> Australia (New South Wales, Northern Territory, Queensland, South Australia, Victoria), French Polynesia, New Caledonia, New Zealand, Pitcairn</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9314697a3c6726d6c" w:history="1">
+      <w:hyperlink r:id="rId498069972a54e0f8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5963697a3c6726db9" w:history="1">
+      <w:hyperlink r:id="rId108469972a54e0fdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4431697a3c672742a" w:history="1">
+      <w:hyperlink r:id="rId757969972a54e1778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4297697a3c6727851" w:history="1">
+      <w:hyperlink r:id="rId211069972a54e1c61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7514697a3c67278a3" w:history="1">
+      <w:hyperlink r:id="rId645069972a54e1cbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5010697a3c6727914" w:history="1">
+      <w:hyperlink r:id="rId993169972a54e1d31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4661697a3c67279a1" w:history="1">
+      <w:hyperlink r:id="rId645269972a54e1dc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6346697a3c6727a10" w:history="1">
+      <w:hyperlink r:id="rId887169972a54e1e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3490697a3c6727f8b" w:history="1">
+      <w:hyperlink r:id="rId653669972a54e243b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9385697a3c6728174" w:history="1">
+      <w:hyperlink r:id="rId223669972a54e264e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10217,51 +10217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3962697a3c6728229" w:history="1">
+      <w:hyperlink r:id="rId777069972a54e2721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1954697a3c6728390" w:history="1">
+      <w:hyperlink r:id="rId575069972a54e28a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41507696" name="name5854697a3c67283fe" descr="eu_funding_250.png"/>
+            <wp:docPr id="54489708" name="name507469972a54e2a60" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8546697a3c67283fd" cstate="print"/>
+                    <a:blip r:embed="rId990069972a54e2a5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45416884">
+  <w:abstractNum w:abstractNumId="56635783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39806936">
+    <w:lvl w:ilvl="0" w:tplc="65745392">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39806936" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65745392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45416883">
+  <w:abstractNum w:abstractNumId="56635782">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39564796">
+    <w:lvl w:ilvl="0" w:tplc="39059581">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45416883">
-    <w:abstractNumId w:val="45416883"/>
+  <w:num w:numId="56635782">
+    <w:abstractNumId w:val="56635782"/>
   </w:num>
-  <w:num w:numId="45416884">
-    <w:abstractNumId w:val="45416884"/>
+  <w:num w:numId="56635783">
+    <w:abstractNumId w:val="56635783"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId205139300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId804790207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3160697a3c67237ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId8790697a3c6723815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId9314697a3c6726d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId5963697a3c6726db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId4431697a3c672742a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId4297697a3c6727851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId7514697a3c67278a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId5010697a3c6727914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId4661697a3c67279a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId6346697a3c6727a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId3490697a3c6727f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId9385697a3c6728174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId3962697a3c6728229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1954697a3c6728390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3202697a3c672666b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3202697a3c672666b.jpg"/><Relationship Id="rId8546697a3c67283fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8546697a3c67283fd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348447038" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId447515612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId704269972a54dc8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId256269972a54dc91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId498069972a54e0f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId108469972a54e0fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId757969972a54e1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId211069972a54e1c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId645069972a54e1cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId993169972a54e1d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId645269972a54e1dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId887169972a54e1e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId653669972a54e243b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId223669972a54e264e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId777069972a54e2721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId575069972a54e28a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId367569972a54e084e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId367569972a54e084e.jpg"/><Relationship Id="rId990069972a54e2a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId990069972a54e2a5f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>