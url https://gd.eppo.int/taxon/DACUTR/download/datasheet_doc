--- v6 (2026-02-19)
+++ v7 (2026-03-13)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Froggatt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Queensland fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId704269972a54dc8b0" w:history="1">
+            <w:hyperlink r:id="rId252169b37e1ee0ab4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256269972a54dc91b" w:history="1">
+            <w:hyperlink r:id="rId136669b37e1ee0b21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -6216,63 +6216,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2012). It has been introduced in other areas but eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82066044" name="name990269972a54e0851" descr="DACUTR_distribution_map.jpg"/>
+            <wp:docPr id="80110175" name="name467469b37e1ee3e27" descr="DACUTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId367569972a54e084e" cstate="print"/>
+                    <a:blip r:embed="rId232369b37e1ee3e23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6944,100 +6944,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. neohumeralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Additionally, the presence of unidentified / possibly misidentified reference sequence in Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498069972a54e0f8d" w:history="1">
+      <w:hyperlink r:id="rId806669b37e1ee4508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108469972a54e0fdc" w:history="1">
+      <w:hyperlink r:id="rId971069b37e1ee455e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7977,51 +7977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757969972a54e1778" w:history="1">
+      <w:hyperlink r:id="rId854269b37e1ee4c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8653,101 +8653,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211069972a54e1c61" w:history="1">
+      <w:hyperlink r:id="rId879469b37e1ee503a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2009) Annex 5 Irradiation treatment for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645069972a54e1cbb" w:history="1">
+      <w:hyperlink r:id="rId548969b37e1ee508c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8773,51 +8773,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993169972a54e1d31" w:history="1">
+      <w:hyperlink r:id="rId799669b37e1ee50ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8863,51 +8863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645269972a54e1dc2" w:history="1">
+      <w:hyperlink r:id="rId752669b37e1ee518e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8933,51 +8933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus limon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887169972a54e1e34" w:history="1">
+      <w:hyperlink r:id="rId477569b37e1ee5212" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9814,51 +9814,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">467-480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653669972a54e243b" w:history="1">
+      <w:hyperlink r:id="rId772869b37e1ee580e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10107,51 +10107,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223669972a54e264e" w:history="1">
+      <w:hyperlink r:id="rId572069b37e1ee5b42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10217,51 +10217,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera tryoni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777069972a54e2721" w:history="1">
+      <w:hyperlink r:id="rId607369b37e1ee5bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10432,90 +10432,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575069972a54e28a5" w:history="1">
+      <w:hyperlink r:id="rId307469b37e1ee5d72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54489708" name="name507469972a54e2a60" descr="eu_funding_250.png"/>
+            <wp:docPr id="91247647" name="name506169b37e1ee5f07" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId990069972a54e2a5f" cstate="print"/>
+                    <a:blip r:embed="rId835169b37e1ee5f05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10613,137 +10613,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56635783">
+  <w:abstractNum w:abstractNumId="15933802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65745392">
+    <w:lvl w:ilvl="0" w:tplc="21160922">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65745392" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21160922" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56635782">
+  <w:abstractNum w:abstractNumId="15933801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39059581">
+    <w:lvl w:ilvl="0" w:tplc="23501169">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11495,55 +11495,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56635782">
-    <w:abstractNumId w:val="56635782"/>
+  <w:num w:numId="15933801">
+    <w:abstractNumId w:val="15933801"/>
   </w:num>
-  <w:num w:numId="56635783">
-    <w:abstractNumId w:val="56635783"/>
+  <w:num w:numId="15933802">
+    <w:abstractNumId w:val="15933802"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23093,51 +23093,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348447038" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId447515612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId704269972a54dc8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId256269972a54dc91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId498069972a54e0f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId108469972a54e0fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId757969972a54e1778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId211069972a54e1c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId645069972a54e1cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId993169972a54e1d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId645269972a54e1dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId887169972a54e1e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId653669972a54e243b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId223669972a54e264e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId777069972a54e2721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId575069972a54e28a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId367569972a54e084e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId367569972a54e084e.jpg"/><Relationship Id="rId990069972a54e2a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId990069972a54e2a5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994436887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId819766765" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId252169b37e1ee0ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId136669b37e1ee0b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUTR/categorization" TargetMode="External"/><Relationship Id="rId806669b37e1ee4508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=78910" TargetMode="External"/><Relationship Id="rId971069b37e1ee455e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUTR/" TargetMode="External"/><Relationship Id="rId854269b37e1ee4c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId879469b37e1ee503a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId548969b37e1ee508c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_05_2009_En_2016-04-22_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId799669b37e1ee50ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId752669b37e1ee518e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId477569b37e1ee5212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2016/06/PT_17_2015_En_2016-05-27_PostCPM11_InkAm.pdf" TargetMode="External"/><Relationship Id="rId772869b37e1ee580e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId572069b37e1ee5b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17693" TargetMode="External"/><Relationship Id="rId607369b37e1ee5bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId307469b37e1ee5d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId232369b37e1ee3e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232369b37e1ee3e23.jpg"/><Relationship Id="rId835169b37e1ee5f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835169b37e1ee5f05.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>