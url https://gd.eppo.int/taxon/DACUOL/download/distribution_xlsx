--- v0 (2025-10-19)
+++ v1 (2026-02-09)
@@ -320,51 +320,51 @@
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Baleares</t>
   </si>
   <si>
     <t>bi</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>