--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510468e707c97267e" w:history="1">
+            <w:hyperlink r:id="rId6034690316044a94f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485768e707c9726e8" w:history="1">
+            <w:hyperlink r:id="rId8505690316044a9bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92364488" name="name982868e707c972d74" descr="14646.jpg"/>
+                  <wp:docPr id="6308225" name="name2696690316044ab19" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId359768e707c972d73" cstate="print"/>
+                          <a:blip r:embed="rId6562690316044ab18" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId384468e707c972e99" w:history="1">
+            <w:hyperlink r:id="rId3615690316044ac54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16503149" name="name657668e707c9747cb" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="55219730" name="name3985690316044c561" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId588668e707c9747c7" cstate="print"/>
+                    <a:blip r:embed="rId3303690316044c55e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565368e707c974ddb" w:history="1">
+      <w:hyperlink r:id="rId8912690316044ce5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641368e707c974e27" w:history="1">
+      <w:hyperlink r:id="rId1447690316044ceb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399268e707c97531f" w:history="1">
+      <w:hyperlink r:id="rId5344690316044d41c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610368e707c975383" w:history="1">
+      <w:hyperlink r:id="rId6489690316044d4d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId255768e707c975448" w:history="1">
+      <w:hyperlink r:id="rId3613690316044d52a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779568e707c975647" w:history="1">
+      <w:hyperlink r:id="rId5000690316044d860" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266268e707c975dfc" w:history="1">
+      <w:hyperlink r:id="rId1537690316044e1d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5124,51 +5124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649068e707c975eb7" w:history="1">
+      <w:hyperlink r:id="rId5384690316044e2e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43682700" name="name434568e707c975f65" descr="eu_funding_250.png"/>
+            <wp:docPr id="84942855" name="name5630690316044e486" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId537168e707c975f64" cstate="print"/>
+                    <a:blip r:embed="rId2125690316044e485" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50448356">
+  <w:abstractNum w:abstractNumId="89066942">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68021946">
+    <w:lvl w:ilvl="0" w:tplc="16369809">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68021946" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16369809" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50448355">
+  <w:abstractNum w:abstractNumId="89066941">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52878700">
+    <w:lvl w:ilvl="0" w:tplc="49585679">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50448355">
-    <w:abstractNumId w:val="50448355"/>
+  <w:num w:numId="89066941">
+    <w:abstractNumId w:val="89066941"/>
   </w:num>
-  <w:num w:numId="50448356">
-    <w:abstractNumId w:val="50448356"/>
+  <w:num w:numId="89066942">
+    <w:abstractNumId w:val="89066942"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId541099280" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId799193963" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId510468e707c97267e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId485768e707c9726e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId384468e707c972e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId565368e707c974ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId641368e707c974e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId399268e707c97531f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId610368e707c975383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId255768e707c975448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId779568e707c975647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId266268e707c975dfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId649068e707c975eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId359768e707c972d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId359768e707c972d73.jpg"/><Relationship Id="rId588668e707c9747c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588668e707c9747c7.jpg"/><Relationship Id="rId537168e707c975f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537168e707c975f64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529352813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523003642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6034690316044a94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId8505690316044a9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId3615690316044ac54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId8912690316044ce5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1447690316044ceb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId5344690316044d41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId6489690316044d4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId3613690316044d52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId5000690316044d860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId1537690316044e1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId5384690316044e2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6562690316044ab18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6562690316044ab18.jpg"/><Relationship Id="rId3303690316044c55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3303690316044c55e.jpg"/><Relationship Id="rId2125690316044e485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2125690316044e485.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>