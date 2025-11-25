--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6034690316044a94f" w:history="1">
+            <w:hyperlink r:id="rId787169254342e916c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8505690316044a9bb" w:history="1">
+            <w:hyperlink r:id="rId363869254342e91db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6308225" name="name2696690316044ab19" descr="14646.jpg"/>
+                  <wp:docPr id="9000526" name="name296169254342e9acb" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6562690316044ab18" cstate="print"/>
+                          <a:blip r:embed="rId456669254342e9ac9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3615690316044ac54" w:history="1">
+            <w:hyperlink r:id="rId616469254342e9caf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55219730" name="name3985690316044c561" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="66116888" name="name410469254342eb2c6" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3303690316044c55e" cstate="print"/>
+                    <a:blip r:embed="rId123169254342eb2c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8912690316044ce5f" w:history="1">
+      <w:hyperlink r:id="rId638369254342eb8a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1447690316044ceb2" w:history="1">
+      <w:hyperlink r:id="rId352269254342eb8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5344690316044d41c" w:history="1">
+      <w:hyperlink r:id="rId440969254342ebdd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6489690316044d4d1" w:history="1">
+      <w:hyperlink r:id="rId222769254342ebe44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3613690316044d52a" w:history="1">
+      <w:hyperlink r:id="rId514869254342ebe9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5000690316044d860" w:history="1">
+      <w:hyperlink r:id="rId832069254342ec08a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1537690316044e1d5" w:history="1">
+      <w:hyperlink r:id="rId207969254342ec738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5124,51 +5124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5384690316044e2e8" w:history="1">
+      <w:hyperlink r:id="rId293969254342ec7f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84942855" name="name5630690316044e486" descr="eu_funding_250.png"/>
+            <wp:docPr id="76391235" name="name536369254342ec8b6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2125690316044e485" cstate="print"/>
+                    <a:blip r:embed="rId881769254342ec8b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89066942">
+  <w:abstractNum w:abstractNumId="19610472">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16369809">
+    <w:lvl w:ilvl="0" w:tplc="93939999">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16369809" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93939999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89066941">
+  <w:abstractNum w:abstractNumId="19610471">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49585679">
+    <w:lvl w:ilvl="0" w:tplc="67466767">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89066941">
-    <w:abstractNumId w:val="89066941"/>
+  <w:num w:numId="19610471">
+    <w:abstractNumId w:val="19610471"/>
   </w:num>
-  <w:num w:numId="89066942">
-    <w:abstractNumId w:val="89066942"/>
+  <w:num w:numId="19610472">
+    <w:abstractNumId w:val="19610472"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529352813" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523003642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6034690316044a94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId8505690316044a9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId3615690316044ac54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId8912690316044ce5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1447690316044ceb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId5344690316044d41c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId6489690316044d4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId3613690316044d52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId5000690316044d860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId1537690316044e1d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId5384690316044e2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6562690316044ab18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6562690316044ab18.jpg"/><Relationship Id="rId3303690316044c55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3303690316044c55e.jpg"/><Relationship Id="rId2125690316044e485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2125690316044e485.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880010590" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId852294000" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId787169254342e916c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId363869254342e91db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId616469254342e9caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId638369254342eb8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId352269254342eb8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId440969254342ebdd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId222769254342ebe44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId514869254342ebe9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId832069254342ec08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId207969254342ec738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId293969254342ec7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId456669254342e9ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456669254342e9ac9.jpg"/><Relationship Id="rId123169254342eb2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId123169254342eb2c3.jpg"/><Relationship Id="rId881769254342ec8b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId881769254342ec8b4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>