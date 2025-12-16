--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId787169254342e916c" w:history="1">
+            <w:hyperlink r:id="rId18156940d535e1df8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363869254342e91db" w:history="1">
+            <w:hyperlink r:id="rId27706940d535e1e61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9000526" name="name296169254342e9acb" descr="14646.jpg"/>
+                  <wp:docPr id="8369275" name="name57076940d535e1f47" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId456669254342e9ac9" cstate="print"/>
+                          <a:blip r:embed="rId19076940d535e1f45" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId616469254342e9caf" w:history="1">
+            <w:hyperlink r:id="rId72636940d535e203e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66116888" name="name410469254342eb2c6" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="18105079" name="name83136940d535e3b7b" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId123169254342eb2c3" cstate="print"/>
+                    <a:blip r:embed="rId87946940d535e3b71" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638369254342eb8a5" w:history="1">
+      <w:hyperlink r:id="rId52016940d535e41b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352269254342eb8f8" w:history="1">
+      <w:hyperlink r:id="rId10506940d535e4202" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440969254342ebdd3" w:history="1">
+      <w:hyperlink r:id="rId63756940d535e472c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222769254342ebe44" w:history="1">
+      <w:hyperlink r:id="rId28386940d535e4790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514869254342ebe9b" w:history="1">
+      <w:hyperlink r:id="rId70206940d535e47e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832069254342ec08a" w:history="1">
+      <w:hyperlink r:id="rId43206940d535e4a00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207969254342ec738" w:history="1">
+      <w:hyperlink r:id="rId25786940d535e5114" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5124,51 +5124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293969254342ec7f0" w:history="1">
+      <w:hyperlink r:id="rId48936940d535e51cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76391235" name="name536369254342ec8b6" descr="eu_funding_250.png"/>
+            <wp:docPr id="658558" name="name56036940d535e52a3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId881769254342ec8b4" cstate="print"/>
+                    <a:blip r:embed="rId57776940d535e52a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19610472">
+  <w:abstractNum w:abstractNumId="69467178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93939999">
+    <w:lvl w:ilvl="0" w:tplc="81372801">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93939999" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81372801" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19610471">
+  <w:abstractNum w:abstractNumId="69467177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67466767">
+    <w:lvl w:ilvl="0" w:tplc="66461347">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19610471">
-    <w:abstractNumId w:val="19610471"/>
+  <w:num w:numId="69467177">
+    <w:abstractNumId w:val="69467177"/>
   </w:num>
-  <w:num w:numId="19610472">
-    <w:abstractNumId w:val="19610472"/>
+  <w:num w:numId="69467178">
+    <w:abstractNumId w:val="69467178"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880010590" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId852294000" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId787169254342e916c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId363869254342e91db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId616469254342e9caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId638369254342eb8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId352269254342eb8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId440969254342ebdd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId222769254342ebe44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId514869254342ebe9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId832069254342ec08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId207969254342ec738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId293969254342ec7f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId456669254342e9ac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456669254342e9ac9.jpg"/><Relationship Id="rId123169254342eb2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId123169254342eb2c3.jpg"/><Relationship Id="rId881769254342ec8b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId881769254342ec8b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404070040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId655398058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18156940d535e1df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId27706940d535e1e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId72636940d535e203e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId52016940d535e41b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId10506940d535e4202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId63756940d535e472c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId28386940d535e4790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId70206940d535e47e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId43206940d535e4a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId25786940d535e5114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId48936940d535e51cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId19076940d535e1f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19076940d535e1f45.jpg"/><Relationship Id="rId87946940d535e3b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87946940d535e3b71.jpg"/><Relationship Id="rId57776940d535e52a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57776940d535e52a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>