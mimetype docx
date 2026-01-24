--- v3 (2025-12-16)
+++ v4 (2026-01-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18156940d535e1df8" w:history="1">
+            <w:hyperlink r:id="rId21076975489ba7d20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27706940d535e1e61" w:history="1">
+            <w:hyperlink r:id="rId89936975489ba7d87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8369275" name="name57076940d535e1f47" descr="14646.jpg"/>
+                  <wp:docPr id="81871831" name="name24546975489ba84a2" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19076940d535e1f45" cstate="print"/>
+                          <a:blip r:embed="rId83706975489ba84a0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72636940d535e203e" w:history="1">
+            <w:hyperlink r:id="rId50786975489ba85c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18105079" name="name83136940d535e3b7b" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="69170287" name="name19846975489ba9b78" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87946940d535e3b71" cstate="print"/>
+                    <a:blip r:embed="rId58766975489ba9b76" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52016940d535e41b4" w:history="1">
+      <w:hyperlink r:id="rId60096975489baa145" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10506940d535e4202" w:history="1">
+      <w:hyperlink r:id="rId38366975489baa192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63756940d535e472c" w:history="1">
+      <w:hyperlink r:id="rId91876975489baa66c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28386940d535e4790" w:history="1">
+      <w:hyperlink r:id="rId25606975489baa6ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70206940d535e47e6" w:history="1">
+      <w:hyperlink r:id="rId24486975489baa722" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43206940d535e4a00" w:history="1">
+      <w:hyperlink r:id="rId63076975489baa90c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25786940d535e5114" w:history="1">
+      <w:hyperlink r:id="rId96836975489bab0d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5102,73 +5102,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48936940d535e51cf" w:history="1">
+      <w:hyperlink r:id="rId28696975489bab18b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="658558" name="name56036940d535e52a3" descr="eu_funding_250.png"/>
+            <wp:docPr id="16779257" name="name79266975489bab22b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57776940d535e52a2" cstate="print"/>
+                    <a:blip r:embed="rId63636975489bab22a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69467178">
+  <w:abstractNum w:abstractNumId="30986030">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81372801">
+    <w:lvl w:ilvl="0" w:tplc="44174710">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81372801" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44174710" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69467177">
+  <w:abstractNum w:abstractNumId="30986029">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66461347">
+    <w:lvl w:ilvl="0" w:tplc="99241246">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69467177">
-    <w:abstractNumId w:val="69467177"/>
+  <w:num w:numId="30986029">
+    <w:abstractNumId w:val="30986029"/>
   </w:num>
-  <w:num w:numId="69467178">
-    <w:abstractNumId w:val="69467178"/>
+  <w:num w:numId="30986030">
+    <w:abstractNumId w:val="30986030"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404070040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId655398058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18156940d535e1df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId27706940d535e1e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId72636940d535e203e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId52016940d535e41b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId10506940d535e4202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId63756940d535e472c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId28386940d535e4790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId70206940d535e47e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId43206940d535e4a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId25786940d535e5114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId48936940d535e51cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId19076940d535e1f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19076940d535e1f45.jpg"/><Relationship Id="rId87946940d535e3b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87946940d535e3b71.jpg"/><Relationship Id="rId57776940d535e52a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57776940d535e52a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219153602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354245165" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21076975489ba7d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId89936975489ba7d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId50786975489ba85c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId60096975489baa145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId38366975489baa192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId91876975489baa66c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId25606975489baa6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId24486975489baa722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId63076975489baa90c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId96836975489bab0d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId28696975489bab18b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83706975489ba84a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83706975489ba84a0.jpg"/><Relationship Id="rId58766975489ba9b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58766975489ba9b76.jpg"/><Relationship Id="rId63636975489bab22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63636975489bab22a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>