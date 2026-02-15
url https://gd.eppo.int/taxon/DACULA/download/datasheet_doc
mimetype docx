--- v4 (2026-01-24)
+++ v5 (2026-02-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21076975489ba7d20" w:history="1">
+            <w:hyperlink r:id="rId12776991af5906453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89936975489ba7d87" w:history="1">
+            <w:hyperlink r:id="rId54456991af59064bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81871831" name="name24546975489ba84a2" descr="14646.jpg"/>
+                  <wp:docPr id="36687671" name="name84806991af5906b34" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83706975489ba84a0" cstate="print"/>
+                          <a:blip r:embed="rId48476991af5906b32" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId50786975489ba85c9" w:history="1">
+            <w:hyperlink r:id="rId84226991af5906e06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69170287" name="name19846975489ba9b78" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="81331606" name="name61556991af590853b" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58766975489ba9b76" cstate="print"/>
+                    <a:blip r:embed="rId61196991af5908537" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60096975489baa145" w:history="1">
+      <w:hyperlink r:id="rId18286991af5908b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38366975489baa192" w:history="1">
+      <w:hyperlink r:id="rId56246991af5908bd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91876975489baa66c" w:history="1">
+      <w:hyperlink r:id="rId66046991af59090db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25606975489baa6ce" w:history="1">
+      <w:hyperlink r:id="rId50576991af590913e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24486975489baa722" w:history="1">
+      <w:hyperlink r:id="rId30506991af5909194" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63076975489baa90c" w:history="1">
+      <w:hyperlink r:id="rId22746991af5909382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96836975489bab0d3" w:history="1">
+      <w:hyperlink r:id="rId67906991af5909a28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5124,51 +5124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28696975489bab18b" w:history="1">
+      <w:hyperlink r:id="rId60366991af5909add" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16779257" name="name79266975489bab22b" descr="eu_funding_250.png"/>
+            <wp:docPr id="41785429" name="name62936991af5909ee0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63636975489bab22a" cstate="print"/>
+                    <a:blip r:embed="rId78316991af5909ede" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30986030">
+  <w:abstractNum w:abstractNumId="97223050">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44174710">
+    <w:lvl w:ilvl="0" w:tplc="62559100">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44174710" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62559100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30986029">
+  <w:abstractNum w:abstractNumId="97223049">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99241246">
+    <w:lvl w:ilvl="0" w:tplc="50993753">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30986029">
-    <w:abstractNumId w:val="30986029"/>
+  <w:num w:numId="97223049">
+    <w:abstractNumId w:val="97223049"/>
   </w:num>
-  <w:num w:numId="30986030">
-    <w:abstractNumId w:val="30986030"/>
+  <w:num w:numId="97223050">
+    <w:abstractNumId w:val="97223050"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219153602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354245165" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21076975489ba7d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId89936975489ba7d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId50786975489ba85c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId60096975489baa145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId38366975489baa192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId91876975489baa66c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId25606975489baa6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId24486975489baa722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId63076975489baa90c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId96836975489bab0d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId28696975489bab18b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83706975489ba84a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83706975489ba84a0.jpg"/><Relationship Id="rId58766975489ba9b76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58766975489ba9b76.jpg"/><Relationship Id="rId63636975489bab22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63636975489bab22a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId952669575" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730333674" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12776991af5906453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId54456991af59064bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId84226991af5906e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId18286991af5908b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId56246991af5908bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId66046991af59090db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId50576991af590913e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId30506991af5909194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId22746991af5909382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId67906991af5909a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId60366991af5909add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48476991af5906b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48476991af5906b32.jpg"/><Relationship Id="rId61196991af5908537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61196991af5908537.jpg"/><Relationship Id="rId78316991af5909ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78316991af5909ede.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>