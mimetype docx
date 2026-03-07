--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12776991af5906453" w:history="1">
+            <w:hyperlink r:id="rId354569ac773a5da53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54456991af59064bd" w:history="1">
+            <w:hyperlink r:id="rId865669ac773a5db07" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36687671" name="name84806991af5906b34" descr="14646.jpg"/>
+                  <wp:docPr id="32574883" name="name687269ac773a5e136" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48476991af5906b32" cstate="print"/>
+                          <a:blip r:embed="rId740269ac773a5e134" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84226991af5906e06" w:history="1">
+            <w:hyperlink r:id="rId248769ac773a5e22c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81331606" name="name61556991af590853b" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="70389965" name="name572169ac773a5f679" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61196991af5908537" cstate="print"/>
+                    <a:blip r:embed="rId787869ac773a5f676" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18286991af5908b8d" w:history="1">
+      <w:hyperlink r:id="rId871069ac773a5fc43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56246991af5908bd9" w:history="1">
+      <w:hyperlink r:id="rId464669ac773a5fc8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66046991af59090db" w:history="1">
+      <w:hyperlink r:id="rId573269ac773a60188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50576991af590913e" w:history="1">
+      <w:hyperlink r:id="rId485969ac773a601e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30506991af5909194" w:history="1">
+      <w:hyperlink r:id="rId886169ac773a6023d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22746991af5909382" w:history="1">
+      <w:hyperlink r:id="rId699669ac773a60422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67906991af5909a28" w:history="1">
+      <w:hyperlink r:id="rId677669ac773a60a97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5124,51 +5124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60366991af5909add" w:history="1">
+      <w:hyperlink r:id="rId197969ac773a60b61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41785429" name="name62936991af5909ee0" descr="eu_funding_250.png"/>
+            <wp:docPr id="30142950" name="name384869ac773a60bfc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78316991af5909ede" cstate="print"/>
+                    <a:blip r:embed="rId401569ac773a60bfb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97223050">
+  <w:abstractNum w:abstractNumId="34673655">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62559100">
+    <w:lvl w:ilvl="0" w:tplc="86822288">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62559100" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86822288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97223049">
+  <w:abstractNum w:abstractNumId="34673654">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50993753">
+    <w:lvl w:ilvl="0" w:tplc="27113092">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97223049">
-    <w:abstractNumId w:val="97223049"/>
+  <w:num w:numId="34673654">
+    <w:abstractNumId w:val="34673654"/>
   </w:num>
-  <w:num w:numId="97223050">
-    <w:abstractNumId w:val="97223050"/>
+  <w:num w:numId="34673655">
+    <w:abstractNumId w:val="34673655"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId952669575" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730333674" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId12776991af5906453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId54456991af59064bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId84226991af5906e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId18286991af5908b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId56246991af5908bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId66046991af59090db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId50576991af590913e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId30506991af5909194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId22746991af5909382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId67906991af5909a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId60366991af5909add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48476991af5906b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48476991af5906b32.jpg"/><Relationship Id="rId61196991af5908537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61196991af5908537.jpg"/><Relationship Id="rId78316991af5909ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78316991af5909ede.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId904913381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId136771247" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId354569ac773a5da53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId865669ac773a5db07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId248769ac773a5e22c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId871069ac773a5fc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId464669ac773a5fc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId573269ac773a60188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId485969ac773a601e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId886169ac773a6023d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId699669ac773a60422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId677669ac773a60a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId197969ac773a60b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId740269ac773a5e134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740269ac773a5e134.jpg"/><Relationship Id="rId787869ac773a5f676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId787869ac773a5f676.jpg"/><Relationship Id="rId401569ac773a60bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401569ac773a60bfb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>