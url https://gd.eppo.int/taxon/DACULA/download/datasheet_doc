--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malaysian fruit fly, solanum fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354569ac773a5da53" w:history="1">
+            <w:hyperlink r:id="rId270869c6f1897c3f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId865669ac773a5db07" w:history="1">
+            <w:hyperlink r:id="rId482969c6f1897c459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACULA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32574883" name="name687269ac773a5e136" descr="14646.jpg"/>
+                  <wp:docPr id="30541658" name="name616969c6f1897c849" descr="14646.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14646.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId740269ac773a5e134" cstate="print"/>
+                          <a:blip r:embed="rId893169c6f1897c847" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId248769ac773a5e22c" w:history="1">
+            <w:hyperlink r:id="rId195369c6f1897c975" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2110,63 +2110,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70389965" name="name572169ac773a5f679" descr="DACULA_distribution_map.jpg"/>
+            <wp:docPr id="99030799" name="name565369c6f1897ecc9" descr="DACULA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACULA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId787869ac773a5f676" cstate="print"/>
+                    <a:blip r:embed="rId963769c6f1897ecc5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2771,100 +2771,100 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however the Barcoding Index Number Systems (BINs) in which this species is represented, also include a few unidentified / possibly misidentified reference sequences. However, at present no DNA barcodes are available for the closely related species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. parvula. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871069ac773a5fc43" w:history="1">
+      <w:hyperlink r:id="rId394969c6f1897f563" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464669ac773a5fc8f" w:history="1">
+      <w:hyperlink r:id="rId224369c6f1897f5b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3555,51 +3555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carroll LE, Norrbom AL, Dallwitz MJ &amp; Thompson FC (2004). Pest fruit flies of the world – larvae. Version 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573269ac773a60188" w:history="1">
+      <w:hyperlink r:id="rId166469c6f189803b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.delta-intkey.com/ffl/www/bac_tryo.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15/11/2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3612,101 +3612,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drew RAI &amp; Romig MC (2013) Tropical Fruit Flies of South-East Asia. CABI, Wallingford (UK), vii+653pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doorenweerd C, Leblanc L, Hsu YF, Huang CL, Lin YC, San Jose M &amp; Rubinoff D (2019) Taiwan's Dacini Fruit Flies: Rare Endemics and Abundant Pests, along Altitudinal Gradients," Pacific Science 73(1), 35-59,. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485969ac773a601e8" w:history="1">
+      <w:hyperlink r:id="rId763469c6f1898047e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2984/73.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886169ac773a6023d" w:history="1">
+      <w:hyperlink r:id="rId193169c6f189804e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3966,51 +3966,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McQuate GT &amp; Liquido NJ (2016) Provisional list of suitable host plants of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera (Bactrocera) carambolae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699669ac773a60422" w:history="1">
+      <w:hyperlink r:id="rId225569c6f189807f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -5014,51 +5014,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677669ac773a60a97" w:history="1">
+      <w:hyperlink r:id="rId658669c6f18981209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5124,51 +5124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera latifrons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197969ac773a60b61" w:history="1">
+      <w:hyperlink r:id="rId898269c6f189812d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5181,63 +5181,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30142950" name="name384869ac773a60bfc" descr="eu_funding_250.png"/>
+            <wp:docPr id="71550913" name="name647569c6f1898149c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId401569ac773a60bfb" cstate="print"/>
+                    <a:blip r:embed="rId948769c6f1898149b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5335,137 +5335,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34673655">
+  <w:abstractNum w:abstractNumId="96971699">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86822288">
+    <w:lvl w:ilvl="0" w:tplc="47895478">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86822288" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47895478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34673654">
+  <w:abstractNum w:abstractNumId="96971698">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27113092">
+    <w:lvl w:ilvl="0" w:tplc="56673490">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6217,55 +6217,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34673654">
-    <w:abstractNumId w:val="34673654"/>
+  <w:num w:numId="96971698">
+    <w:abstractNumId w:val="96971698"/>
   </w:num>
-  <w:num w:numId="34673655">
-    <w:abstractNumId w:val="34673655"/>
+  <w:num w:numId="96971699">
+    <w:abstractNumId w:val="96971699"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17815,51 +17815,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId904913381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId136771247" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId354569ac773a5da53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId865669ac773a5db07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId248769ac773a5e22c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId871069ac773a5fc43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId464669ac773a5fc8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId573269ac773a60188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId485969ac773a601e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId886169ac773a6023d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId699669ac773a60422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId677669ac773a60a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId197969ac773a60b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId740269ac773a5e134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740269ac773a5e134.jpg"/><Relationship Id="rId787869ac773a5f676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId787869ac773a5f676.jpg"/><Relationship Id="rId401569ac773a60bfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId401569ac773a60bfb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId647405443" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId227043541" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId270869c6f1897c3f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId482969c6f1897c459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/categorization" TargetMode="External"/><Relationship Id="rId195369c6f1897c975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACULA/photos" TargetMode="External"/><Relationship Id="rId394969c6f1897f563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+latifrons&amp;searchTax=" TargetMode="External"/><Relationship Id="rId224369c6f1897f5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACULA/" TargetMode="External"/><Relationship Id="rId166469c6f189803b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delta-intkey.com/ffl/www/bac_tryo.htm" TargetMode="External"/><Relationship Id="rId763469c6f1898047e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2984/73.1.3" TargetMode="External"/><Relationship Id="rId193169c6f189804e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId225569c6f189807f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId658669c6f18981209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8719" TargetMode="External"/><Relationship Id="rId898269c6f189812d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId893169c6f1897c847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893169c6f1897c847.jpg"/><Relationship Id="rId963769c6f1897ecc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963769c6f1897ecc5.jpg"/><Relationship Id="rId948769c6f1898149b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId948769c6f1898149b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>