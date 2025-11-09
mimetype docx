--- v0 (2025-10-07)
+++ v1 (2025-11-09)
@@ -512,51 +512,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oriental fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId679668e502634247c" w:history="1">
+            <w:hyperlink r:id="rId415969100bc6b108b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -572,51 +572,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId806268e50263424f2" w:history="1">
+            <w:hyperlink r:id="rId960069100bc6b10f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -630,86 +630,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41442673" name="name392968e5026342bb7" descr="14536.jpg"/>
+                  <wp:docPr id="43209389" name="name360669100bc6b1878" descr="14536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId973168e5026342bb5" cstate="print"/>
+                          <a:blip r:embed="rId945869100bc6b1876" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId301568e5026342cde" w:history="1">
+            <w:hyperlink r:id="rId760369100bc6b19eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10699,63 +10699,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018) although there is currently no evidence that it has become established there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96641021" name="name570868e502634775d" descr="DACUDO_distribution_map.jpg"/>
+            <wp:docPr id="83315788" name="name653069100bc6b72b5" descr="DACUDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId667668e502634775a" cstate="print"/>
+                    <a:blip r:embed="rId422869100bc6b72b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11620,87 +11620,87 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2014). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences (both under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322268e5026347f06" w:history="1">
+      <w:hyperlink r:id="rId496669100bc6b7d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512968e5026347f4a" w:history="1">
+      <w:hyperlink r:id="rId853569100bc6b7db5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera invadens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
@@ -11721,51 +11721,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD). Sequences for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716068e5026347fc2" w:history="1">
+      <w:hyperlink r:id="rId162169100bc6b7e48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -12531,51 +12531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849868e5026348538" w:history="1">
+      <w:hyperlink r:id="rId884769100bc6b857c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13192,51 +13192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carica papaya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144968e502634896c" w:history="1">
+      <w:hyperlink r:id="rId431369100bc6b8a04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13465,51 +13465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689968e5026348b99" w:history="1">
+      <w:hyperlink r:id="rId300269100bc6b8bc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13907,51 +13907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 456-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId859768e5026348e6c" w:history="1">
+      <w:hyperlink r:id="rId405869100bc6b8e8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14144,51 +14144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1355-1361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434968e5026348ffb" w:history="1">
+      <w:hyperlink r:id="rId215869100bc6b9006" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14629,51 +14629,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811768e5026349350" w:history="1">
+      <w:hyperlink r:id="rId794069100bc6b9322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17685</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14739,51 +14739,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765468e502634941b" w:history="1">
+      <w:hyperlink r:id="rId104269100bc6b93d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14954,90 +14954,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680768e502634958c" w:history="1">
+      <w:hyperlink r:id="rId323669100bc6b9547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1888401" name="name455468e5026349630" descr="eu_funding_250.png"/>
+            <wp:docPr id="93603969" name="name810069100bc6b993a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId495468e502634962f" cstate="print"/>
+                    <a:blip r:embed="rId355969100bc6b9939" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15135,137 +15135,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73943724">
+  <w:abstractNum w:abstractNumId="21733028">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70526001">
+    <w:lvl w:ilvl="0" w:tplc="18470482">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70526001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18470482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73943723">
+  <w:abstractNum w:abstractNumId="21733027">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94824590">
+    <w:lvl w:ilvl="0" w:tplc="91828036">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16017,55 +16017,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73943723">
-    <w:abstractNumId w:val="73943723"/>
+  <w:num w:numId="21733027">
+    <w:abstractNumId w:val="21733027"/>
   </w:num>
-  <w:num w:numId="73943724">
-    <w:abstractNumId w:val="73943724"/>
+  <w:num w:numId="21733028">
+    <w:abstractNumId w:val="21733028"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27615,51 +27615,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402972471" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId243224073" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId679668e502634247c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId806268e50263424f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId301568e5026342cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId322268e5026347f06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId512968e5026347f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId716068e5026347fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId849868e5026348538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId144968e502634896c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId689968e5026348b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId859768e5026348e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId434968e5026348ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId811768e5026349350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId765468e502634941b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId680768e502634958c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId973168e5026342bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973168e5026342bb5.jpg"/><Relationship Id="rId667668e502634775a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId667668e502634775a.jpg"/><Relationship Id="rId495468e502634962f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId495468e502634962f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId820176422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567641838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId415969100bc6b108b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId960069100bc6b10f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId760369100bc6b19eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId496669100bc6b7d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId853569100bc6b7db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId162169100bc6b7e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId884769100bc6b857c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId431369100bc6b8a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId300269100bc6b8bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId405869100bc6b8e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId215869100bc6b9006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId794069100bc6b9322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId104269100bc6b93d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId323669100bc6b9547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId945869100bc6b1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId945869100bc6b1876.jpg"/><Relationship Id="rId422869100bc6b72b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422869100bc6b72b2.jpg"/><Relationship Id="rId355969100bc6b9939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355969100bc6b9939.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>