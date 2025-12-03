--- v1 (2025-11-09)
+++ v2 (2025-12-03)
@@ -512,51 +512,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oriental fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415969100bc6b108b" w:history="1">
+            <w:hyperlink r:id="rId1061692fe42c2ce1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -572,51 +572,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId960069100bc6b10f4" w:history="1">
+            <w:hyperlink r:id="rId8955692fe42c2ce97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -630,86 +630,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43209389" name="name360669100bc6b1878" descr="14536.jpg"/>
+                  <wp:docPr id="83218715" name="name8624692fe42c2cf6b" descr="14536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId945869100bc6b1876" cstate="print"/>
+                          <a:blip r:embed="rId3119692fe42c2cf6a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId760369100bc6b19eb" w:history="1">
+            <w:hyperlink r:id="rId3845692fe42c2d086" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10699,63 +10699,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018) although there is currently no evidence that it has become established there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83315788" name="name653069100bc6b72b5" descr="DACUDO_distribution_map.jpg"/>
+            <wp:docPr id="5657142" name="name1338692fe42c319c4" descr="DACUDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId422869100bc6b72b2" cstate="print"/>
+                    <a:blip r:embed="rId5387692fe42c319bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11620,87 +11620,87 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2014). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences (both under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId496669100bc6b7d6a" w:history="1">
+      <w:hyperlink r:id="rId2638692fe42c321ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853569100bc6b7db5" w:history="1">
+      <w:hyperlink r:id="rId1521692fe42c32238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera invadens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
@@ -11721,51 +11721,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD). Sequences for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162169100bc6b7e48" w:history="1">
+      <w:hyperlink r:id="rId1420692fe42c322a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -12531,51 +12531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884769100bc6b857c" w:history="1">
+      <w:hyperlink r:id="rId4590692fe42c32807" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13192,51 +13192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carica papaya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431369100bc6b8a04" w:history="1">
+      <w:hyperlink r:id="rId1116692fe42c32c75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13465,51 +13465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300269100bc6b8bc3" w:history="1">
+      <w:hyperlink r:id="rId6143692fe42c32e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13907,51 +13907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 456-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405869100bc6b8e8e" w:history="1">
+      <w:hyperlink r:id="rId4811692fe42c33110" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14144,51 +14144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1355-1361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215869100bc6b9006" w:history="1">
+      <w:hyperlink r:id="rId3000692fe42c332b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14629,51 +14629,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794069100bc6b9322" w:history="1">
+      <w:hyperlink r:id="rId7145692fe42c33661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17685</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14739,51 +14739,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104269100bc6b93d8" w:history="1">
+      <w:hyperlink r:id="rId6147692fe42c3371c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14954,90 +14954,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323669100bc6b9547" w:history="1">
+      <w:hyperlink r:id="rId3211692fe42c3388a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93603969" name="name810069100bc6b993a" descr="eu_funding_250.png"/>
+            <wp:docPr id="85983132" name="name7621692fe42c33913" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId355969100bc6b9939" cstate="print"/>
+                    <a:blip r:embed="rId4000692fe42c33912" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15135,137 +15135,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21733028">
+  <w:abstractNum w:abstractNumId="29514375">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18470482">
+    <w:lvl w:ilvl="0" w:tplc="22141282">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18470482" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22141282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21733027">
+  <w:abstractNum w:abstractNumId="29514374">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91828036">
+    <w:lvl w:ilvl="0" w:tplc="77104954">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16017,55 +16017,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21733027">
-    <w:abstractNumId w:val="21733027"/>
+  <w:num w:numId="29514374">
+    <w:abstractNumId w:val="29514374"/>
   </w:num>
-  <w:num w:numId="21733028">
-    <w:abstractNumId w:val="21733028"/>
+  <w:num w:numId="29514375">
+    <w:abstractNumId w:val="29514375"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27615,51 +27615,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId820176422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567641838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId415969100bc6b108b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId960069100bc6b10f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId760369100bc6b19eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId496669100bc6b7d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId853569100bc6b7db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId162169100bc6b7e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId884769100bc6b857c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId431369100bc6b8a04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId300269100bc6b8bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId405869100bc6b8e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId215869100bc6b9006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId794069100bc6b9322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId104269100bc6b93d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId323669100bc6b9547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId945869100bc6b1876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId945869100bc6b1876.jpg"/><Relationship Id="rId422869100bc6b72b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422869100bc6b72b2.jpg"/><Relationship Id="rId355969100bc6b9939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355969100bc6b9939.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506357663" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId917965147" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1061692fe42c2ce1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId8955692fe42c2ce97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId3845692fe42c2d086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId2638692fe42c321ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1521692fe42c32238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1420692fe42c322a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId4590692fe42c32807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId1116692fe42c32c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId6143692fe42c32e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4811692fe42c33110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId3000692fe42c332b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId7145692fe42c33661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId6147692fe42c3371c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3211692fe42c3388a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3119692fe42c2cf6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3119692fe42c2cf6a.jpg"/><Relationship Id="rId5387692fe42c319bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5387692fe42c319bf.jpg"/><Relationship Id="rId4000692fe42c33912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4000692fe42c33912.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>