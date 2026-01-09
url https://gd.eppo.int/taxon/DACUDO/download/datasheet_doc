--- v2 (2025-12-03)
+++ v3 (2026-01-09)
@@ -512,51 +512,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oriental fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1061692fe42c2ce1c" w:history="1">
+            <w:hyperlink r:id="rId411069612adae3118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -572,51 +572,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8955692fe42c2ce97" w:history="1">
+            <w:hyperlink r:id="rId132669612adae3184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -630,86 +630,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83218715" name="name8624692fe42c2cf6b" descr="14536.jpg"/>
+                  <wp:docPr id="10641478" name="name168869612adae394c" descr="14536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3119692fe42c2cf6a" cstate="print"/>
+                          <a:blip r:embed="rId448969612adae394a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3845692fe42c2d086" w:history="1">
+            <w:hyperlink r:id="rId994369612adae3a9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10699,63 +10699,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018) although there is currently no evidence that it has become established there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5657142" name="name1338692fe42c319c4" descr="DACUDO_distribution_map.jpg"/>
+            <wp:docPr id="32824625" name="name607369612adae866e" descr="DACUDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5387692fe42c319bf" cstate="print"/>
+                    <a:blip r:embed="rId435869612adae866b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11620,87 +11620,87 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2014). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences (both under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2638692fe42c321ef" w:history="1">
+      <w:hyperlink r:id="rId573869612adae8f51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1521692fe42c32238" w:history="1">
+      <w:hyperlink r:id="rId406669612adae8f9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera invadens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
@@ -11721,51 +11721,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD). Sequences for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1420692fe42c322a4" w:history="1">
+      <w:hyperlink r:id="rId603669612adae900e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -12531,51 +12531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4590692fe42c32807" w:history="1">
+      <w:hyperlink r:id="rId893169612adae957e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13192,51 +13192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carica papaya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1116692fe42c32c75" w:history="1">
+      <w:hyperlink r:id="rId323669612adae99e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13465,51 +13465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6143692fe42c32e36" w:history="1">
+      <w:hyperlink r:id="rId594869612adae9bb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13907,51 +13907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 456-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4811692fe42c33110" w:history="1">
+      <w:hyperlink r:id="rId305869612adae9ea4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14144,51 +14144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1355-1361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3000692fe42c332b0" w:history="1">
+      <w:hyperlink r:id="rId879269612adaea041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14629,51 +14629,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7145692fe42c33661" w:history="1">
+      <w:hyperlink r:id="rId323369612adaea361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17685</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14717,73 +14717,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6147692fe42c3371c" w:history="1">
+      <w:hyperlink r:id="rId502869612adaea419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14954,90 +14954,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3211692fe42c3388a" w:history="1">
+      <w:hyperlink r:id="rId678769612adaea58c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85983132" name="name7621692fe42c33913" descr="eu_funding_250.png"/>
+            <wp:docPr id="30040138" name="name972069612adaea7a7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4000692fe42c33912" cstate="print"/>
+                    <a:blip r:embed="rId282369612adaea7a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15135,137 +15135,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29514375">
+  <w:abstractNum w:abstractNumId="61086505">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22141282">
+    <w:lvl w:ilvl="0" w:tplc="34331023">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22141282" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34331023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29514374">
+  <w:abstractNum w:abstractNumId="61086504">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77104954">
+    <w:lvl w:ilvl="0" w:tplc="32049635">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16017,55 +16017,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29514374">
-    <w:abstractNumId w:val="29514374"/>
+  <w:num w:numId="61086504">
+    <w:abstractNumId w:val="61086504"/>
   </w:num>
-  <w:num w:numId="29514375">
-    <w:abstractNumId w:val="29514375"/>
+  <w:num w:numId="61086505">
+    <w:abstractNumId w:val="61086505"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27615,51 +27615,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506357663" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId917965147" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1061692fe42c2ce1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId8955692fe42c2ce97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId3845692fe42c2d086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId2638692fe42c321ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1521692fe42c32238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1420692fe42c322a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId4590692fe42c32807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId1116692fe42c32c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId6143692fe42c32e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4811692fe42c33110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId3000692fe42c332b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId7145692fe42c33661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId6147692fe42c3371c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3211692fe42c3388a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId3119692fe42c2cf6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3119692fe42c2cf6a.jpg"/><Relationship Id="rId5387692fe42c319bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5387692fe42c319bf.jpg"/><Relationship Id="rId4000692fe42c33912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4000692fe42c33912.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854210980" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId831783564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId411069612adae3118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId132669612adae3184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId994369612adae3a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId573869612adae8f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId406669612adae8f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId603669612adae900e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId893169612adae957e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId323669612adae99e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId594869612adae9bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId305869612adae9ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId879269612adaea041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId323369612adaea361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId502869612adaea419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId678769612adaea58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId448969612adae394a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId448969612adae394a.jpg"/><Relationship Id="rId435869612adae866b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435869612adae866b.jpg"/><Relationship Id="rId282369612adaea7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282369612adaea7a5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>