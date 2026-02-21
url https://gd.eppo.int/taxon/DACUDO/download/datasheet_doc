--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -512,51 +512,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oriental fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411069612adae3118" w:history="1">
+            <w:hyperlink r:id="rId476569990986b5969" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -570,53 +570,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132669612adae3184" w:history="1">
+            <w:hyperlink r:id="rId691069990986b59d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -630,86 +630,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10641478" name="name168869612adae394c" descr="14536.jpg"/>
+                  <wp:docPr id="43283578" name="name140269990986b60a5" descr="14536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId448969612adae394a" cstate="print"/>
+                          <a:blip r:embed="rId200769990986b60a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId994369612adae3a9e" w:history="1">
+            <w:hyperlink r:id="rId980069990986b61cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8841,111 +8841,111 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sclerocarya birrea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Selenicereus undatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sesbania grandiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shirakiopsis indica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simarouba glauca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -10699,63 +10699,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018) although there is currently no evidence that it has become established there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32824625" name="name607369612adae866e" descr="DACUDO_distribution_map.jpg"/>
+            <wp:docPr id="21198129" name="name970969990986bad49" descr="DACUDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId435869612adae866b" cstate="print"/>
+                    <a:blip r:embed="rId975569990986bad45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -11620,87 +11620,87 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2014). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences (both under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573869612adae8f51" w:history="1">
+      <w:hyperlink r:id="rId691669990986bb541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406669612adae8f9f" w:history="1">
+      <w:hyperlink r:id="rId753169990986bb587" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera invadens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
@@ -11721,51 +11721,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD). Sequences for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603669612adae900e" w:history="1">
+      <w:hyperlink r:id="rId720569990986bb5f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -12531,51 +12531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893169612adae957e" w:history="1">
+      <w:hyperlink r:id="rId728969990986bbb80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13192,51 +13192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carica papaya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323669612adae99e8" w:history="1">
+      <w:hyperlink r:id="rId326269990986bbfb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13465,51 +13465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594869612adae9bb3" w:history="1">
+      <w:hyperlink r:id="rId501669990986bc172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13907,51 +13907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 456-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305869612adae9ea4" w:history="1">
+      <w:hyperlink r:id="rId132769990986bc450" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14144,51 +14144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1355-1361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879269612adaea041" w:history="1">
+      <w:hyperlink r:id="rId617969990986bc5cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14629,51 +14629,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323369612adaea361" w:history="1">
+      <w:hyperlink r:id="rId879469990986bc8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17685</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14739,51 +14739,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502869612adaea419" w:history="1">
+      <w:hyperlink r:id="rId319869990986bc9b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14954,90 +14954,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678769612adaea58c" w:history="1">
+      <w:hyperlink r:id="rId735369990986bcb28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30040138" name="name972069612adaea7a7" descr="eu_funding_250.png"/>
+            <wp:docPr id="65725129" name="name520769990986bcbbd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId282369612adaea7a5" cstate="print"/>
+                    <a:blip r:embed="rId587069990986bcbbc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15135,137 +15135,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61086505">
+  <w:abstractNum w:abstractNumId="14362572">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34331023">
+    <w:lvl w:ilvl="0" w:tplc="98483975">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34331023" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98483975" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61086504">
+  <w:abstractNum w:abstractNumId="14362571">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32049635">
+    <w:lvl w:ilvl="0" w:tplc="96272043">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16017,55 +16017,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61086504">
-    <w:abstractNumId w:val="61086504"/>
+  <w:num w:numId="14362571">
+    <w:abstractNumId w:val="14362571"/>
   </w:num>
-  <w:num w:numId="61086505">
-    <w:abstractNumId w:val="61086505"/>
+  <w:num w:numId="14362572">
+    <w:abstractNumId w:val="14362572"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27615,51 +27615,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId854210980" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId831783564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId411069612adae3118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId132669612adae3184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId994369612adae3a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId573869612adae8f51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId406669612adae8f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId603669612adae900e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId893169612adae957e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId323669612adae99e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId594869612adae9bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId305869612adae9ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId879269612adaea041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId323369612adaea361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId502869612adaea419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId678769612adaea58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId448969612adae394a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId448969612adae394a.jpg"/><Relationship Id="rId435869612adae866b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435869612adae866b.jpg"/><Relationship Id="rId282369612adaea7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282369612adaea7a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId438055227" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId457523729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId476569990986b5969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId691069990986b59d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId980069990986b61cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId691669990986bb541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId753169990986bb587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId720569990986bb5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId728969990986bbb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId326269990986bbfb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId501669990986bc172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId132769990986bc450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId617969990986bc5cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId879469990986bc8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId319869990986bc9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId735369990986bcb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId200769990986b60a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200769990986b60a3.jpg"/><Relationship Id="rId975569990986bad45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId975569990986bad45.jpg"/><Relationship Id="rId587069990986bcbbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587069990986bcbbc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>