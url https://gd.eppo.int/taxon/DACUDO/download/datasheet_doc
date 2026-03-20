--- v4 (2026-02-21)
+++ v5 (2026-03-20)
@@ -512,51 +512,51 @@
               <w:t xml:space="preserve"> (Hendel)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> oriental fruit fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476569990986b5969" w:history="1">
+            <w:hyperlink r:id="rId736469bca10518c10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -572,51 +572,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId691069990986b59d7" w:history="1">
+            <w:hyperlink r:id="rId504069bca10518c7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -630,86 +630,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUDO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43283578" name="name140269990986b60a5" descr="14536.jpg"/>
+                  <wp:docPr id="71176892" name="name894769bca1051921f" descr="14536.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14536.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId200769990986b60a3" cstate="print"/>
+                          <a:blip r:embed="rId458669bca1051921d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId980069990986b61cb" w:history="1">
+            <w:hyperlink r:id="rId138769bca10519385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -10699,63 +10699,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018) although there is currently no evidence that it has become established there.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21198129" name="name970969990986bad49" descr="DACUDO_distribution_map.jpg"/>
+            <wp:docPr id="74865810" name="name208769bca1051e03d" descr="DACUDO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUDO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId975569990986bad45" cstate="print"/>
+                    <a:blip r:embed="rId530069bca1051e039" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -10837,51 +10837,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States of America (California, Hawaii)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Australia (Queensland), French Polynesia, Palau, Papua New Guinea</w:t>
+        <w:t xml:space="preserve"> Australia (Queensland), French Polynesia, New Zealand, Palau, Papua New Guinea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11620,87 +11620,87 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2014). Additionally, the presence of unidentified / possibly misidentified reference sequence in the Barcoding Index Number Systems (BINs) in which this species is represented, might also bias its molecular identification.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sequences (both under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691669990986bb541" w:history="1">
+      <w:hyperlink r:id="rId180369bca1051e8db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753169990986bb587" w:history="1">
+      <w:hyperlink r:id="rId262569bca1051e923" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bactrocera invadens</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
@@ -11721,51 +11721,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD). Sequences for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720569990986bb5f4" w:history="1">
+      <w:hyperlink r:id="rId847869bca1051e98e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -12531,51 +12531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728969990986bbb80" w:history="1">
+      <w:hyperlink r:id="rId111669bca1051eee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13192,51 +13192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carica papaya</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Rome, IPPC, FAO. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326269990986bbfb9" w:history="1">
+      <w:hyperlink r:id="rId713869bca1051f30a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13465,51 +13465,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Compendium of Fruit Fly Host Information </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI), Edition 4.0, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501669990986bc172" w:history="1">
+      <w:hyperlink r:id="rId543069bca1051f4dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13907,51 +13907,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 456-471. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132769990986bc450" w:history="1">
+      <w:hyperlink r:id="rId141369bca1051f7bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/syen.12113</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14144,51 +14144,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1355-1361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2021) United States Department of Agriculture Treatment Manual. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617969990986bc5cd" w:history="1">
+      <w:hyperlink r:id="rId572169bca1051f932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2021-04-23]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14629,51 +14629,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879469990986bc8f8" w:history="1">
+      <w:hyperlink r:id="rId913569bca1051fc39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17685</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14739,51 +14739,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera dorsalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319869990986bc9b1" w:history="1">
+      <w:hyperlink r:id="rId210269bca1051fcee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14954,90 +14954,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735369990986bcb28" w:history="1">
+      <w:hyperlink r:id="rId482969bca1051fe5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65725129" name="name520769990986bcbbd" descr="eu_funding_250.png"/>
+            <wp:docPr id="36155872" name="name800269bca105200d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId587069990986bcbbc" cstate="print"/>
+                    <a:blip r:embed="rId928569bca105200d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15135,137 +15135,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14362572">
+  <w:abstractNum w:abstractNumId="71863758">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98483975">
+    <w:lvl w:ilvl="0" w:tplc="45804407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98483975" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45804407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14362571">
+  <w:abstractNum w:abstractNumId="71863757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96272043">
+    <w:lvl w:ilvl="0" w:tplc="20077619">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16017,55 +16017,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14362571">
-    <w:abstractNumId w:val="14362571"/>
+  <w:num w:numId="71863757">
+    <w:abstractNumId w:val="71863757"/>
   </w:num>
-  <w:num w:numId="14362572">
-    <w:abstractNumId w:val="14362572"/>
+  <w:num w:numId="71863758">
+    <w:abstractNumId w:val="71863758"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27615,51 +27615,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId438055227" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId457523729" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId476569990986b5969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId691069990986b59d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId980069990986b61cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId691669990986bb541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId753169990986bb587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId720569990986bb5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId728969990986bbb80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId326269990986bbfb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId501669990986bc172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId132769990986bc450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId617969990986bc5cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId879469990986bc8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId319869990986bc9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId735369990986bcb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId200769990986b60a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200769990986b60a3.jpg"/><Relationship Id="rId975569990986bad45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId975569990986bad45.jpg"/><Relationship Id="rId587069990986bcbbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId587069990986bcbbc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId444681937" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId633772565" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId736469bca10518c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId504069bca10518c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/categorization" TargetMode="External"/><Relationship Id="rId138769bca10519385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUDO/photos" TargetMode="External"/><Relationship Id="rId180369bca1051e8db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+dorsalis&amp;searchTax=" TargetMode="External"/><Relationship Id="rId262569bca1051e923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Bactrocera+invadens&amp;searchTax=" TargetMode="External"/><Relationship Id="rId847869bca1051e98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUDO/" TargetMode="External"/><Relationship Id="rId111669bca1051eee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId713869bca1051f30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.ippc.int/static/media/files/publication/en/2019/02/PT_32_2018_En_VHT_Bactr_papaya_2018-04-21_WithCover.pdf" TargetMode="External"/><Relationship Id="rId543069bca1051f4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId141369bca1051f7bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/syen.12113" TargetMode="External"/><Relationship Id="rId572169bca1051f932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aphis.usda.gov/import_export/plants/manuals/ports/downloads/treatment.pdf" TargetMode="External"/><Relationship Id="rId913569bca1051fc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17685" TargetMode="External"/><Relationship Id="rId210269bca1051fcee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId482969bca1051fe5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId458669bca1051921d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458669bca1051921d.jpg"/><Relationship Id="rId530069bca1051e039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId530069bca1051e039.jpg"/><Relationship Id="rId928569bca105200d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId928569bca105200d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>