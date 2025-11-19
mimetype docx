--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Chen)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese citrus fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId729968e6e4e96e997" w:history="1">
+            <w:hyperlink r:id="rId8340691d8d8061628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId747368e6e4e96e9da" w:history="1">
+            <w:hyperlink r:id="rId3204691d8d806166f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1224,63 +1224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. minax </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is restricted to northeastern India, Bhutan, Nepal, and southern China. The record from Donghai County in Jiangsu, China is uncertain according to Hancock &amp; Drew (2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72414675" name="name883868e6e4e96fea9" descr="DACUCT_distribution_map.jpg"/>
+            <wp:docPr id="9236283" name="name7073691d8d80633d2" descr="DACUCT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId673168e6e4e96fea6" cstate="print"/>
+                    <a:blip r:embed="rId3138691d8d80633cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2081,74 +2081,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId885868e6e4e970695" w:history="1">
+      <w:hyperlink r:id="rId2098691d8d8063e4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901768e6e4e9706c1" w:history="1">
+      <w:hyperlink r:id="rId1983691d8d8063e9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3237,101 +3237,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828468e6e4e970ece" w:history="1">
+      <w:hyperlink r:id="rId1272691d8d806484c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chang CL, Liquido NJ, Nakamichi KAA &amp; Ching AJ (2018) Host Plant Records of the Chinese Citrus Fruit Fly (柑橘大实蝇), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Enderlein) (Diptera: Tephritidae). Version 1.0 February 06, 2018. United States Department of Agriculture, 22pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816468e6e4e970f24" w:history="1">
+      <w:hyperlink r:id="rId3524691d8d80648d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4728,51 +4728,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI invasive species compendium: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533168e6e4e97182d" w:history="1">
+      <w:hyperlink r:id="rId4150691d8d8065f02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8726</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4838,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324868e6e4e9718e4" w:history="1">
+      <w:hyperlink r:id="rId1751691d8d8065fd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5041,63 +5041,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79688460" name="name744568e6e4e971a66" descr="eu_funding_250.png"/>
+            <wp:docPr id="52566545" name="name8096691d8d80661f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId733068e6e4e971a65" cstate="print"/>
+                    <a:blip r:embed="rId7025691d8d80661f1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5195,137 +5195,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59365897">
+  <w:abstractNum w:abstractNumId="64594594">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48172328">
+    <w:lvl w:ilvl="0" w:tplc="16832182">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48172328" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16832182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59365896">
+  <w:abstractNum w:abstractNumId="64594593">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38714987">
+    <w:lvl w:ilvl="0" w:tplc="62688002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6077,55 +6077,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59365896">
-    <w:abstractNumId w:val="59365896"/>
+  <w:num w:numId="64594593">
+    <w:abstractNumId w:val="64594593"/>
   </w:num>
-  <w:num w:numId="59365897">
-    <w:abstractNumId w:val="59365897"/>
+  <w:num w:numId="64594594">
+    <w:abstractNumId w:val="64594594"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17675,51 +17675,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887144832" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402425368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId729968e6e4e96e997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId747368e6e4e96e9da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId885868e6e4e970695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId901768e6e4e9706c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId828468e6e4e970ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId816468e6e4e970f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId533168e6e4e97182d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId324868e6e4e9718e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId673168e6e4e96fea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673168e6e4e96fea6.jpg"/><Relationship Id="rId733068e6e4e971a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId733068e6e4e971a65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId869811666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId486649923" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8340691d8d8061628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId3204691d8d806166f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId2098691d8d8063e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId1983691d8d8063e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId1272691d8d806484c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3524691d8d80648d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4150691d8d8065f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId1751691d8d8065fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3138691d8d80633cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3138691d8d80633cf.jpg"/><Relationship Id="rId7025691d8d80661f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7025691d8d80661f1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>