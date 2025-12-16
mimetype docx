--- v1 (2025-11-19)
+++ v2 (2025-12-16)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Chen)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese citrus fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8340691d8d8061628" w:history="1">
+            <w:hyperlink r:id="rId594969411c1bbc002" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3204691d8d806166f" w:history="1">
+            <w:hyperlink r:id="rId570869411c1bbc0a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1224,63 +1224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. minax </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is restricted to northeastern India, Bhutan, Nepal, and southern China. The record from Donghai County in Jiangsu, China is uncertain according to Hancock &amp; Drew (2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9236283" name="name7073691d8d80633d2" descr="DACUCT_distribution_map.jpg"/>
+            <wp:docPr id="79140056" name="name391769411c1bbd636" descr="DACUCT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3138691d8d80633cf" cstate="print"/>
+                    <a:blip r:embed="rId905069411c1bbd632" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2081,74 +2081,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2098691d8d8063e4c" w:history="1">
+      <w:hyperlink r:id="rId935369411c1bbde9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1983691d8d8063e9e" w:history="1">
+      <w:hyperlink r:id="rId169469411c1bbdec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3237,101 +3237,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1272691d8d806484c" w:history="1">
+      <w:hyperlink r:id="rId673669411c1bbe631" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chang CL, Liquido NJ, Nakamichi KAA &amp; Ching AJ (2018) Host Plant Records of the Chinese Citrus Fruit Fly (柑橘大实蝇), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Enderlein) (Diptera: Tephritidae). Version 1.0 February 06, 2018. United States Department of Agriculture, 22pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3524691d8d80648d4" w:history="1">
+      <w:hyperlink r:id="rId371769411c1bbe68a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4728,51 +4728,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI invasive species compendium: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4150691d8d8065f02" w:history="1">
+      <w:hyperlink r:id="rId951369411c1bbefd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8726</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4838,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1751691d8d8065fd5" w:history="1">
+      <w:hyperlink r:id="rId996569411c1bbf092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5041,63 +5041,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52566545" name="name8096691d8d80661f3" descr="eu_funding_250.png"/>
+            <wp:docPr id="40175943" name="name534069411c1bbf241" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7025691d8d80661f1" cstate="print"/>
+                    <a:blip r:embed="rId710469411c1bbf240" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5195,137 +5195,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64594594">
+  <w:abstractNum w:abstractNumId="76041797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16832182">
+    <w:lvl w:ilvl="0" w:tplc="56975220">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16832182" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56975220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64594593">
+  <w:abstractNum w:abstractNumId="76041796">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62688002">
+    <w:lvl w:ilvl="0" w:tplc="29768298">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6077,55 +6077,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64594593">
-    <w:abstractNumId w:val="64594593"/>
+  <w:num w:numId="76041796">
+    <w:abstractNumId w:val="76041796"/>
   </w:num>
-  <w:num w:numId="64594594">
-    <w:abstractNumId w:val="64594594"/>
+  <w:num w:numId="76041797">
+    <w:abstractNumId w:val="76041797"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17675,51 +17675,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId869811666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId486649923" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8340691d8d8061628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId3204691d8d806166f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId2098691d8d8063e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId1983691d8d8063e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId1272691d8d806484c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3524691d8d80648d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId4150691d8d8065f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId1751691d8d8065fd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3138691d8d80633cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3138691d8d80633cf.jpg"/><Relationship Id="rId7025691d8d80661f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7025691d8d80661f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449501795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889871104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId594969411c1bbc002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId570869411c1bbc0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId935369411c1bbde9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId169469411c1bbdec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId673669411c1bbe631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId371769411c1bbe68a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId951369411c1bbefd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId996569411c1bbf092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId905069411c1bbd632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId905069411c1bbd632.jpg"/><Relationship Id="rId710469411c1bbf240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710469411c1bbf240.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>