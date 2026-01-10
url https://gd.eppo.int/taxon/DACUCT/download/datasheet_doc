--- v2 (2025-12-16)
+++ v3 (2026-01-10)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Chen)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese citrus fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId594969411c1bbc002" w:history="1">
+            <w:hyperlink r:id="rId2547696207f43eb94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570869411c1bbc0a7" w:history="1">
+            <w:hyperlink r:id="rId2233696207f43ebd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1224,63 +1224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. minax </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is restricted to northeastern India, Bhutan, Nepal, and southern China. The record from Donghai County in Jiangsu, China is uncertain according to Hancock &amp; Drew (2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79140056" name="name391769411c1bbd636" descr="DACUCT_distribution_map.jpg"/>
+            <wp:docPr id="75482109" name="name5647696207f43feee" descr="DACUCT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId905069411c1bbd632" cstate="print"/>
+                    <a:blip r:embed="rId4817696207f43feeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2081,74 +2081,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId935369411c1bbde9a" w:history="1">
+      <w:hyperlink r:id="rId9866696207f44068c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169469411c1bbdec7" w:history="1">
+      <w:hyperlink r:id="rId2667696207f4406b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3237,101 +3237,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673669411c1bbe631" w:history="1">
+      <w:hyperlink r:id="rId6963696207f440e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chang CL, Liquido NJ, Nakamichi KAA &amp; Ching AJ (2018) Host Plant Records of the Chinese Citrus Fruit Fly (柑橘大实蝇), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Enderlein) (Diptera: Tephritidae). Version 1.0 February 06, 2018. United States Department of Agriculture, 22pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371769411c1bbe68a" w:history="1">
+      <w:hyperlink r:id="rId2324696207f440e8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4728,51 +4728,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI invasive species compendium: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951369411c1bbefd7" w:history="1">
+      <w:hyperlink r:id="rId9493696207f4417c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8726</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4816,73 +4816,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996569411c1bbf092" w:history="1">
+      <w:hyperlink r:id="rId9445696207f44187e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5041,63 +5041,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40175943" name="name534069411c1bbf241" descr="eu_funding_250.png"/>
+            <wp:docPr id="45958589" name="name4884696207f441b10" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId710469411c1bbf240" cstate="print"/>
+                    <a:blip r:embed="rId7162696207f441b0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5195,137 +5195,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76041797">
+  <w:abstractNum w:abstractNumId="72228653">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56975220">
+    <w:lvl w:ilvl="0" w:tplc="47649413">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56975220" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47649413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76041796">
+  <w:abstractNum w:abstractNumId="72228652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29768298">
+    <w:lvl w:ilvl="0" w:tplc="37773461">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6077,55 +6077,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76041796">
-    <w:abstractNumId w:val="76041796"/>
+  <w:num w:numId="72228652">
+    <w:abstractNumId w:val="72228652"/>
   </w:num>
-  <w:num w:numId="76041797">
-    <w:abstractNumId w:val="76041797"/>
+  <w:num w:numId="72228653">
+    <w:abstractNumId w:val="72228653"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17675,51 +17675,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449501795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889871104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId594969411c1bbc002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId570869411c1bbc0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId935369411c1bbde9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId169469411c1bbdec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId673669411c1bbe631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId371769411c1bbe68a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId951369411c1bbefd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId996569411c1bbf092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId905069411c1bbd632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId905069411c1bbd632.jpg"/><Relationship Id="rId710469411c1bbf240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710469411c1bbf240.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId554758896" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544265129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2547696207f43eb94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId2233696207f43ebd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId9866696207f44068c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId2667696207f4406b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId6963696207f440e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2324696207f440e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9493696207f4417c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId9445696207f44187e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4817696207f43feeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4817696207f43feeb.jpg"/><Relationship Id="rId7162696207f441b0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7162696207f441b0e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>