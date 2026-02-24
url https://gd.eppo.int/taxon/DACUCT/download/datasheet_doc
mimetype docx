--- v3 (2026-01-10)
+++ v4 (2026-02-24)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Chen)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese citrus fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2547696207f43eb94" w:history="1">
+            <w:hyperlink r:id="rId4883699d77ff88760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2233696207f43ebd9" w:history="1">
+            <w:hyperlink r:id="rId2224699d77ff887a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1224,63 +1224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. minax </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is restricted to northeastern India, Bhutan, Nepal, and southern China. The record from Donghai County in Jiangsu, China is uncertain according to Hancock &amp; Drew (2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75482109" name="name5647696207f43feee" descr="DACUCT_distribution_map.jpg"/>
+            <wp:docPr id="37254870" name="name4823699d77ff89e32" descr="DACUCT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4817696207f43feeb" cstate="print"/>
+                    <a:blip r:embed="rId2963699d77ff89e0d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2081,74 +2081,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9866696207f44068c" w:history="1">
+      <w:hyperlink r:id="rId9013699d77ff8a8aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2667696207f4406b7" w:history="1">
+      <w:hyperlink r:id="rId6223699d77ff8a8df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3237,101 +3237,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6963696207f440e36" w:history="1">
+      <w:hyperlink r:id="rId3308699d77ff8b188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chang CL, Liquido NJ, Nakamichi KAA &amp; Ching AJ (2018) Host Plant Records of the Chinese Citrus Fruit Fly (柑橘大实蝇), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Enderlein) (Diptera: Tephritidae). Version 1.0 February 06, 2018. United States Department of Agriculture, 22pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2324696207f440e8e" w:history="1">
+      <w:hyperlink r:id="rId3672699d77ff8b1e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4728,51 +4728,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI invasive species compendium: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9493696207f4417c0" w:history="1">
+      <w:hyperlink r:id="rId9669699d77ff8bb30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8726</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4838,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9445696207f44187e" w:history="1">
+      <w:hyperlink r:id="rId4270699d77ff8bbea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5041,63 +5041,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45958589" name="name4884696207f441b10" descr="eu_funding_250.png"/>
+            <wp:docPr id="31409016" name="name9615699d77ff8bd7b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7162696207f441b0e" cstate="print"/>
+                    <a:blip r:embed="rId9861699d77ff8bd7a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5195,137 +5195,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72228653">
+  <w:abstractNum w:abstractNumId="43468488">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47649413">
+    <w:lvl w:ilvl="0" w:tplc="70442039">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47649413" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70442039" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72228652">
+  <w:abstractNum w:abstractNumId="43468487">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37773461">
+    <w:lvl w:ilvl="0" w:tplc="10521505">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6077,55 +6077,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72228652">
-    <w:abstractNumId w:val="72228652"/>
+  <w:num w:numId="43468487">
+    <w:abstractNumId w:val="43468487"/>
   </w:num>
-  <w:num w:numId="72228653">
-    <w:abstractNumId w:val="72228653"/>
+  <w:num w:numId="43468488">
+    <w:abstractNumId w:val="43468488"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17675,51 +17675,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId554758896" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544265129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2547696207f43eb94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId2233696207f43ebd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId9866696207f44068c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId2667696207f4406b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId6963696207f440e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId2324696207f440e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9493696207f4417c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId9445696207f44187e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4817696207f43feeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4817696207f43feeb.jpg"/><Relationship Id="rId7162696207f441b0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7162696207f441b0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId777368472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762891495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4883699d77ff88760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId2224699d77ff887a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId9013699d77ff8a8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId6223699d77ff8a8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId3308699d77ff8b188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3672699d77ff8b1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9669699d77ff8bb30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId4270699d77ff8bbea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2963699d77ff89e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2963699d77ff89e0d.jpg"/><Relationship Id="rId9861699d77ff8bd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9861699d77ff8bd7a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>