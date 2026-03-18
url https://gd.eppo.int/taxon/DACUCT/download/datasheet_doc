--- v4 (2026-02-24)
+++ v5 (2026-03-18)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Chen)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese citrus fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4883699d77ff88760" w:history="1">
+            <w:hyperlink r:id="rId797069baa6db5aa11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2224699d77ff887a4" w:history="1">
+            <w:hyperlink r:id="rId280569baa6db5aa6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1224,63 +1224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. minax </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is restricted to northeastern India, Bhutan, Nepal, and southern China. The record from Donghai County in Jiangsu, China is uncertain according to Hancock &amp; Drew (2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37254870" name="name4823699d77ff89e32" descr="DACUCT_distribution_map.jpg"/>
+            <wp:docPr id="15261785" name="name779269baa6db5c161" descr="DACUCT_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCT_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2963699d77ff89e0d" cstate="print"/>
+                    <a:blip r:embed="rId234169baa6db5c157" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2081,74 +2081,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> only forms monospecific Barcoding Index Number Systems (BINs) including representatives from the geographical distribution of this species. For this reason, DNA barcoding might be considered as a suitable tool for the molecular identification of this species. Sequences are available in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9013699d77ff8a8aa" w:history="1">
+      <w:hyperlink r:id="rId222169baa6db5d123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BOLD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6223699d77ff8a8df" w:history="1">
+      <w:hyperlink r:id="rId260969baa6db5d166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-Bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3237,101 +3237,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3308699d77ff8b188" w:history="1">
+      <w:hyperlink r:id="rId928669baa6db5da8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chang CL, Liquido NJ, Nakamichi KAA &amp; Ching AJ (2018) Host Plant Records of the Chinese Citrus Fruit Fly (柑橘大实蝇), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Enderlein) (Diptera: Tephritidae). Version 1.0 February 06, 2018. United States Department of Agriculture, 22pp. Available online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3672699d77ff8b1e0" w:history="1">
+      <w:hyperlink r:id="rId672569baa6db5dae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed  12/04/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4728,51 +4728,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI invasive species compendium: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9669699d77ff8bb30" w:history="1">
+      <w:hyperlink r:id="rId465769baa6db5eeb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/8726</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4838,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bactrocera minax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4270699d77ff8bbea" w:history="1">
+      <w:hyperlink r:id="rId573869baa6db5efd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5041,63 +5041,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31409016" name="name9615699d77ff8bd7b" descr="eu_funding_250.png"/>
+            <wp:docPr id="28848892" name="name375569baa6db5f27c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9861699d77ff8bd7a" cstate="print"/>
+                    <a:blip r:embed="rId370269baa6db5f27a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5195,137 +5195,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43468488">
+  <w:abstractNum w:abstractNumId="84390093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70442039">
+    <w:lvl w:ilvl="0" w:tplc="70208043">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70442039" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70208043" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43468487">
+  <w:abstractNum w:abstractNumId="84390092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10521505">
+    <w:lvl w:ilvl="0" w:tplc="60333121">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6077,55 +6077,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43468487">
-    <w:abstractNumId w:val="43468487"/>
+  <w:num w:numId="84390092">
+    <w:abstractNumId w:val="84390092"/>
   </w:num>
-  <w:num w:numId="43468488">
-    <w:abstractNumId w:val="43468488"/>
+  <w:num w:numId="84390093">
+    <w:abstractNumId w:val="84390093"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17675,51 +17675,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId777368472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762891495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4883699d77ff88760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId2224699d77ff887a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId9013699d77ff8a8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId6223699d77ff8a8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId3308699d77ff8b188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId3672699d77ff8b1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9669699d77ff8bb30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId4270699d77ff8bbea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2963699d77ff89e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2963699d77ff89e0d.jpg"/><Relationship Id="rId9861699d77ff8bd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9861699d77ff8bd7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId857990477" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId616391100" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId797069baa6db5aa11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/" TargetMode="External"/><Relationship Id="rId280569baa6db5aa6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCT/categorization" TargetMode="External"/><Relationship Id="rId222169baa6db5d123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boldsystems.org/index.php/TaxBrowser_TaxonPage?taxid=492655" TargetMode="External"/><Relationship Id="rId260969baa6db5d166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/" TargetMode="External"/><Relationship Id="rId928669baa6db5da8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId672569baa6db5dae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId465769baa6db5eeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/8726" TargetMode="External"/><Relationship Id="rId573869baa6db5efd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId234169baa6db5c157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId234169baa6db5c157.jpg"/><Relationship Id="rId370269baa6db5f27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370269baa6db5f27a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>