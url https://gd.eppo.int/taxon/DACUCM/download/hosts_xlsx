--- v0 (2025-10-16)
+++ v1 (2026-02-09)
@@ -93,51 +93,51 @@
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CIAPA</t>
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
     <t>LUFAE</t>
   </si>
   <si>
     <t>Luffa aegyptiaca</t>
   </si>
   <si>
     <t>MOMCH</t>
   </si>
   <si>
     <t>Momordica charantia</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>TTHCU</t>
   </si>
   <si>
     <t>Trichosanthes cucumerina</t>
   </si>
   <si>
     <t>* Dominiak BC, Worsley P (2018) Review of cucumber fruit fly, Bactrocera cucumis (French) (Diptera: Tephritidae: Dacinae) in Australia: Part 1, host range, surveillance and distribution. Crop Protection 106, 79-85.
 -------as Trichosanthes anguina.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>