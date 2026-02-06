--- v0 (2025-10-09)
+++ v1 (2026-02-06)
@@ -414,51 +414,51 @@
   <si>
     <t>Peponium mackenii</t>
   </si>
   <si>
     <t>PHSSS</t>
   </si>
   <si>
     <t>Phaseolus sp.</t>
   </si>
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>SLCBB</t>
   </si>
   <si>
     <t>Sclerocarya birrea</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>SOLAE</t>
   </si>
   <si>
     <t>Solanum aethiopicum</t>
   </si>
   <si>
     <t>SOLAG</t>
   </si>
   <si>
     <t>Solanum anguivi</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>