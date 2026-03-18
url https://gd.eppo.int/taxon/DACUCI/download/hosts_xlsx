--- v1 (2026-02-06)
+++ v2 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="DACUCI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CUMME</t>
   </si>
   <si>
     <t>Cucumis melo</t>
   </si>
   <si>
     <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.
 * White IM (2006) Taxonomy of the Dacina (Diptera: Tephritidae) of Africa and the Middle East. African Entomology Memoir 2, 156 pp.</t>
   </si>
@@ -385,50 +385,55 @@
 * White IM (2006) Taxonomy of the Dacina (Diptera: Tephritidae) of Africa and the Middle East. African Entomology Memoir 2, 156 pp.</t>
   </si>
   <si>
     <t>MOMTU</t>
   </si>
   <si>
     <t>Momordica dioica</t>
   </si>
   <si>
     <t>MOMRO</t>
   </si>
   <si>
     <t>Momordica rostrata</t>
   </si>
   <si>
     <t>MOMTR</t>
   </si>
   <si>
     <t>Momordica trifoliolata</t>
   </si>
   <si>
     <t>PAQCO</t>
   </si>
   <si>
     <t>Passiflora caerulea</t>
+  </si>
+  <si>
+    <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.
+* De Meyer M, Manrakhan A, Bekker G, Grové T, Virgilio M, Addison P (2026) A checklist of the Dacinae (Diptera: Tephritidae) of South Africa. African Entomology 34, e24629. https://doi.org/10.17159/2254-8854/2026/a24629 
+------- need confirmation</t>
   </si>
   <si>
     <t>IUMMA</t>
   </si>
   <si>
     <t>Peponium mackenii</t>
   </si>
   <si>
     <t>PHSSS</t>
   </si>
   <si>
     <t>Phaseolus sp.</t>
   </si>
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>SLCBB</t>
   </si>
   <si>
     <t>Sclerocarya birrea</t>
   </si>
@@ -1558,261 +1563,261 @@
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>16</v>
       </c>
       <c r="B50" t="s">
         <v>116</v>
       </c>
       <c r="C50" t="s">
         <v>117</v>
       </c>
       <c r="D50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>16</v>
       </c>
       <c r="B51" t="s">
         <v>118</v>
       </c>
       <c r="C51" t="s">
         <v>119</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>16</v>
       </c>
       <c r="B52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D52" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>16</v>
       </c>
       <c r="B53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D53" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>16</v>
       </c>
       <c r="B54" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C54" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>16</v>
       </c>
       <c r="B55" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C55" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>16</v>
       </c>
       <c r="B56" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C56" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>16</v>
       </c>
       <c r="B57" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D57" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>16</v>
       </c>
       <c r="B58" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C58" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>16</v>
       </c>
       <c r="B59" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C59" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D59" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>16</v>
       </c>
       <c r="B60" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C60" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>16</v>
       </c>
       <c r="B61" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C61" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D61" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>16</v>
       </c>
       <c r="B62" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C62" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D62" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>16</v>
       </c>
       <c r="B63" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C63" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>16</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C64" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>16</v>
       </c>
       <c r="B65" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C65" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B66" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C66" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D66" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">