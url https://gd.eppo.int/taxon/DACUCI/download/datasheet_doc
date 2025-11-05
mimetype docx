--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -468,51 +468,51 @@
               <w:t xml:space="preserve"> Munro</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ethiopian fruit fly, cucurbit fly, lesser melon fly, lesser pumpkin fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147168f0a8d68a1c2" w:history="1">
+            <w:hyperlink r:id="rId5971690b270a829d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -528,51 +528,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId958268f0a8d68a229" w:history="1">
+            <w:hyperlink r:id="rId1294690b270a82a3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -586,86 +586,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18124309" name="name839668f0a8d68a9d8" descr="19122.jpg"/>
+                  <wp:docPr id="29147865" name="name4749690b270a83115" descr="19122.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19122.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId818068f0a8d68a9d6" cstate="print"/>
+                          <a:blip r:embed="rId2340690b270a83113" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId922468f0a8d68aae7" w:history="1">
+            <w:hyperlink r:id="rId8782690b270a83212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2224,63 +2224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has a wide distribution throughout Sub-Saharan Africa including drier areas of the Sahelian belt and Southern Africa. Also known from the Middle East and the Indian subcontinent.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16378029" name="name535368f0a8d68c51e" descr="DACUCI_distribution_map.jpg"/>
+            <wp:docPr id="5230024" name="name1245690b270a848f1" descr="DACUCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId882868f0a8d68c51b" cstate="print"/>
+                    <a:blip r:embed="rId9761690b270a848ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3076,74 +3076,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however it should be noted that the Barcoding Index Number Systems (BINs) in which this species is represented in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD), also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544468f0a8d68cc71" w:history="1">
+      <w:hyperlink r:id="rId3561690b270a8504a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems (BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842168f0a8d68cc9d" w:history="1">
+      <w:hyperlink r:id="rId1229690b270a85076" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3963,51 +3963,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558968f0a8d68d254" w:history="1">
+      <w:hyperlink r:id="rId1720690b270a8562f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4296,51 +4296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loew (Diptera: Tephritidae), Version 3.1. Available online at USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223468f0a8d68d46d" w:history="1">
+      <w:hyperlink r:id="rId6867690b270a85847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4881,51 +4881,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436868f0a8d68d850" w:history="1">
+      <w:hyperlink r:id="rId2360690b270a85c3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4991,51 +4991,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268068f0a8d68d908" w:history="1">
+      <w:hyperlink r:id="rId2073690b270a85d60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5206,99 +5206,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801368f0a8d68da94" w:history="1">
+      <w:hyperlink r:id="rId9827690b270a85ecf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27774536" name="name485268f0a8d68db41" descr="eu_funding_250.png"/>
+            <wp:docPr id="15961266" name="name7621690b270a85f97" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId187368f0a8d68db40" cstate="print"/>
+                    <a:blip r:embed="rId8275690b270a85f96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -5397,137 +5397,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48862474">
+  <w:abstractNum w:abstractNumId="53647880">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26604531">
+    <w:lvl w:ilvl="0" w:tplc="51990567">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26604531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51990567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48862473">
+  <w:abstractNum w:abstractNumId="53647879">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10412103">
+    <w:lvl w:ilvl="0" w:tplc="64615362">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6279,55 +6279,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48862473">
-    <w:abstractNumId w:val="48862473"/>
+  <w:num w:numId="53647879">
+    <w:abstractNumId w:val="53647879"/>
   </w:num>
-  <w:num w:numId="48862474">
-    <w:abstractNumId w:val="48862474"/>
+  <w:num w:numId="53647880">
+    <w:abstractNumId w:val="53647880"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17877,51 +17877,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId544946380" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId729024046" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId147168f0a8d68a1c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId958268f0a8d68a229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId922468f0a8d68aae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId544468f0a8d68cc71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId842168f0a8d68cc9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId558968f0a8d68d254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId223468f0a8d68d46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId436868f0a8d68d850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId268068f0a8d68d908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId801368f0a8d68da94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId818068f0a8d68a9d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818068f0a8d68a9d6.jpg"/><Relationship Id="rId882868f0a8d68c51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId882868f0a8d68c51b.jpg"/><Relationship Id="rId187368f0a8d68db40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId187368f0a8d68db40.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId707740359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596847881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5971690b270a829d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId1294690b270a82a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId8782690b270a83212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId3561690b270a8504a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1229690b270a85076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId1720690b270a8562f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId6867690b270a85847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2360690b270a85c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId2073690b270a85d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9827690b270a85ecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2340690b270a83113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2340690b270a83113.jpg"/><Relationship Id="rId9761690b270a848ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9761690b270a848ef.jpg"/><Relationship Id="rId8275690b270a85f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8275690b270a85f96.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>