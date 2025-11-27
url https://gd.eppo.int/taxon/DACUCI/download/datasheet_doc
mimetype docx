--- v1 (2025-11-05)
+++ v2 (2025-11-27)
@@ -468,51 +468,51 @@
               <w:t xml:space="preserve"> Munro</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ethiopian fruit fly, cucurbit fly, lesser melon fly, lesser pumpkin fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5971690b270a829d3" w:history="1">
+            <w:hyperlink r:id="rId56806927c43f770ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -528,51 +528,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1294690b270a82a3a" w:history="1">
+            <w:hyperlink r:id="rId58076927c43f77118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -586,86 +586,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29147865" name="name4749690b270a83115" descr="19122.jpg"/>
+                  <wp:docPr id="56704255" name="name65976927c43f77215" descr="19122.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19122.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2340690b270a83113" cstate="print"/>
+                          <a:blip r:embed="rId72096927c43f77213" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8782690b270a83212" w:history="1">
+            <w:hyperlink r:id="rId62536927c43f77341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2224,63 +2224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has a wide distribution throughout Sub-Saharan Africa including drier areas of the Sahelian belt and Southern Africa. Also known from the Middle East and the Indian subcontinent.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5230024" name="name1245690b270a848f1" descr="DACUCI_distribution_map.jpg"/>
+            <wp:docPr id="62626080" name="name12066927c43f78f66" descr="DACUCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9761690b270a848ef" cstate="print"/>
+                    <a:blip r:embed="rId19576927c43f78f62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3076,74 +3076,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however it should be noted that the Barcoding Index Number Systems (BINs) in which this species is represented in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD), also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3561690b270a8504a" w:history="1">
+      <w:hyperlink r:id="rId72626927c43f796db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems (BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1229690b270a85076" w:history="1">
+      <w:hyperlink r:id="rId36816927c43f79708" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3963,51 +3963,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1720690b270a8562f" w:history="1">
+      <w:hyperlink r:id="rId58776927c43f79cbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4296,51 +4296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loew (Diptera: Tephritidae), Version 3.1. Available online at USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6867690b270a85847" w:history="1">
+      <w:hyperlink r:id="rId53236927c43f79edf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4881,51 +4881,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2360690b270a85c3c" w:history="1">
+      <w:hyperlink r:id="rId34576927c43f7a2a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4991,51 +4991,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2073690b270a85d60" w:history="1">
+      <w:hyperlink r:id="rId11066927c43f7a35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5206,99 +5206,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9827690b270a85ecf" w:history="1">
+      <w:hyperlink r:id="rId14926927c43f7a4d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15961266" name="name7621690b270a85f97" descr="eu_funding_250.png"/>
+            <wp:docPr id="63925347" name="name32106927c43f7a550" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8275690b270a85f96" cstate="print"/>
+                    <a:blip r:embed="rId60476927c43f7a54f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -5397,137 +5397,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53647880">
+  <w:abstractNum w:abstractNumId="38442604">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51990567">
+    <w:lvl w:ilvl="0" w:tplc="88926778">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51990567" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88926778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53647879">
+  <w:abstractNum w:abstractNumId="38442603">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64615362">
+    <w:lvl w:ilvl="0" w:tplc="80464325">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6279,55 +6279,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53647879">
-    <w:abstractNumId w:val="53647879"/>
+  <w:num w:numId="38442603">
+    <w:abstractNumId w:val="38442603"/>
   </w:num>
-  <w:num w:numId="53647880">
-    <w:abstractNumId w:val="53647880"/>
+  <w:num w:numId="38442604">
+    <w:abstractNumId w:val="38442604"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17877,51 +17877,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId707740359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596847881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5971690b270a829d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId1294690b270a82a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId8782690b270a83212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId3561690b270a8504a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId1229690b270a85076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId1720690b270a8562f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId6867690b270a85847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId2360690b270a85c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId2073690b270a85d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9827690b270a85ecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId2340690b270a83113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2340690b270a83113.jpg"/><Relationship Id="rId9761690b270a848ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9761690b270a848ef.jpg"/><Relationship Id="rId8275690b270a85f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8275690b270a85f96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId596749325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665872537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56806927c43f770ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId58076927c43f77118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId62536927c43f77341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId72626927c43f796db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId36816927c43f79708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId58776927c43f79cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId53236927c43f79edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId34576927c43f7a2a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId11066927c43f7a35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14926927c43f7a4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId72096927c43f77213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72096927c43f77213.jpg"/><Relationship Id="rId19576927c43f78f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19576927c43f78f62.jpg"/><Relationship Id="rId60476927c43f7a54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60476927c43f7a54f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>