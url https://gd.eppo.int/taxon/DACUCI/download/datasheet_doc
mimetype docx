--- v2 (2025-11-27)
+++ v3 (2026-01-07)
@@ -468,51 +468,51 @@
               <w:t xml:space="preserve"> Munro</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ethiopian fruit fly, cucurbit fly, lesser melon fly, lesser pumpkin fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56806927c43f770ae" w:history="1">
+            <w:hyperlink r:id="rId7046695dfc288569d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -528,51 +528,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58076927c43f77118" w:history="1">
+            <w:hyperlink r:id="rId4419695dfc2885706" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -586,86 +586,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56704255" name="name65976927c43f77215" descr="19122.jpg"/>
+                  <wp:docPr id="39771424" name="name7533695dfc2885e16" descr="19122.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19122.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId72096927c43f77213" cstate="print"/>
+                          <a:blip r:embed="rId6331695dfc2885e14" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62536927c43f77341" w:history="1">
+            <w:hyperlink r:id="rId9700695dfc2885f26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2224,63 +2224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has a wide distribution throughout Sub-Saharan Africa including drier areas of the Sahelian belt and Southern Africa. Also known from the Middle East and the Indian subcontinent.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62626080" name="name12066927c43f78f66" descr="DACUCI_distribution_map.jpg"/>
+            <wp:docPr id="81745291" name="name1446695dfc2887745" descr="DACUCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19576927c43f78f62" cstate="print"/>
+                    <a:blip r:embed="rId2178695dfc2887743" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3076,74 +3076,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however it should be noted that the Barcoding Index Number Systems (BINs) in which this species is represented in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD), also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72626927c43f796db" w:history="1">
+      <w:hyperlink r:id="rId1542695dfc2887e3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems (BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36816927c43f79708" w:history="1">
+      <w:hyperlink r:id="rId8204695dfc2887e6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3963,51 +3963,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58776927c43f79cbd" w:history="1">
+      <w:hyperlink r:id="rId2446695dfc288840d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4296,51 +4296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loew (Diptera: Tephritidae), Version 3.1. Available online at USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53236927c43f79edf" w:history="1">
+      <w:hyperlink r:id="rId9219695dfc2888623" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4881,51 +4881,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34576927c43f7a2a7" w:history="1">
+      <w:hyperlink r:id="rId9634695dfc28889c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4969,73 +4969,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11066927c43f7a35f" w:history="1">
+      <w:hyperlink r:id="rId7896695dfc2888a75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5206,99 +5206,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14926927c43f7a4d2" w:history="1">
+      <w:hyperlink r:id="rId9695695dfc2888bed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63925347" name="name32106927c43f7a550" descr="eu_funding_250.png"/>
+            <wp:docPr id="81535754" name="name1911695dfc2888c60" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60476927c43f7a54f" cstate="print"/>
+                    <a:blip r:embed="rId3272695dfc2888c5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -5397,137 +5397,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38442604">
+  <w:abstractNum w:abstractNumId="28422729">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88926778">
+    <w:lvl w:ilvl="0" w:tplc="45171143">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88926778" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45171143" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38442603">
+  <w:abstractNum w:abstractNumId="28422728">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80464325">
+    <w:lvl w:ilvl="0" w:tplc="94285164">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6279,55 +6279,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38442603">
-    <w:abstractNumId w:val="38442603"/>
+  <w:num w:numId="28422728">
+    <w:abstractNumId w:val="28422728"/>
   </w:num>
-  <w:num w:numId="38442604">
-    <w:abstractNumId w:val="38442604"/>
+  <w:num w:numId="28422729">
+    <w:abstractNumId w:val="28422729"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17877,51 +17877,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId596749325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665872537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId56806927c43f770ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId58076927c43f77118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId62536927c43f77341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId72626927c43f796db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId36816927c43f79708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId58776927c43f79cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId53236927c43f79edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId34576927c43f7a2a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId11066927c43f7a35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14926927c43f7a4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId72096927c43f77213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72096927c43f77213.jpg"/><Relationship Id="rId19576927c43f78f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19576927c43f78f62.jpg"/><Relationship Id="rId60476927c43f7a54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60476927c43f7a54f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454613659" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId525009837" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7046695dfc288569d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId4419695dfc2885706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId9700695dfc2885f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId1542695dfc2887e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId8204695dfc2887e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId2446695dfc288840d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId9219695dfc2888623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9634695dfc28889c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId7896695dfc2888a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9695695dfc2888bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6331695dfc2885e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6331695dfc2885e14.jpg"/><Relationship Id="rId2178695dfc2887743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2178695dfc2887743.jpg"/><Relationship Id="rId3272695dfc2888c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3272695dfc2888c5f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>