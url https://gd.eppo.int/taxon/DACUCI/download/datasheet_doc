--- v3 (2026-01-07)
+++ v4 (2026-02-20)
@@ -468,51 +468,51 @@
               <w:t xml:space="preserve"> Munro</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ethiopian fruit fly, cucurbit fly, lesser melon fly, lesser pumpkin fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7046695dfc288569d" w:history="1">
+            <w:hyperlink r:id="rId42496998de700f4e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -526,53 +526,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4419695dfc2885706" w:history="1">
+            <w:hyperlink r:id="rId98006998de700f54d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -586,86 +586,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39771424" name="name7533695dfc2885e16" descr="19122.jpg"/>
+                  <wp:docPr id="71535363" name="name44326998de700fb97" descr="19122.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19122.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6331695dfc2885e14" cstate="print"/>
+                          <a:blip r:embed="rId83966998de700fb95" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9700695dfc2885f26" w:history="1">
+            <w:hyperlink r:id="rId91336998de700fccb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1986,51 +1986,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sclerocarya birrea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum aethiopicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2224,63 +2224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has a wide distribution throughout Sub-Saharan Africa including drier areas of the Sahelian belt and Southern Africa. Also known from the Middle East and the Indian subcontinent.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81745291" name="name1446695dfc2887745" descr="DACUCI_distribution_map.jpg"/>
+            <wp:docPr id="23406352" name="name84726998de7011631" descr="DACUCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2178695dfc2887743" cstate="print"/>
+                    <a:blip r:embed="rId41976998de701162d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3076,74 +3076,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however it should be noted that the Barcoding Index Number Systems (BINs) in which this species is represented in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD), also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1542695dfc2887e3f" w:history="1">
+      <w:hyperlink r:id="rId23276998de7011dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems (BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8204695dfc2887e6b" w:history="1">
+      <w:hyperlink r:id="rId68476998de7011df7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3963,51 +3963,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2446695dfc288840d" w:history="1">
+      <w:hyperlink r:id="rId84056998de70123b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4296,51 +4296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loew (Diptera: Tephritidae), Version 3.1. Available online at USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9219695dfc2888623" w:history="1">
+      <w:hyperlink r:id="rId17166998de70125d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4881,51 +4881,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9634695dfc28889c1" w:history="1">
+      <w:hyperlink r:id="rId36816998de70129a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4991,51 +4991,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7896695dfc2888a75" w:history="1">
+      <w:hyperlink r:id="rId23666998de7012a5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5206,99 +5206,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9695695dfc2888bed" w:history="1">
+      <w:hyperlink r:id="rId66176998de7012d55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81535754" name="name1911695dfc2888c60" descr="eu_funding_250.png"/>
+            <wp:docPr id="29475451" name="name59976998de7012de9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3272695dfc2888c5f" cstate="print"/>
+                    <a:blip r:embed="rId76696998de7012de8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -5397,137 +5397,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28422729">
+  <w:abstractNum w:abstractNumId="23671679">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45171143">
+    <w:lvl w:ilvl="0" w:tplc="24551341">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45171143" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24551341" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28422728">
+  <w:abstractNum w:abstractNumId="23671678">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94285164">
+    <w:lvl w:ilvl="0" w:tplc="18501577">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6279,55 +6279,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28422728">
-    <w:abstractNumId w:val="28422728"/>
+  <w:num w:numId="23671678">
+    <w:abstractNumId w:val="23671678"/>
   </w:num>
-  <w:num w:numId="28422729">
-    <w:abstractNumId w:val="28422729"/>
+  <w:num w:numId="23671679">
+    <w:abstractNumId w:val="23671679"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17877,51 +17877,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454613659" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId525009837" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7046695dfc288569d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId4419695dfc2885706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId9700695dfc2885f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId1542695dfc2887e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId8204695dfc2887e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId2446695dfc288840d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId9219695dfc2888623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId9634695dfc28889c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId7896695dfc2888a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9695695dfc2888bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId6331695dfc2885e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6331695dfc2885e14.jpg"/><Relationship Id="rId2178695dfc2887743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2178695dfc2887743.jpg"/><Relationship Id="rId3272695dfc2888c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3272695dfc2888c5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974111263" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795971192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42496998de700f4e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId98006998de700f54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId91336998de700fccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId23276998de7011dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId68476998de7011df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId84056998de70123b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId17166998de70125d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId36816998de70129a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId23666998de7012a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66176998de7012d55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId83966998de700fb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83966998de700fb95.jpg"/><Relationship Id="rId41976998de701162d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41976998de701162d.jpg"/><Relationship Id="rId76696998de7012de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76696998de7012de8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>