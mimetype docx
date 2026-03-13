--- v4 (2026-02-20)
+++ v5 (2026-03-13)
@@ -468,51 +468,51 @@
               <w:t xml:space="preserve"> Munro</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ethiopian fruit fly, cucurbit fly, lesser melon fly, lesser pumpkin fly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42496998de700f4e2" w:history="1">
+            <w:hyperlink r:id="rId253969b353bb5a85b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -528,51 +528,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98006998de700f54d" w:history="1">
+            <w:hyperlink r:id="rId282069b353bb5a8c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -586,86 +586,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DACUCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71535363" name="name44326998de700fb97" descr="19122.jpg"/>
+                  <wp:docPr id="55127156" name="name516969b353bb5a98a" descr="19122.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19122.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83966998de700fb95" cstate="print"/>
+                          <a:blip r:embed="rId355569b353bb5a988" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId91336998de700fccb" w:history="1">
+            <w:hyperlink r:id="rId680769b353bb5aa89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2224,63 +2224,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has a wide distribution throughout Sub-Saharan Africa including drier areas of the Sahelian belt and Southern Africa. Also known from the Middle East and the Indian subcontinent.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23406352" name="name84726998de7011631" descr="DACUCI_distribution_map.jpg"/>
+            <wp:docPr id="94978492" name="name334769b353bb5c025" descr="DACUCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="DACUCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41976998de701162d" cstate="print"/>
+                    <a:blip r:embed="rId832269b353bb5c022" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3076,74 +3076,74 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, however it should be noted that the Barcoding Index Number Systems (BINs) in which this species is represented in the Barcode of Life Data Systems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(BOLD), also include a few unidentified / possibly misidentified reference sequences. Sequences are available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23276998de7011dca" w:history="1">
+      <w:hyperlink r:id="rId165169b353bb5c778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Barcode of Life Data Systems (BOLD)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68476998de7011df7" w:history="1">
+      <w:hyperlink r:id="rId199369b353bb5c7a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Q-bank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3963,51 +3963,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques MA, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappalà L, Bali EM, Papadopoulos N, Papanastassiou S, Czwienczek E &amp; MacLeod A (2020) Pest categorization of non-EU Tephritidae. EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5931, 62pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84056998de70123b1" w:history="1">
+      <w:hyperlink r:id="rId463369b353bb5cd63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.5931</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4296,51 +4296,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loew (Diptera: Tephritidae), Version 3.1. Available online at USDA Compendium of Fruit Fly Host Information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CoFFHI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17166998de70125d2" w:history="1">
+      <w:hyperlink r:id="rId608569b353bb5cf7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://coffhi.cphst.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4881,51 +4881,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36816998de70129a1" w:history="1">
+      <w:hyperlink r:id="rId871169b353bb5d338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/17682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4991,51 +4991,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dacus ciliatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23666998de7012a5b" w:history="1">
+      <w:hyperlink r:id="rId560769b353bb5d3eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5206,99 +5206,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1).  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66176998de7012d55" w:history="1">
+      <w:hyperlink r:id="rId948469b353bb5d554" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01715.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29475451" name="name59976998de7012de9" descr="eu_funding_250.png"/>
+            <wp:docPr id="99497248" name="name890769b353bb5d5d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76696998de7012de8" cstate="print"/>
+                    <a:blip r:embed="rId688669b353bb5d5d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -5397,137 +5397,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23671679">
+  <w:abstractNum w:abstractNumId="75913208">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24551341">
+    <w:lvl w:ilvl="0" w:tplc="88465202">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24551341" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88465202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23671678">
+  <w:abstractNum w:abstractNumId="75913207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18501577">
+    <w:lvl w:ilvl="0" w:tplc="52697898">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6279,55 +6279,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23671678">
-    <w:abstractNumId w:val="23671678"/>
+  <w:num w:numId="75913207">
+    <w:abstractNumId w:val="75913207"/>
   </w:num>
-  <w:num w:numId="23671679">
-    <w:abstractNumId w:val="23671679"/>
+  <w:num w:numId="75913208">
+    <w:abstractNumId w:val="75913208"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17877,51 +17877,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974111263" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795971192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42496998de700f4e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId98006998de700f54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId91336998de700fccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId23276998de7011dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId68476998de7011df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId84056998de70123b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId17166998de70125d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId36816998de70129a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId23666998de7012a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66176998de7012d55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId83966998de700fb95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83966998de700fb95.jpg"/><Relationship Id="rId41976998de701162d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41976998de701162d.jpg"/><Relationship Id="rId76696998de7012de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76696998de7012de8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842055808" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId368776936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId253969b353bb5a85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId282069b353bb5a8c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/categorization" TargetMode="External"/><Relationship Id="rId680769b353bb5aa89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/DACUCI/photos" TargetMode="External"/><Relationship Id="rId165169b353bb5c778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.boldsystems.org/index.php/Taxbrowser_Taxonpage?taxon=Dacus+ciliatus&amp;searchTax=" TargetMode="External"/><Relationship Id="rId199369b353bb5c7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/arthropods/taxon/DACUCI/" TargetMode="External"/><Relationship Id="rId463369b353bb5cd63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.5931" TargetMode="External"/><Relationship Id="rId608569b353bb5cf7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coffhi.cphst.org/" TargetMode="External"/><Relationship Id="rId871169b353bb5d338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/17682" TargetMode="External"/><Relationship Id="rId560769b353bb5d3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId948469b353bb5d554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId355569b353bb5a988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355569b353bb5a988.jpg"/><Relationship Id="rId832269b353bb5c022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId832269b353bb5c022.jpg"/><Relationship Id="rId688669b353bb5d5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId688669b353bb5d5d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>