--- v0 (2025-11-13)
+++ v1 (2026-02-09)
@@ -161,51 +161,51 @@
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>