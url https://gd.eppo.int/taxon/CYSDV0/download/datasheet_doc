--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId641668e095a10625f" w:history="1">
+            <w:hyperlink r:id="rId421668fb641b95a4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558668e095a1062a3" w:history="1">
+            <w:hyperlink r:id="rId684368fb641b95aa5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46267649" name="name694068e095a10636f" descr="14994.jpg"/>
+                  <wp:docPr id="69447980" name="name281368fb641b95e48" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId244268e095a10636e" cstate="print"/>
+                          <a:blip r:embed="rId380368fb641b95e46" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId699168e095a10648d" w:history="1">
+            <w:hyperlink r:id="rId618568fb641b95f79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86001229" name="name185868e095a1079f1" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="80265503" name="name753568fb641b9765a" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId153168e095a1079ef" cstate="print"/>
+                    <a:blip r:embed="rId368868fb641b97657" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817468e095a108f11" w:history="1">
+      <w:hyperlink r:id="rId450968fb641b98a7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370468e095a108fbb" w:history="1">
+      <w:hyperlink r:id="rId512868fb641b98afe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793968e095a10905f" w:history="1">
+      <w:hyperlink r:id="rId698568fb641b98bb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533068e095a109104" w:history="1">
+      <w:hyperlink r:id="rId230968fb641b98c84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186568e095a1098c4" w:history="1">
+      <w:hyperlink r:id="rId117768fb641b993c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId427768e095a109ef5" w:history="1"/>
+      <w:hyperlink r:id="rId344168fb641b999b3" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617168e095a109f4e" w:history="1">
+      <w:hyperlink r:id="rId657868fb641b99a0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923368e095a10a006" w:history="1">
+      <w:hyperlink r:id="rId180068fb641b99ac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674268e095a10a4e9" w:history="1">
+      <w:hyperlink r:id="rId397868fb641b99b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16498092" name="name678468e095a10a5ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="81172690" name="name278968fb641b99c2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId430168e095a10a5a9" cstate="print"/>
+                    <a:blip r:embed="rId518268fb641b99c29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21765577">
+  <w:abstractNum w:abstractNumId="83118925">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24314833">
+    <w:lvl w:ilvl="0" w:tplc="18850430">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24314833" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18850430" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21765576">
+  <w:abstractNum w:abstractNumId="83118924">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42952180">
+    <w:lvl w:ilvl="0" w:tplc="41987415">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21765576">
-    <w:abstractNumId w:val="21765576"/>
+  <w:num w:numId="83118924">
+    <w:abstractNumId w:val="83118924"/>
   </w:num>
-  <w:num w:numId="21765577">
-    <w:abstractNumId w:val="21765577"/>
+  <w:num w:numId="83118925">
+    <w:abstractNumId w:val="83118925"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508148689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId608775275" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId641668e095a10625f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId558668e095a1062a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId699168e095a10648d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId817468e095a108f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId370468e095a108fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId793968e095a10905f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId533068e095a109104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId186568e095a1098c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId427768e095a109ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId617168e095a109f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId923368e095a10a006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId674268e095a10a4e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId244268e095a10636e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244268e095a10636e.jpg"/><Relationship Id="rId153168e095a1079ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId153168e095a1079ef.jpg"/><Relationship Id="rId430168e095a10a5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId430168e095a10a5a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412968136" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId981142817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421668fb641b95a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId684368fb641b95aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId618568fb641b95f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId450968fb641b98a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId512868fb641b98afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId698568fb641b98bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId230968fb641b98c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId117768fb641b993c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId344168fb641b999b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId657868fb641b99a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId180068fb641b99ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId397868fb641b99b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId380368fb641b95e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId380368fb641b95e46.jpg"/><Relationship Id="rId368868fb641b97657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368868fb641b97657.jpg"/><Relationship Id="rId518268fb641b99c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518268fb641b99c29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>