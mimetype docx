--- v1 (2025-10-24)
+++ v2 (2025-11-19)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421668fb641b95a4f" w:history="1">
+            <w:hyperlink r:id="rId3756691d4f1679282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId684368fb641b95aa5" w:history="1">
+            <w:hyperlink r:id="rId9851691d4f16792c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69447980" name="name281368fb641b95e48" descr="14994.jpg"/>
+                  <wp:docPr id="52822699" name="name2051691d4f1679c2a" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId380368fb641b95e46" cstate="print"/>
+                          <a:blip r:embed="rId1300691d4f1679c28" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId618568fb641b95f79" w:history="1">
+            <w:hyperlink r:id="rId6135691d4f1679d18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80265503" name="name753568fb641b9765a" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="36253075" name="name6760691d4f167b23a" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId368868fb641b97657" cstate="print"/>
+                    <a:blip r:embed="rId5807691d4f167b237" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450968fb641b98a7b" w:history="1">
+      <w:hyperlink r:id="rId3489691d4f167ca92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512868fb641b98afe" w:history="1">
+      <w:hyperlink r:id="rId5891691d4f167cb1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698568fb641b98bb9" w:history="1">
+      <w:hyperlink r:id="rId6837691d4f167cc8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230968fb641b98c84" w:history="1">
+      <w:hyperlink r:id="rId7544691d4f167cd65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117768fb641b993c5" w:history="1">
+      <w:hyperlink r:id="rId9636691d4f167d65b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId344168fb641b999b3" w:history="1"/>
+      <w:hyperlink r:id="rId6346691d4f167dd75" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657868fb641b99a0c" w:history="1">
+      <w:hyperlink r:id="rId2660691d4f167ddd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180068fb641b99ac2" w:history="1">
+      <w:hyperlink r:id="rId2867691d4f167de92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397868fb641b99b94" w:history="1">
+      <w:hyperlink r:id="rId7044691d4f167df7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81172690" name="name278968fb641b99c2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="39150015" name="name3222691d4f167e090" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId518268fb641b99c29" cstate="print"/>
+                    <a:blip r:embed="rId8076691d4f167e08f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83118925">
+  <w:abstractNum w:abstractNumId="16746758">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18850430">
+    <w:lvl w:ilvl="0" w:tplc="16306547">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18850430" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16306547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83118924">
+  <w:abstractNum w:abstractNumId="16746757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41987415">
+    <w:lvl w:ilvl="0" w:tplc="41714907">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83118924">
-    <w:abstractNumId w:val="83118924"/>
+  <w:num w:numId="16746757">
+    <w:abstractNumId w:val="16746757"/>
   </w:num>
-  <w:num w:numId="83118925">
-    <w:abstractNumId w:val="83118925"/>
+  <w:num w:numId="16746758">
+    <w:abstractNumId w:val="16746758"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412968136" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId981142817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421668fb641b95a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId684368fb641b95aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId618568fb641b95f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId450968fb641b98a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId512868fb641b98afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId698568fb641b98bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId230968fb641b98c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId117768fb641b993c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId344168fb641b999b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId657868fb641b99a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId180068fb641b99ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId397868fb641b99b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId380368fb641b95e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId380368fb641b95e46.jpg"/><Relationship Id="rId368868fb641b97657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368868fb641b97657.jpg"/><Relationship Id="rId518268fb641b99c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518268fb641b99c29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId823657302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId403684594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3756691d4f1679282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId9851691d4f16792c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId6135691d4f1679d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId3489691d4f167ca92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId5891691d4f167cb1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId6837691d4f167cc8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId7544691d4f167cd65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId9636691d4f167d65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId6346691d4f167dd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId2660691d4f167ddd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId2867691d4f167de92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7044691d4f167df7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId1300691d4f1679c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1300691d4f1679c28.jpg"/><Relationship Id="rId5807691d4f167b237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5807691d4f167b237.jpg"/><Relationship Id="rId8076691d4f167e08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8076691d4f167e08f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>