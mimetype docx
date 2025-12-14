--- v2 (2025-11-19)
+++ v3 (2025-12-14)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3756691d4f1679282" w:history="1">
+            <w:hyperlink r:id="rId1240693ed6da3838b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9851691d4f16792c6" w:history="1">
+            <w:hyperlink r:id="rId3812693ed6da383cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52822699" name="name2051691d4f1679c2a" descr="14994.jpg"/>
+                  <wp:docPr id="86049207" name="name3659693ed6da38ab5" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1300691d4f1679c28" cstate="print"/>
+                          <a:blip r:embed="rId6659693ed6da38aa5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6135691d4f1679d18" w:history="1">
+            <w:hyperlink r:id="rId6546693ed6da38bd2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36253075" name="name6760691d4f167b23a" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="23220216" name="name7913693ed6da3a11b" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5807691d4f167b237" cstate="print"/>
+                    <a:blip r:embed="rId1657693ed6da3a118" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3489691d4f167ca92" w:history="1">
+      <w:hyperlink r:id="rId2902693ed6da3b4be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5891691d4f167cb1e" w:history="1">
+      <w:hyperlink r:id="rId4559693ed6da3b541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6837691d4f167cc8d" w:history="1">
+      <w:hyperlink r:id="rId9138693ed6da3b5e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7544691d4f167cd65" w:history="1">
+      <w:hyperlink r:id="rId7000693ed6da3b691" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9636691d4f167d65b" w:history="1">
+      <w:hyperlink r:id="rId9861693ed6da3bdb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId6346691d4f167dd75" w:history="1"/>
+      <w:hyperlink r:id="rId1901693ed6da3c3a4" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2660691d4f167ddd1" w:history="1">
+      <w:hyperlink r:id="rId7232693ed6da3c3fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2867691d4f167de92" w:history="1">
+      <w:hyperlink r:id="rId9992693ed6da3c4b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7044691d4f167df7c" w:history="1">
+      <w:hyperlink r:id="rId6447693ed6da3c587" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39150015" name="name3222691d4f167e090" descr="eu_funding_250.png"/>
+            <wp:docPr id="41133428" name="name7206693ed6da3c61c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8076691d4f167e08f" cstate="print"/>
+                    <a:blip r:embed="rId5865693ed6da3c61b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16746758">
+  <w:abstractNum w:abstractNumId="96432567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16306547">
+    <w:lvl w:ilvl="0" w:tplc="54483362">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16306547" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54483362" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16746757">
+  <w:abstractNum w:abstractNumId="96432566">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41714907">
+    <w:lvl w:ilvl="0" w:tplc="54612386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16746757">
-    <w:abstractNumId w:val="16746757"/>
+  <w:num w:numId="96432566">
+    <w:abstractNumId w:val="96432566"/>
   </w:num>
-  <w:num w:numId="16746758">
-    <w:abstractNumId w:val="16746758"/>
+  <w:num w:numId="96432567">
+    <w:abstractNumId w:val="96432567"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId823657302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId403684594" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3756691d4f1679282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId9851691d4f16792c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId6135691d4f1679d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId3489691d4f167ca92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId5891691d4f167cb1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId6837691d4f167cc8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId7544691d4f167cd65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId9636691d4f167d65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId6346691d4f167dd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId2660691d4f167ddd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId2867691d4f167de92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7044691d4f167df7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId1300691d4f1679c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1300691d4f1679c28.jpg"/><Relationship Id="rId5807691d4f167b237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5807691d4f167b237.jpg"/><Relationship Id="rId8076691d4f167e08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8076691d4f167e08f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId494357599" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844653240" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1240693ed6da3838b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId3812693ed6da383cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId6546693ed6da38bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId2902693ed6da3b4be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId4559693ed6da3b541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId9138693ed6da3b5e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId7000693ed6da3b691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId9861693ed6da3bdb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId1901693ed6da3c3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId7232693ed6da3c3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId9992693ed6da3c4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6447693ed6da3c587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId6659693ed6da38aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6659693ed6da38aa5.jpg"/><Relationship Id="rId1657693ed6da3a118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1657693ed6da3a118.jpg"/><Relationship Id="rId5865693ed6da3c61b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5865693ed6da3c61b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>