--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1240693ed6da3838b" w:history="1">
+            <w:hyperlink r:id="rId9726695ee8ec52a5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3812693ed6da383cf" w:history="1">
+            <w:hyperlink r:id="rId9597695ee8ec52aa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86049207" name="name3659693ed6da38ab5" descr="14994.jpg"/>
+                  <wp:docPr id="67731158" name="name8246695ee8ec5321b" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6659693ed6da38aa5" cstate="print"/>
+                          <a:blip r:embed="rId6176695ee8ec53219" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6546693ed6da38bd2" w:history="1">
+            <w:hyperlink r:id="rId6411695ee8ec53347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23220216" name="name7913693ed6da3a11b" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="62668946" name="name7964695ee8ec54c17" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1657693ed6da3a118" cstate="print"/>
+                    <a:blip r:embed="rId4280695ee8ec54c14" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2902693ed6da3b4be" w:history="1">
+      <w:hyperlink r:id="rId7656695ee8ec55f81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4559693ed6da3b541" w:history="1">
+      <w:hyperlink r:id="rId8101695ee8ec56002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9138693ed6da3b5e4" w:history="1">
+      <w:hyperlink r:id="rId7924695ee8ec560a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7000693ed6da3b691" w:history="1">
+      <w:hyperlink r:id="rId3439695ee8ec5614a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9861693ed6da3bdb6" w:history="1">
+      <w:hyperlink r:id="rId2074695ee8ec56859" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId1901693ed6da3c3a4" w:history="1"/>
+      <w:hyperlink r:id="rId1865695ee8ec56e21" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7232693ed6da3c3fd" w:history="1">
+      <w:hyperlink r:id="rId2510695ee8ec56e8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6783,73 +6783,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9992693ed6da3c4b5" w:history="1">
+      <w:hyperlink r:id="rId6373695ee8ec56f47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6447693ed6da3c587" w:history="1">
+      <w:hyperlink r:id="rId3514695ee8ec5701a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41133428" name="name7206693ed6da3c61c" descr="eu_funding_250.png"/>
+            <wp:docPr id="65267234" name="name4938695ee8ec57559" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5865693ed6da3c61b" cstate="print"/>
+                    <a:blip r:embed="rId1093695ee8ec57557" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96432567">
+  <w:abstractNum w:abstractNumId="44188726">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54483362">
+    <w:lvl w:ilvl="0" w:tplc="25956768">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54483362" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25956768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96432566">
+  <w:abstractNum w:abstractNumId="44188725">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54612386">
+    <w:lvl w:ilvl="0" w:tplc="78081889">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96432566">
-    <w:abstractNumId w:val="96432566"/>
+  <w:num w:numId="44188725">
+    <w:abstractNumId w:val="44188725"/>
   </w:num>
-  <w:num w:numId="96432567">
-    <w:abstractNumId w:val="96432567"/>
+  <w:num w:numId="44188726">
+    <w:abstractNumId w:val="44188726"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId494357599" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844653240" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1240693ed6da3838b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId3812693ed6da383cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId6546693ed6da38bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId2902693ed6da3b4be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId4559693ed6da3b541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId9138693ed6da3b5e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId7000693ed6da3b691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId9861693ed6da3bdb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId1901693ed6da3c3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId7232693ed6da3c3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId9992693ed6da3c4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6447693ed6da3c587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId6659693ed6da38aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6659693ed6da38aa5.jpg"/><Relationship Id="rId1657693ed6da3a118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1657693ed6da3a118.jpg"/><Relationship Id="rId5865693ed6da3c61b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5865693ed6da3c61b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId799667955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979972991" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9726695ee8ec52a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId9597695ee8ec52aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId6411695ee8ec53347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId7656695ee8ec55f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId8101695ee8ec56002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId7924695ee8ec560a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId3439695ee8ec5614a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId2074695ee8ec56859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId1865695ee8ec56e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId2510695ee8ec56e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId6373695ee8ec56f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3514695ee8ec5701a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId6176695ee8ec53219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6176695ee8ec53219.jpg"/><Relationship Id="rId4280695ee8ec54c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4280695ee8ec54c14.jpg"/><Relationship Id="rId1093695ee8ec57557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1093695ee8ec57557.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>