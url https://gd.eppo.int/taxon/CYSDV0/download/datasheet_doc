--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9726695ee8ec52a5f" w:history="1">
+            <w:hyperlink r:id="rId10886979eaabd5ddf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9597695ee8ec52aa4" w:history="1">
+            <w:hyperlink r:id="rId99826979eaabd5e2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67731158" name="name8246695ee8ec5321b" descr="14994.jpg"/>
+                  <wp:docPr id="63238068" name="name70906979eaabd5f10" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6176695ee8ec53219" cstate="print"/>
+                          <a:blip r:embed="rId95986979eaabd5f0e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6411695ee8ec53347" w:history="1">
+            <w:hyperlink r:id="rId16736979eaabd6039" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62668946" name="name7964695ee8ec54c17" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="66324365" name="name65586979eaabd7682" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4280695ee8ec54c14" cstate="print"/>
+                    <a:blip r:embed="rId39146979eaabd767f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7656695ee8ec55f81" w:history="1">
+      <w:hyperlink r:id="rId27666979eaabd8c6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8101695ee8ec56002" w:history="1">
+      <w:hyperlink r:id="rId53656979eaabd8d05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7924695ee8ec560a6" w:history="1">
+      <w:hyperlink r:id="rId28706979eaabd8dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3439695ee8ec5614a" w:history="1">
+      <w:hyperlink r:id="rId88686979eaabd8e53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2074695ee8ec56859" w:history="1">
+      <w:hyperlink r:id="rId88646979eaabd957e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId1865695ee8ec56e21" w:history="1"/>
+      <w:hyperlink r:id="rId30516979eaabd9b5b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2510695ee8ec56e8f" w:history="1">
+      <w:hyperlink r:id="rId77796979eaabd9bb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6373695ee8ec56f47" w:history="1">
+      <w:hyperlink r:id="rId68416979eaabd9ca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3514695ee8ec5701a" w:history="1">
+      <w:hyperlink r:id="rId97306979eaabd9d78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65267234" name="name4938695ee8ec57559" descr="eu_funding_250.png"/>
+            <wp:docPr id="27697457" name="name42796979eaabd9e02" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1093695ee8ec57557" cstate="print"/>
+                    <a:blip r:embed="rId56876979eaabd9e01" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44188726">
+  <w:abstractNum w:abstractNumId="19037794">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25956768">
+    <w:lvl w:ilvl="0" w:tplc="45868587">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25956768" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45868587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44188725">
+  <w:abstractNum w:abstractNumId="19037793">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78081889">
+    <w:lvl w:ilvl="0" w:tplc="16629155">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44188725">
-    <w:abstractNumId w:val="44188725"/>
+  <w:num w:numId="19037793">
+    <w:abstractNumId w:val="19037793"/>
   </w:num>
-  <w:num w:numId="44188726">
-    <w:abstractNumId w:val="44188726"/>
+  <w:num w:numId="19037794">
+    <w:abstractNumId w:val="19037794"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId799667955" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId979972991" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9726695ee8ec52a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId9597695ee8ec52aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId6411695ee8ec53347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId7656695ee8ec55f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId8101695ee8ec56002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId7924695ee8ec560a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId3439695ee8ec5614a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId2074695ee8ec56859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId1865695ee8ec56e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId2510695ee8ec56e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId6373695ee8ec56f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3514695ee8ec5701a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId6176695ee8ec53219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6176695ee8ec53219.jpg"/><Relationship Id="rId4280695ee8ec54c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4280695ee8ec54c14.jpg"/><Relationship Id="rId1093695ee8ec57557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1093695ee8ec57557.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId408858012" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577769631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10886979eaabd5ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId99826979eaabd5e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId16736979eaabd6039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId27666979eaabd8c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId53656979eaabd8d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId28706979eaabd8dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId88686979eaabd8e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId88646979eaabd957e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId30516979eaabd9b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId77796979eaabd9bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId68416979eaabd9ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97306979eaabd9d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId95986979eaabd5f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95986979eaabd5f0e.jpg"/><Relationship Id="rId39146979eaabd767f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39146979eaabd767f.jpg"/><Relationship Id="rId56876979eaabd9e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56876979eaabd9e01.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>