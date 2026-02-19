--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10886979eaabd5ddf" w:history="1">
+            <w:hyperlink r:id="rId5937699673052fde9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99826979eaabd5e2b" w:history="1">
+            <w:hyperlink r:id="rId2120699673052fe2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63238068" name="name70906979eaabd5f10" descr="14994.jpg"/>
+                  <wp:docPr id="98774777" name="name9395699673053052f" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId95986979eaabd5f0e" cstate="print"/>
+                          <a:blip r:embed="rId4193699673053052c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16736979eaabd6039" w:history="1">
+            <w:hyperlink r:id="rId57256996730530678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66324365" name="name65586979eaabd7682" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="27672449" name="name39966996730531a41" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39146979eaabd767f" cstate="print"/>
+                    <a:blip r:embed="rId42286996730531a3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27666979eaabd8c6e" w:history="1">
+      <w:hyperlink r:id="rId24546996730532d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53656979eaabd8d05" w:history="1">
+      <w:hyperlink r:id="rId67496996730532dbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28706979eaabd8dae" w:history="1">
+      <w:hyperlink r:id="rId61146996730532e65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88686979eaabd8e53" w:history="1">
+      <w:hyperlink r:id="rId89486996730532f08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88646979eaabd957e" w:history="1">
+      <w:hyperlink r:id="rId67936996730533615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId30516979eaabd9b5b" w:history="1"/>
+      <w:hyperlink r:id="rId69236996730533bf8" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77796979eaabd9bb6" w:history="1">
+      <w:hyperlink r:id="rId77936996730533c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68416979eaabd9ca2" w:history="1">
+      <w:hyperlink r:id="rId27716996730533d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97306979eaabd9d78" w:history="1">
+      <w:hyperlink r:id="rId86466996730533de9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27697457" name="name42796979eaabd9e02" descr="eu_funding_250.png"/>
+            <wp:docPr id="46895549" name="name71016996730533e4b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56876979eaabd9e01" cstate="print"/>
+                    <a:blip r:embed="rId90046996730533e4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19037794">
+  <w:abstractNum w:abstractNumId="67090588">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45868587">
+    <w:lvl w:ilvl="0" w:tplc="25433115">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45868587" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25433115" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19037793">
+  <w:abstractNum w:abstractNumId="67090587">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16629155">
+    <w:lvl w:ilvl="0" w:tplc="70999894">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19037793">
-    <w:abstractNumId w:val="19037793"/>
+  <w:num w:numId="67090587">
+    <w:abstractNumId w:val="67090587"/>
   </w:num>
-  <w:num w:numId="19037794">
-    <w:abstractNumId w:val="19037794"/>
+  <w:num w:numId="67090588">
+    <w:abstractNumId w:val="67090588"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId408858012" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577769631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10886979eaabd5ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId99826979eaabd5e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId16736979eaabd6039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId27666979eaabd8c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId53656979eaabd8d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId28706979eaabd8dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId88686979eaabd8e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId88646979eaabd957e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId30516979eaabd9b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId77796979eaabd9bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId68416979eaabd9ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97306979eaabd9d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId95986979eaabd5f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95986979eaabd5f0e.jpg"/><Relationship Id="rId39146979eaabd767f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39146979eaabd767f.jpg"/><Relationship Id="rId56876979eaabd9e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56876979eaabd9e01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId976872270" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId620343005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5937699673052fde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId2120699673052fe2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId57256996730530678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId24546996730532d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId67496996730532dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId61146996730532e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId89486996730532f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId67936996730533615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId69236996730533bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId77936996730533c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId27716996730533d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86466996730533de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId4193699673053052c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4193699673053052c.jpg"/><Relationship Id="rId42286996730531a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42286996730531a3f.jpg"/><Relationship Id="rId90046996730533e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90046996730533e4a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>