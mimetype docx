--- v6 (2026-02-19)
+++ v7 (2026-03-11)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5937699673052fde9" w:history="1">
+            <w:hyperlink r:id="rId760269b103101bf7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2120699673052fe2e" w:history="1">
+            <w:hyperlink r:id="rId918369b103101bfe9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98774777" name="name9395699673053052f" descr="14994.jpg"/>
+                  <wp:docPr id="32500768" name="name211269b103101c4f9" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4193699673053052c" cstate="print"/>
+                          <a:blip r:embed="rId644669b103101c4dd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId57256996730530678" w:history="1">
+            <w:hyperlink r:id="rId427169b103101c682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27672449" name="name39966996730531a41" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="39675012" name="name924069b103101dad5" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42286996730531a3f" cstate="print"/>
+                    <a:blip r:embed="rId275569b103101dad2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24546996730532d3c" w:history="1">
+      <w:hyperlink r:id="rId420669b103101f284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67496996730532dbf" w:history="1">
+      <w:hyperlink r:id="rId533369b103101f30a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61146996730532e65" w:history="1">
+      <w:hyperlink r:id="rId701969b103101f3e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89486996730532f08" w:history="1">
+      <w:hyperlink r:id="rId672269b103101f493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67936996730533615" w:history="1">
+      <w:hyperlink r:id="rId406769b103101fbba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId69236996730533bf8" w:history="1"/>
+      <w:hyperlink r:id="rId715069b103102019a" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77936996730533c5b" w:history="1">
+      <w:hyperlink r:id="rId317169b10310201f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27716996730533d14" w:history="1">
+      <w:hyperlink r:id="rId163669b10310202ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86466996730533de9" w:history="1">
+      <w:hyperlink r:id="rId905769b10310203ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46895549" name="name71016996730533e4b" descr="eu_funding_250.png"/>
+            <wp:docPr id="54955758" name="name301069b1031020542" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90046996730533e4a" cstate="print"/>
+                    <a:blip r:embed="rId911969b1031020541" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67090588">
+  <w:abstractNum w:abstractNumId="15774889">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25433115">
+    <w:lvl w:ilvl="0" w:tplc="23544281">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25433115" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23544281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67090587">
+  <w:abstractNum w:abstractNumId="15774888">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70999894">
+    <w:lvl w:ilvl="0" w:tplc="96185860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67090587">
-    <w:abstractNumId w:val="67090587"/>
+  <w:num w:numId="15774888">
+    <w:abstractNumId w:val="15774888"/>
   </w:num>
-  <w:num w:numId="67090588">
-    <w:abstractNumId w:val="67090588"/>
+  <w:num w:numId="15774889">
+    <w:abstractNumId w:val="15774889"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId976872270" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId620343005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5937699673052fde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId2120699673052fe2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId57256996730530678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId24546996730532d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId67496996730532dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId61146996730532e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId89486996730532f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId67936996730533615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId69236996730533bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId77936996730533c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId27716996730533d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId86466996730533de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId4193699673053052c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4193699673053052c.jpg"/><Relationship Id="rId42286996730531a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42286996730531a3f.jpg"/><Relationship Id="rId90046996730533e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90046996730533e4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId427025229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739582793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId760269b103101bf7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId918369b103101bfe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId427169b103101c682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId420669b103101f284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId533369b103101f30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId701969b103101f3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId672269b103101f493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId406769b103101fbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId715069b103102019a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId317169b10310201f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId163669b10310202ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId905769b10310203ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId644669b103101c4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644669b103101c4dd.jpg"/><Relationship Id="rId275569b103101dad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275569b103101dad2.jpg"/><Relationship Id="rId911969b1031020541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911969b1031020541.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>