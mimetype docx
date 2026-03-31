--- v7 (2026-03-11)
+++ v8 (2026-03-31)
@@ -280,88 +280,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder crinivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucurbit yellow stunting disorder virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId760269b103101bf7e" w:history="1">
+            <w:hyperlink r:id="rId130369cc0889b4f9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId918369b103101bfe9" w:history="1">
+            <w:hyperlink r:id="rId274369cc0889b4fe1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -375,86 +375,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYSDV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32500768" name="name211269b103101c4f9" descr="14994.jpg"/>
+                  <wp:docPr id="80305685" name="name692069cc0889b561e" descr="14994.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14994.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId644669b103101c4dd" cstate="print"/>
+                          <a:blip r:embed="rId231069cc0889b561c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId427169b103101c682" w:history="1">
+            <w:hyperlink r:id="rId564769cc0889b574e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1551,63 +1551,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CYSDV is present in several countries from the Mediterranean area, North America, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39675012" name="name924069b103101dad5" descr="CYSDV0_distribution_map.jpg"/>
+            <wp:docPr id="55376186" name="name293869cc0889b6a53" descr="CYSDV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYSDV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId275569b103101dad2" cstate="print"/>
+                    <a:blip r:embed="rId163169cc0889b6a4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1647,93 +1647,93 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Morocco, Sudan, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Guangdong, Jiangsu, Shanghai, Zhejiang), India (Rajasthan, Tamil Nadu, Uttar Pradesh), Iran, Islamic Republic of, Iraq, Israel, Jordan, Lebanon, Saudi Arabia, Syrian Arab Republic, United Arab Emirates</w:t>
+        <w:t xml:space="preserve"> China (Guangdong, Jiangsu, Shanghai, Zhejiang), India (Delhi, Rajasthan, Tamil Nadu, Uttar Pradesh), Iran, Islamic Republic of, Iraq, Israel, Jordan, Lebanon, Saudi Arabia, Syrian Arab Republic, United Arab Emirates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mexico, United States of America (Alabama, Arizona, California, Florida, Georgia, South Carolina, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Jamaica</w:t>
+        <w:t xml:space="preserve"> Guatemala, Jamaica</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4305,51 +4305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemisia tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420669b103101f284" w:history="1">
+      <w:hyperlink r:id="rId123869cc0889b7e2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BEMITA/datasheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2023-06-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4384,51 +4384,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533369b103101f30a" w:history="1">
+      <w:hyperlink r:id="rId420469cc0889b7eb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12888</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1365-1372. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId701969b103101f3e7" w:history="1">
+      <w:hyperlink r:id="rId329869cc0889b7f5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-10-0343</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4586,51 +4586,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 468-478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672269b103101f493" w:history="1">
+      <w:hyperlink r:id="rId703469cc0889b8002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2011.02545.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406769b103101fbba" w:history="1">
+      <w:hyperlink r:id="rId158469cc0889b873a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy11010023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6656,90 +6656,90 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 270–280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId715069b103102019a" w:history="1"/>
+      <w:hyperlink r:id="rId910469cc0889b8d68" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2023) Datasheet on Cucurbit yellow stunting disorder virus, Online </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317169b10310201f3" w:history="1">
+      <w:hyperlink r:id="rId345769cc0889b8dc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17070</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6805,51 +6805,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crinivirus cucurbitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163669b10310202ad" w:history="1">
+      <w:hyperlink r:id="rId421569cc0889b8e7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6934,90 +6934,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 442–444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905769b10310203ad" w:history="1">
+      <w:hyperlink r:id="rId195169cc0889b8f53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00847.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54955758" name="name301069b1031020542" descr="eu_funding_250.png"/>
+            <wp:docPr id="84520681" name="name144069cc0889b8fc2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId911969b1031020541" cstate="print"/>
+                    <a:blip r:embed="rId520669cc0889b8fc1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7115,137 +7115,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15774889">
+  <w:abstractNum w:abstractNumId="46990957">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23544281">
+    <w:lvl w:ilvl="0" w:tplc="13615354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23544281" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13615354" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15774888">
+  <w:abstractNum w:abstractNumId="46990956">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96185860">
+    <w:lvl w:ilvl="0" w:tplc="50522295">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7997,55 +7997,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15774888">
-    <w:abstractNumId w:val="15774888"/>
+  <w:num w:numId="46990956">
+    <w:abstractNumId w:val="46990956"/>
   </w:num>
-  <w:num w:numId="15774889">
-    <w:abstractNumId w:val="15774889"/>
+  <w:num w:numId="46990957">
+    <w:abstractNumId w:val="46990957"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19595,51 +19595,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId427025229" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739582793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId760269b103101bf7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId918369b103101bfe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId427169b103101c682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId420669b103101f284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId533369b103101f30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId701969b103101f3e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId672269b103101f493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId406769b103101fbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId715069b103102019a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId317169b10310201f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId163669b10310202ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId905769b10310203ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId644669b103101c4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644669b103101c4dd.jpg"/><Relationship Id="rId275569b103101dad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275569b103101dad2.jpg"/><Relationship Id="rId911969b1031020541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911969b1031020541.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId971199542" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId164639093" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId130369cc0889b4f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/" TargetMode="External"/><Relationship Id="rId274369cc0889b4fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/categorization" TargetMode="External"/><Relationship Id="rId564769cc0889b574e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYSDV0/photos" TargetMode="External"/><Relationship Id="rId123869cc0889b7e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BEMITA/datasheet" TargetMode="External"/><Relationship Id="rId420469cc0889b7eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12888" TargetMode="External"/><Relationship Id="rId329869cc0889b7f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-10-0343" TargetMode="External"/><Relationship Id="rId703469cc0889b8002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2011.02545.x" TargetMode="External"/><Relationship Id="rId158469cc0889b873a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy11010023" TargetMode="External"/><Relationship Id="rId910469cc0889b8d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/DataSheetReport/abstract/19991611007" TargetMode="External"/><Relationship Id="rId345769cc0889b8dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17070" TargetMode="External"/><Relationship Id="rId421569cc0889b8e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId195169cc0889b8f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00847.x" TargetMode="External"/><Relationship Id="rId231069cc0889b561c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId231069cc0889b561c.jpg"/><Relationship Id="rId163169cc0889b6a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163169cc0889b6a4f.jpg"/><Relationship Id="rId520669cc0889b8fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520669cc0889b8fc1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>