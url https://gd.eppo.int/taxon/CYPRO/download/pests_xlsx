--- v0 (2025-10-01)
+++ v1 (2025-10-30)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYPRO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>ERWICD</t>
   </si>
   <si>
     <t>Dickeya dianthicola</t>
   </si>
   <si>
     <t>* Tsror L, Erlich O, Lebiush S, Hazanovsky M, Zig U, Slawiak M, Grabe G, van der Wolf JM, van de Haar JJ (2009) Assessment of recent outbreaks of Dickeya sp. (syn. Erwinia chrysanthemi) slow wilt in potato crops in Israel. European Journal of Plant Pathology 123, 311–20.
 ------- No other reference for D. dianthicola could be found on this host. This may be based on a old reference for Erwinia chrysanthemi in general ?</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>
   <si>
     <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
 ------- Nymph host.</t>
   </si>
   <si>
@@ -530,286 +540,300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
         <v>33</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">