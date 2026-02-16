--- v1 (2025-10-30)
+++ v2 (2026-02-16)
@@ -182,50 +182,52 @@
   <si>
     <t>* Sandhu HS (2010) Biology and cultural control of lesser cornstalk borer on sugarcane. PhD thesis. University of Florida. https://ufdcimages.uflib.ufl.edu/UF/E0/04/14/72/00001/sandhu_h.pdf</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Abd-Elbary NA, Eissa MFM, Youssef MMA (2012) Reproduction of the rice root nematode, Hirschmanniella oryzae on some field crops and common weeds. Nematologia Mediterranea 40, 83-86.
 ------- Identified as a poor host in experiments.
 * Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: the nematode parasites of plants catalogued under their hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third Edition.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
     <t>* Bellé C, Kaspary TE, Rubin Balardin R, Antoniolli ZI (2019) Detection of Meloidogyne graminicola parasitising Cyperus rotundus in Rio Grande do Sul, Brazil. Australasian Plant Disease Notes 14(2). https://doi.org/10.1007/s13314-018-0333-2
 ------- On Cyperus rotundus in the municipality of Santa Maria (Rio Grande do Sul), Brazil.
 * de Lourdes Mendes M, Dickson DW, Crow WT (2020) Yellow and purple nutsedge and coffee senna as hosts of common plant nematodes in Florida. .Journal of Nematology, 52(i_current), 1-9.doi:10.21307/jofnem-2020-094.
 ------- confirmed host in experiments
+* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- Good host (Rf = 77.25)
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>XANTOR</t>
   </si>
   <si>
     <t>Xanthomonas oryzae pv. oryzae</t>
   </si>
   <si>
     <t>* Chattopadhyay S, Mukherjee N (1968) Occurrence in nature of collateral hosts (Cyperus rotundus and C. difformis) of Xanthomonas oryzae, incitant of bacterial blight of rice. Current Science 15, 441-442. 
 * Shekhar S, Sinha D, Kumari A (2020) An overview of bacterial Leaf blight disease of rice and different strategies for its management. International Journal of Current Microbiology and Applied Sciences 9, 2250-2265.  https://doi.org/10.20546/ijcmas.2020.904.270</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>