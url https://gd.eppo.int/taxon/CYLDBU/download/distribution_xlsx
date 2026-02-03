--- v0 (2025-10-16)
+++ v1 (2026-02-03)
@@ -347,51 +347,51 @@
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>