--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYLAV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t>* D’Urso V , Uliana M (2006) Acanalonia conica (Hemiptera, Fulgoromorpha, Acanaloniidae), a nearctic species recently introduced in Europe. Deutsche Entomologische Zeitschrift, 53(1), 103–107.</t>
   </si>
   <si>
@@ -252,50 +252,59 @@
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW, Hernández LM (2010) HOSTS - A Database of the World's Lepidopteran Hostplants. Natural History Museum, London. http://www.nhm.ac.uk/hosts.</t>
   </si>
   <si>
     <t>ORIEIS</t>
   </si>
   <si>
     <t>Orientus ishidae</t>
   </si>
   <si>
     <t>* Lessio F, Picciau L, Gonella E, Mandrioli M, Tota F, Alma A (2016) The mosaic leafhopper Orientus ishidae: host plants, spatial distribution, infectivity, and transmission of 16SrV phytoplasmas to vines. Bulletin of Insectology 69(2), 277-289.
 ------- Putative host plant (nymphs and adults were collected).
 * Jermini M, Schaerer S, Casati P, Corbani G, Quaglino F, Rigamonti I, Bianco P (2017) Orientus ishidae, un nouveau vecteur de la flavescence dorée au Tessin. Viticulture 49(5), 280–288.
 ------- In Ticino, hazelnut and Salix sp. were the preferred hosts.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
+  </si>
+  <si>
+    <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>XYBIAL</t>
   </si>
   <si>
     <t>Xyleborinus attenuatus</t>
   </si>
   <si>
     <t>* Kvamme T, Lindelöw Å, Knizek M (2020) Xyleborinus attenuatus (Blandford, 1894) (Coleoptera, Curculionidae, Scolytinae) in Scandinavia. Norwegian Journal of Entomology 67, 19‑30.
 * Nikulina T, Mandelshtam M, Petrov A, Nazarenko V, Yunakov N (2015) A survey of the weevils of Ukraine. Bark and ambrosia beetles (Coleoptera: Curculionidae: Platypodinae and Scolytinae). Zootaxa 3912, 61 pp.</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus</t>
   </si>
   <si>
     <t>* Kushiyev R, Tunçer C, Özdemir İO, Erper İ, Kalendar R, Alkan M, Özer G (2022) Molecular characterization of native entomopathogenic fungi from ambrosia beetles in hazelnut orchards of Turkey and evaluation of their in vitro efficacy. Insects 13(9), 824. https://doi.org/10.3390/insects13090824
 ------ Confirmed host.
 * Tuncer C, Knížek M, Hulcr J (2017) Scolytinae in hazelnut orchards of Turkey: Clarification of species and identification key (Coleoptera, Curculionidae). ZooKeys 710, 65
 ------- Confirmed host</t>
   </si>
   <si>
     <t>Major host</t>
@@ -694,51 +703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="588.571" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1080,154 +1089,168 @@
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>4</v>
+      </c>
+      <c r="B28" t="s">
         <v>79</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>80</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>87</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>90</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B32" t="s">
         <v>91</v>
       </c>
       <c r="C32" t="s">
         <v>92</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>95</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34" t="s">
         <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
         <v>101</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>82</v>
+      </c>
+      <c r="B36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">