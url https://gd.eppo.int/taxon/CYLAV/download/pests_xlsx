--- v1 (2025-12-15)
+++ v2 (2026-01-27)
@@ -167,51 +167,52 @@
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bosco L, Moraglio ST, Tavella L (2018) Halyomorpha halys, a serious threat for hazelnut in newly invaded areas.  Journal of Pest Science 91(2), 661-670.
 * Hedstrom CS, Shearer PW, Miller JC, Walton VM (2014) The effects of kernel feeding by Halyomorpha halys (Hemiptera: Pentatomidae) on commercial hazelnuts. Journal of Economic Entomology 107(5), 1858-1865 .</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea</t>
   </si>
   <si>
     <t>* Kaçar G, Koca AS, Şahin B, Yildiz F (2019) [The distribution area, damage rate and some bio-ecological characters of American the fall webworm in hazelnut orchards in Bolu and Düzce]. Uluslararasi Tarim ve Yaban Hayati Bilimleri Dergisi 5(2), 266-272 (in Turkish). https://dergipark.org.tr/en/download/article-file/881189</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
-    <t>Aramburu J, Rovira M (2001) Incidence and natural spread of apple mosaic ilarvirus in hazel in north‐east Spain. Plant Pathology 49(4), 423-427.
+    <t>* Akbaş B, Morca AF, Coşkan S, Şahin-Taylan Z, Taylan E, Güler E, Çelik A (2025)  Strengthening hazelnut certification systems through sensitive detection of apple mosaic virus (ApMV). Journal of Plant Diseases and Protection 132(3), 102.
+* Aramburu J, Rovira M (2001) Incidence and natural spread of apple mosaic ilarvirus in hazel in north‐east Spain. Plant Pathology 49(4), 423-427.
 * Cieślińska M, Valasevich N (2016) Characterization of Apple mosaic virus isolates detected in hazelnut in Poland. Journal of Plant Disease and Protection 123, 187–192.</t>
   </si>
   <si>
     <t>ERWIQU</t>
   </si>
   <si>
     <t>Lonsdalea quercina</t>
   </si>
   <si>
     <t>* Bucini D, Balestra GM, Pucci C, Paparatti B, Speranza S, Proietti Zolla C, Varvaro L (2005) Acta Horticulturae no. 686, 435-443 (abst.).</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Moghaddam M (2013) An annotated checklist of the scale insects of Iran (Hemiptera, Sternorrhyncha, Coccoidea) with new records and distribution data. Zookeys 334, 1-92.</t>
   </si>
   <si>
     <t>MALAAM</t>
   </si>
   <si>
     <t>Malacosoma americanum (as Corylus)</t>