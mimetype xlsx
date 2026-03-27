--- v2 (2026-01-27)
+++ v3 (2026-03-27)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYLAV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>DIPBBU</t>
+  </si>
+  <si>
+    <t>Diplodia bulgarica</t>
+  </si>
+  <si>
+    <t>* Ketabchi M, Ghosta Y, Darvishzadeh R and Abrinbana M (2015) Reaction of different trees against Diplodia bulgarica under field conditions. 2nd Iranian Mycological Congress, 23–25 August 2015. 
+----1-2 year old seedlings tested under experimental conditions, full paper not available</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t>* D’Urso V , Uliana M (2006) Acanalonia conica (Hemiptera, Fulgoromorpha, Acanaloniidae), a nearctic species recently introduced in Europe. Deutsche Entomologische Zeitschrift, 53(1), 103–107.</t>
   </si>
   <si>
     <t>AGRBTU</t>
   </si>
   <si>
     <t>Agrobacterium tumefaciens</t>
   </si>
   <si>
     <t>PHYPFG</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fragariae'</t>
   </si>
@@ -704,554 +717,568 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="588.571" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>91</v>
+      </c>
+      <c r="D31" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>96</v>
+      </c>
+      <c r="D33" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>105</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" t="s">
+        <v>107</v>
+      </c>
+      <c r="D37" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">