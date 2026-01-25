--- v0 (2025-10-09)
+++ v1 (2026-01-25)
@@ -12,83 +12,96 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYLAPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>IPOBA</t>
   </si>
   <si>
     <t>Ipomoea batatas</t>
   </si>
   <si>
+    <t>* Kotchofa R, BaimeyH, Fanou A, Zadji L, Sodjinou E (2019) Diversity and distribution of sweet potato weevils (Cylas spp.) in southern Benin. Annales de l’Université de Parakou - Série Sciences Naturelles et Agronomie, 9, 1-10. https://doi.org/10.56109/aup-sna.v9i1.58 
+* Nottingham SF, Wilson DD, Severson RF, Kays SJ (1987) Feeding and oviposition preferences of the sweet potato weevil, Cylas formicarius elegantulus, on the outer periderm and exposed inner core of storage roots of selected sweet potato cultivars. Entomologia Experimentalis et Applicata 45(3), 271-275</t>
+  </si>
+  <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>1IPOG</t>
   </si>
   <si>
     <t>Ipomoea</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>GOSHI</t>
+  </si>
+  <si>
+    <t>Gossypium hirsutum</t>
+  </si>
+  <si>
+    <t>* Malgwi MA, Onu I (2013) Alternate host plants, hibernation sites and survival strategy of Cylas puncticollis Boh.: a new pest of cotton. Journal of Biology, Agriculture and Healthcare 3(2), 9-22.</t>
   </si>
   <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -398,113 +411,129 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="358.484" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
         <v>11</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4"/>
+      <c r="B5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>