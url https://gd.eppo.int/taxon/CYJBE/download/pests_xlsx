--- v0 (2025-10-21)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYJBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -146,56 +146,50 @@
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Pereira‑Silva J, Boiteux LS, Fonseca MEN, Reis LNA, Souza AS, Nery FMB, Madeira NR, Pereira‑Carvalho RC (2022) Novel natural hosts of tomato severe rugose virus (ToSRV) in the Fabaceae, Solanaceae, and Oxalidaceae families. Journal of Plant Diseases and Protection 129, 425-431.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>LIBEPS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter solanacearum'</t>
   </si>
   <si>
     <t>* Caicedo J, Vallejo M, Simbaña L, Rivera LI (2020) First report of 'Candidatus Liberibacter solanacearum' causing leaf discoloration and wilting in tamarillo and cape gooseberry in Ecuador. New Disease Reports 41, 30. http://dx.doi.org/10.5197/j.2044-0588.2020.041.030
 * Liefting LW, Ward LI, Shiller JB, Clover GRG (2008b) A new ‘Candidatus Liberibacter’ species in Solanum betaceum (tamarillo) and Physalis peruviana (Cape gooseberry) in New Zealand. Plant Disease 92, p 1588.</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Liquido NJ, Cunnigham RT, Nakagawa S (1990) Host plants of Mediterranean fruit fly on the island of Hawaii (1949-1985 survey). Journal of Economic Entomology 83(5),  1863-1878,</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>COLLAC</t>
   </si>
   <si>
     <t>Colletotrichum acutatum sensu lato</t>
   </si>
@@ -756,51 +750,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -994,237 +988,237 @@
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>57</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>68</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>69</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>82</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>83</v>
       </c>
       <c r="C32" t="s">
         <v>84</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>85</v>
       </c>
       <c r="C33" t="s">
         <v>86</v>
       </c>
       <c r="D33"/>
     </row>
@@ -1276,205 +1270,193 @@
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>100</v>
+      </c>
+      <c r="C40" t="s">
+        <v>101</v>
+      </c>
+      <c r="D40" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
-      <c r="D41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>106</v>
       </c>
       <c r="C43" t="s">
         <v>107</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C44" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>110</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="B45" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C45" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>113</v>
+      </c>
+      <c r="D45" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B47" t="s">
+        <v>116</v>
+      </c>
+      <c r="C47" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B48" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C48" t="s">
         <v>120</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B49" t="s">
         <v>121</v>
       </c>
       <c r="C49" t="s">
         <v>122</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C50" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>125</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D51"/>
+      <c r="D50"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>