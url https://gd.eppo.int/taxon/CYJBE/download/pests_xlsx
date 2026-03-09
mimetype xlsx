--- v1 (2026-01-27)
+++ v2 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYJBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -316,50 +316,60 @@
     <t>Potato virus Y tobacco veinal necrosis strain (as Solanum)</t>
   </si>
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Martin C and Nydegger U (1982) Susceptibility of Cyphomandra betacea to Pseudomonas solanacearum. Plant Disease 66, 1025-1027</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
@@ -750,51 +760,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1285,178 +1295,192 @@
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>100</v>
       </c>
       <c r="C40" t="s">
         <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
         <v>102</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>108</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>109</v>
       </c>
       <c r="C44" t="s">
         <v>110</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>112</v>
       </c>
       <c r="C45" t="s">
         <v>113</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>114</v>
+      </c>
+      <c r="B46" t="s">
         <v>115</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>116</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>117</v>
       </c>
-      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B47" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B48" t="s">
         <v>119</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B49" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C49" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>123</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>118</v>
+      </c>
+      <c r="B51" t="s">
+        <v>127</v>
+      </c>
+      <c r="C51" t="s">
+        <v>128</v>
+      </c>
+      <c r="D51"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>