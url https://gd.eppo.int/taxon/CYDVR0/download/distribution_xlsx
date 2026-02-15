--- v0 (2025-10-08)
+++ v1 (2026-02-15)
@@ -308,51 +308,51 @@
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>