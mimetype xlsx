--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -152,51 +152,51 @@
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>