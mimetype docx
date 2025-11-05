--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117868f0df16488da" w:history="1">
+            <w:hyperlink r:id="rId6401690bbe689011a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId808768f0df1648945" w:history="1">
+            <w:hyperlink r:id="rId5914690bbe6890190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55743165" name="name237668f0df1649522" descr="12439.jpg"/>
+                  <wp:docPr id="84300578" name="name4253690bbe68907ff" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId662068f0df164951f" cstate="print"/>
+                          <a:blip r:embed="rId3390690bbe68907fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId251768f0df164973e" w:history="1">
+            <w:hyperlink r:id="rId1853690bbe6890927" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,63 +1602,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4807150" name="name398168f0df164ad99" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="24930875" name="name3199690bbe6891c69" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId788768f0df164ad96" cstate="print"/>
+                    <a:blip r:embed="rId9251690bbe6891c66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144768f0df164c0f6" w:history="1">
+      <w:hyperlink r:id="rId2262690bbe6892dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525568f0df164c133" w:history="1">
+      <w:hyperlink r:id="rId9727690bbe6892e15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399768f0df164c297" w:history="1">
+      <w:hyperlink r:id="rId4328690bbe6892f65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233268f0df164ce59" w:history="1">
+      <w:hyperlink r:id="rId9343690bbe6893a68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22044371" name="name553268f0df164cf4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="84273503" name="name9630690bbe6893b2a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId454568f0df164cf4b" cstate="print"/>
+                    <a:blip r:embed="rId4709690bbe6893b29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56083336">
+  <w:abstractNum w:abstractNumId="16965450">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69491035">
+    <w:lvl w:ilvl="0" w:tplc="58632917">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69491035" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58632917" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56083335">
+  <w:abstractNum w:abstractNumId="16965449">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68813928">
+    <w:lvl w:ilvl="0" w:tplc="91120748">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56083335">
-    <w:abstractNumId w:val="56083335"/>
+  <w:num w:numId="16965449">
+    <w:abstractNumId w:val="16965449"/>
   </w:num>
-  <w:num w:numId="56083336">
-    <w:abstractNumId w:val="56083336"/>
+  <w:num w:numId="16965450">
+    <w:abstractNumId w:val="16965450"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172141160" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId452665974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId117868f0df16488da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId808768f0df1648945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId251768f0df164973e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId144768f0df164c0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId525568f0df164c133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId399768f0df164c297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId233268f0df164ce59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId662068f0df164951f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662068f0df164951f.jpg"/><Relationship Id="rId788768f0df164ad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId788768f0df164ad96.jpg"/><Relationship Id="rId454568f0df164cf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454568f0df164cf4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId157683585" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896627207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6401690bbe689011a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId5914690bbe6890190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId1853690bbe6890927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId2262690bbe6892dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId9727690bbe6892e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId4328690bbe6892f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId9343690bbe6893a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3390690bbe68907fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3390690bbe68907fe.jpg"/><Relationship Id="rId9251690bbe6891c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9251690bbe6891c66.jpg"/><Relationship Id="rId4709690bbe6893b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4709690bbe6893b29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>