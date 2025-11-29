--- v1 (2025-11-05)
+++ v2 (2025-11-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6401690bbe689011a" w:history="1">
+            <w:hyperlink r:id="rId9328692b62a949e86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5914690bbe6890190" w:history="1">
+            <w:hyperlink r:id="rId7468692b62a949f70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84300578" name="name4253690bbe68907ff" descr="12439.jpg"/>
+                  <wp:docPr id="52847792" name="name5612692b62a94a0ae" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3390690bbe68907fe" cstate="print"/>
+                          <a:blip r:embed="rId7722692b62a94a0ac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1853690bbe6890927" w:history="1">
+            <w:hyperlink r:id="rId8228692b62a94a235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,63 +1602,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24930875" name="name3199690bbe6891c69" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="2966715" name="name8524692b62a94bc76" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9251690bbe6891c66" cstate="print"/>
+                    <a:blip r:embed="rId8781692b62a94bc73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2262690bbe6892dda" w:history="1">
+      <w:hyperlink r:id="rId1918692b62a94cd8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9727690bbe6892e15" w:history="1">
+      <w:hyperlink r:id="rId4094692b62a94cdc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4328690bbe6892f65" w:history="1">
+      <w:hyperlink r:id="rId2083692b62a94cf16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9343690bbe6893a68" w:history="1">
+      <w:hyperlink r:id="rId5322692b62a94da64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84273503" name="name9630690bbe6893b2a" descr="eu_funding_250.png"/>
+            <wp:docPr id="93542845" name="name3959692b62a94dcd8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4709690bbe6893b29" cstate="print"/>
+                    <a:blip r:embed="rId6546692b62a94dcd7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16965450">
+  <w:abstractNum w:abstractNumId="64706179">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58632917">
+    <w:lvl w:ilvl="0" w:tplc="32593539">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58632917" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32593539" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16965449">
+  <w:abstractNum w:abstractNumId="64706178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91120748">
+    <w:lvl w:ilvl="0" w:tplc="66910567">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16965449">
-    <w:abstractNumId w:val="16965449"/>
+  <w:num w:numId="64706178">
+    <w:abstractNumId w:val="64706178"/>
   </w:num>
-  <w:num w:numId="16965450">
-    <w:abstractNumId w:val="16965450"/>
+  <w:num w:numId="64706179">
+    <w:abstractNumId w:val="64706179"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId157683585" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896627207" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6401690bbe689011a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId5914690bbe6890190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId1853690bbe6890927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId2262690bbe6892dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId9727690bbe6892e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId4328690bbe6892f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId9343690bbe6893a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3390690bbe68907fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3390690bbe68907fe.jpg"/><Relationship Id="rId9251690bbe6891c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9251690bbe6891c66.jpg"/><Relationship Id="rId4709690bbe6893b29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4709690bbe6893b29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695630993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220920397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9328692b62a949e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId7468692b62a949f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId8228692b62a94a235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId1918692b62a94cd8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId4094692b62a94cdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId2083692b62a94cf16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId5322692b62a94da64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7722692b62a94a0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7722692b62a94a0ac.jpg"/><Relationship Id="rId8781692b62a94bc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8781692b62a94bc73.jpg"/><Relationship Id="rId6546692b62a94dcd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6546692b62a94dcd7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>