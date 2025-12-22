--- v2 (2025-11-29)
+++ v3 (2025-12-22)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9328692b62a949e86" w:history="1">
+            <w:hyperlink r:id="rId20976948aea00847f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7468692b62a949f70" w:history="1">
+            <w:hyperlink r:id="rId60256948aea008536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52847792" name="name5612692b62a94a0ae" descr="12439.jpg"/>
+                  <wp:docPr id="55255251" name="name79486948aea008bf5" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7722692b62a94a0ac" cstate="print"/>
+                          <a:blip r:embed="rId65826948aea008bf3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8228692b62a94a235" w:history="1">
+            <w:hyperlink r:id="rId98406948aea008d77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,63 +1602,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2966715" name="name8524692b62a94bc76" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="77778523" name="name82416948aea00a4ce" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8781692b62a94bc73" cstate="print"/>
+                    <a:blip r:embed="rId42436948aea00a4ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1918692b62a94cd8b" w:history="1">
+      <w:hyperlink r:id="rId57066948aea00b79e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4094692b62a94cdc8" w:history="1">
+      <w:hyperlink r:id="rId62046948aea00b7db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2083692b62a94cf16" w:history="1">
+      <w:hyperlink r:id="rId37936948aea00b947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5322692b62a94da64" w:history="1">
+      <w:hyperlink r:id="rId36626948aea00c4ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93542845" name="name3959692b62a94dcd8" descr="eu_funding_250.png"/>
+            <wp:docPr id="55788730" name="name76116948aea00c5b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6546692b62a94dcd7" cstate="print"/>
+                    <a:blip r:embed="rId15776948aea00c5af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64706179">
+  <w:abstractNum w:abstractNumId="55603553">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32593539">
+    <w:lvl w:ilvl="0" w:tplc="61685295">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32593539" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61685295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64706178">
+  <w:abstractNum w:abstractNumId="55603552">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66910567">
+    <w:lvl w:ilvl="0" w:tplc="13126350">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64706178">
-    <w:abstractNumId w:val="64706178"/>
+  <w:num w:numId="55603552">
+    <w:abstractNumId w:val="55603552"/>
   </w:num>
-  <w:num w:numId="64706179">
-    <w:abstractNumId w:val="64706179"/>
+  <w:num w:numId="55603553">
+    <w:abstractNumId w:val="55603553"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695630993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220920397" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9328692b62a949e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId7468692b62a949f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId8228692b62a94a235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId1918692b62a94cd8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId4094692b62a94cdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId2083692b62a94cf16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId5322692b62a94da64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7722692b62a94a0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7722692b62a94a0ac.jpg"/><Relationship Id="rId8781692b62a94bc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8781692b62a94bc73.jpg"/><Relationship Id="rId6546692b62a94dcd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6546692b62a94dcd7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140959046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365852395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20976948aea00847f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId60256948aea008536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId98406948aea008d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId57066948aea00b79e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId62046948aea00b7db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId37936948aea00b947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId36626948aea00c4ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65826948aea008bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65826948aea008bf3.jpg"/><Relationship Id="rId42436948aea00a4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42436948aea00a4ca.jpg"/><Relationship Id="rId15776948aea00c5af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15776948aea00c5af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>