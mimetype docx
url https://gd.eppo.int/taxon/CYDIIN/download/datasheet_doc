--- v3 (2025-12-22)
+++ v4 (2026-01-28)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20976948aea00847f" w:history="1">
+            <w:hyperlink r:id="rId3611697a77063d9df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60256948aea008536" w:history="1">
+            <w:hyperlink r:id="rId4201697a77063da48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55255251" name="name79486948aea008bf5" descr="12439.jpg"/>
+                  <wp:docPr id="25842857" name="name4704697a77063db18" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65826948aea008bf3" cstate="print"/>
+                          <a:blip r:embed="rId8623697a77063db17" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98406948aea008d77" w:history="1">
+            <w:hyperlink r:id="rId3575697a77063dc36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,63 +1602,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77778523" name="name82416948aea00a4ce" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="96187460" name="name9232697a77063f202" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42436948aea00a4ca" cstate="print"/>
+                    <a:blip r:embed="rId5508697a77063f200" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57066948aea00b79e" w:history="1">
+      <w:hyperlink r:id="rId2906697a7706402a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62046948aea00b7db" w:history="1">
+      <w:hyperlink r:id="rId3996697a7706402de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37936948aea00b947" w:history="1">
+      <w:hyperlink r:id="rId8648697a77064042a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5831,73 +5831,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36626948aea00c4ea" w:history="1">
+      <w:hyperlink r:id="rId3314697a770640eec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55788730" name="name76116948aea00c5b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="91479572" name="name9255697a770640fd3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15776948aea00c5af" cstate="print"/>
+                    <a:blip r:embed="rId3747697a770640fd2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55603553">
+  <w:abstractNum w:abstractNumId="82520704">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61685295">
+    <w:lvl w:ilvl="0" w:tplc="12841343">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61685295" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12841343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55603552">
+  <w:abstractNum w:abstractNumId="82520703">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13126350">
+    <w:lvl w:ilvl="0" w:tplc="24279521">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55603552">
-    <w:abstractNumId w:val="55603552"/>
+  <w:num w:numId="82520703">
+    <w:abstractNumId w:val="82520703"/>
   </w:num>
-  <w:num w:numId="55603553">
-    <w:abstractNumId w:val="55603553"/>
+  <w:num w:numId="82520704">
+    <w:abstractNumId w:val="82520704"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId140959046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365852395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20976948aea00847f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId60256948aea008536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId98406948aea008d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId57066948aea00b79e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId62046948aea00b7db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId37936948aea00b947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId36626948aea00c4ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65826948aea008bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65826948aea008bf3.jpg"/><Relationship Id="rId42436948aea00a4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42436948aea00a4ca.jpg"/><Relationship Id="rId15776948aea00c5af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15776948aea00c5af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535049654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId696640072" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3611697a77063d9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId4201697a77063da48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId3575697a77063dc36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId2906697a7706402a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId3996697a7706402de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId8648697a77064042a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId3314697a770640eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8623697a77063db17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8623697a77063db17.jpg"/><Relationship Id="rId5508697a77063f200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5508697a77063f200.jpg"/><Relationship Id="rId3747697a770640fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3747697a770640fd2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>