--- v4 (2026-01-28)
+++ v5 (2026-02-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3611697a77063d9df" w:history="1">
+            <w:hyperlink r:id="rId551769953317912ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4201697a77063da48" w:history="1">
+            <w:hyperlink r:id="rId5679699533179135a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25842857" name="name4704697a77063db18" descr="12439.jpg"/>
+                  <wp:docPr id="91840451" name="name11316995331791ab9" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8623697a77063db17" cstate="print"/>
+                          <a:blip r:embed="rId45396995331791ab7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3575697a77063dc36" w:history="1">
+            <w:hyperlink r:id="rId50196995331791bc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,105 +1602,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96187460" name="name9232697a77063f202" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="11636578" name="name8041699533179314d" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5508697a77063f200" cstate="print"/>
+                    <a:blip r:embed="rId3799699533179314a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Central Russia, Eastern Siberia, Far East, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Guangdong, Hebei, Heilongjiang, Henan, Jilin, Liaoning, Shaanxi, Shandong), Japan (Hokkaido, Honshu)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2906697a7706402a5" w:history="1">
+      <w:hyperlink r:id="rId12536995331794272" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3996697a7706402de" w:history="1">
+      <w:hyperlink r:id="rId334169953317942ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8648697a77064042a" w:history="1">
+      <w:hyperlink r:id="rId151269953317943fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3314697a770640eec" w:history="1">
+      <w:hyperlink r:id="rId45026995331794eeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91479572" name="name9255697a770640fd3" descr="eu_funding_250.png"/>
+            <wp:docPr id="12381534" name="name70666995331795270" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3747697a770640fd2" cstate="print"/>
+                    <a:blip r:embed="rId7500699533179526e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82520704">
+  <w:abstractNum w:abstractNumId="70211808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12841343">
+    <w:lvl w:ilvl="0" w:tplc="35188921">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12841343" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35188921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82520703">
+  <w:abstractNum w:abstractNumId="70211807">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24279521">
+    <w:lvl w:ilvl="0" w:tplc="39184201">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82520703">
-    <w:abstractNumId w:val="82520703"/>
+  <w:num w:numId="70211807">
+    <w:abstractNumId w:val="70211807"/>
   </w:num>
-  <w:num w:numId="82520704">
-    <w:abstractNumId w:val="82520704"/>
+  <w:num w:numId="70211808">
+    <w:abstractNumId w:val="70211808"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535049654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId696640072" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3611697a77063d9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId4201697a77063da48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId3575697a77063dc36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId2906697a7706402a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId3996697a7706402de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId8648697a77064042a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId3314697a770640eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8623697a77063db17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8623697a77063db17.jpg"/><Relationship Id="rId5508697a77063f200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5508697a77063f200.jpg"/><Relationship Id="rId3747697a770640fd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3747697a770640fd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId357649024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId815566467" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId551769953317912ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId5679699533179135a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId50196995331791bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId12536995331794272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId334169953317942ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId151269953317943fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId45026995331794eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45396995331791ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45396995331791ab7.jpg"/><Relationship Id="rId3799699533179314a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3799699533179314a.jpg"/><Relationship Id="rId7500699533179526e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7500699533179526e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>