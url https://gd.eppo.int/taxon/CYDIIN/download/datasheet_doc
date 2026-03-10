--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId551769953317912ec" w:history="1">
+            <w:hyperlink r:id="rId167269afd5440da67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5679699533179135a" w:history="1">
+            <w:hyperlink r:id="rId391869afd5440daea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91840451" name="name11316995331791ab9" descr="12439.jpg"/>
+                  <wp:docPr id="61717762" name="name708869afd5440e366" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45396995331791ab7" cstate="print"/>
+                          <a:blip r:embed="rId193469afd5440e364" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId50196995331791bc4" w:history="1">
+            <w:hyperlink r:id="rId834669afd5440e48a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,63 +1602,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11636578" name="name8041699533179314d" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="90657889" name="name436869afd5440fa08" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3799699533179314a" cstate="print"/>
+                    <a:blip r:embed="rId209769afd5440fa05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12536995331794272" w:history="1">
+      <w:hyperlink r:id="rId645069afd54410ad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334169953317942ae" w:history="1">
+      <w:hyperlink r:id="rId888269afd54410b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151269953317943fb" w:history="1">
+      <w:hyperlink r:id="rId492069afd54410c61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45026995331794eeb" w:history="1">
+      <w:hyperlink r:id="rId662669afd544116fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12381534" name="name70666995331795270" descr="eu_funding_250.png"/>
+            <wp:docPr id="83799800" name="name277869afd544117f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7500699533179526e" cstate="print"/>
+                    <a:blip r:embed="rId466569afd544117f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70211808">
+  <w:abstractNum w:abstractNumId="88620385">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35188921">
+    <w:lvl w:ilvl="0" w:tplc="83468675">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35188921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83468675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70211807">
+  <w:abstractNum w:abstractNumId="88620384">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39184201">
+    <w:lvl w:ilvl="0" w:tplc="74503991">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70211807">
-    <w:abstractNumId w:val="70211807"/>
+  <w:num w:numId="88620384">
+    <w:abstractNumId w:val="88620384"/>
   </w:num>
-  <w:num w:numId="70211808">
-    <w:abstractNumId w:val="70211808"/>
+  <w:num w:numId="88620385">
+    <w:abstractNumId w:val="88620385"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId357649024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId815566467" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId551769953317912ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId5679699533179135a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId50196995331791bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId12536995331794272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId334169953317942ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId151269953317943fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId45026995331794eeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45396995331791ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45396995331791ab7.jpg"/><Relationship Id="rId3799699533179314a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3799699533179314a.jpg"/><Relationship Id="rId7500699533179526e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7500699533179526e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId601418487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178623263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId167269afd5440da67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId391869afd5440daea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId834669afd5440e48a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId645069afd54410ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId888269afd54410b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId492069afd54410c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId662669afd544116fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId193469afd5440e364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193469afd5440e364.jpg"/><Relationship Id="rId209769afd5440fa05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId209769afd5440fa05.jpg"/><Relationship Id="rId466569afd544117f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466569afd544117f5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>