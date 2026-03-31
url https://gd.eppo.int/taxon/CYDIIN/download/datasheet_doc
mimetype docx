--- v6 (2026-03-10)
+++ v7 (2026-03-31)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kozhanchikov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manchurian codling moth, Manchurian fruit moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167269afd5440da67" w:history="1">
+            <w:hyperlink r:id="rId755169cb3f5c7591a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391869afd5440daea" w:history="1">
+            <w:hyperlink r:id="rId469269cb3f5c75994" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CYDIIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61717762" name="name708869afd5440e366" descr="12439.jpg"/>
+                  <wp:docPr id="26376542" name="name366369cb3f5c75fb8" descr="12439.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12439.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId193469afd5440e364" cstate="print"/>
+                          <a:blip r:embed="rId232169cb3f5c75fb5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId834669afd5440e48a" w:history="1">
+            <w:hyperlink r:id="rId819969cb3f5c760c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1602,63 +1602,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was detected in the area of Krasnoyarsk (on the eastern and the western banks of the River Yenisei) and further south in the area around Minusinsk and in the Khakassiya Republic (Akulov &amp; Kirichenko, 2014). The presence of the species further west, i.e. in Western Siberia, at least in regions bordering Krasnoyarsk krai, is considered highly likely (Akulov &amp; Kirichenko, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90657889" name="name436869afd5440fa08" descr="CYDIIN_distribution_map.jpg"/>
+            <wp:docPr id="54609130" name="name325269cb3f5c776a9" descr="CYDIIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CYDIIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId209769afd5440fa05" cstate="print"/>
+                    <a:blip r:embed="rId617969cb3f5c776a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3926,81 +3926,81 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 31-50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2010) Final import risk analysis report for fresh apple fruit from the People’s Republic of China. Biosecurity Australia, Canberra. 370 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645069afd54410ad9" w:history="1">
+      <w:hyperlink r:id="rId631569cb3f5c78be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity New Zealand (2009) Import Risk Analysis: Pears (Pyrus bretschneideri, Pyrus pyrifolia, and Pyrus sp. nr. communis) fresh fruit from China Final. 462 pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888269afd54410b13" w:history="1">
+      <w:hyperlink r:id="rId229869cb3f5c78c37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4162,51 +4162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Manchurian fruit moth). CABI Invasive Species Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492069afd54410c61" w:history="1">
+      <w:hyperlink r:id="rId359369cb3f5c78d9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/17357#toPictures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 April 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapholita inopinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662669afd544116fd" w:history="1">
+      <w:hyperlink r:id="rId847769cb3f5c7987e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5928,63 +5928,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83799800" name="name277869afd544117f6" descr="eu_funding_250.png"/>
+            <wp:docPr id="68050037" name="name659069cb3f5c79ca9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId466569afd544117f5" cstate="print"/>
+                    <a:blip r:embed="rId466769cb3f5c79ca7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6082,137 +6082,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88620385">
+  <w:abstractNum w:abstractNumId="90760266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83468675">
+    <w:lvl w:ilvl="0" w:tplc="89828561">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83468675" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89828561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88620384">
+  <w:abstractNum w:abstractNumId="90760265">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74503991">
+    <w:lvl w:ilvl="0" w:tplc="96178943">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6964,55 +6964,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88620384">
-    <w:abstractNumId w:val="88620384"/>
+  <w:num w:numId="90760265">
+    <w:abstractNumId w:val="90760265"/>
   </w:num>
-  <w:num w:numId="88620385">
-    <w:abstractNumId w:val="88620385"/>
+  <w:num w:numId="90760266">
+    <w:abstractNumId w:val="90760266"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18562,51 +18562,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId601418487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178623263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId167269afd5440da67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId391869afd5440daea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId834669afd5440e48a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId645069afd54410ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId888269afd54410b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId492069afd54410c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId662669afd544116fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId193469afd5440e364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193469afd5440e364.jpg"/><Relationship Id="rId209769afd5440fa05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId209769afd5440fa05.jpg"/><Relationship Id="rId466569afd544117f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466569afd544117f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId576073666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId263594443" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId755169cb3f5c7591a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/" TargetMode="External"/><Relationship Id="rId469269cb3f5c75994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/categorization" TargetMode="External"/><Relationship Id="rId819969cb3f5c760c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CYDIIN/photos" TargetMode="External"/><Relationship Id="rId631569cb3f5c78be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agriculture.gov.au/biosecurity/risk-analysis/plant/apples-china" TargetMode="External"/><Relationship Id="rId229869cb3f5c78c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId359369cb3f5c78d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/17357#toPictures" TargetMode="External"/><Relationship Id="rId847769cb3f5c7987e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId232169cb3f5c75fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232169cb3f5c75fb5.jpg"/><Relationship Id="rId617969cb3f5c776a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617969cb3f5c776a7.jpg"/><Relationship Id="rId466769cb3f5c79ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466769cb3f5c79ca7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>