--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CYAGL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>XYLSMU</t>
   </si>
   <si>
     <t>Cnestus mutilatus (as Carya)</t>
   </si>
   <si>
     <t>* Oliver J, Youssef N, Basham J, Bray A, Copley K, Hale F, Klingeman W, Halcomb M, Haun W (2012) Camphor Shot Borer: a new nursery and landscape pest in Tennessee ANR-ENT-01-2012. Tennessee State University</t>
   </si>
   <si>
@@ -74,50 +74,59 @@
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Carya)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Carya)</t>
   </si>
   <si>
     <t xml:space="preserve">* Pfister S, Valdez R (2017) Velvet longhorned beetle status in the United States. NPB Annual Meeting (Savannah, US, 2017-08-13/17). https://nationalplantboard.org/wp-content/uploads/docs/2017_meeting/pfister_furniturebeetle.pdf
 * Rodman TM, Spears LR, Alston DG, Cannon C, Watson K, Caputo J (2020) Velvet longhorned beetle (Trichoferus campestris (Faldermann)). Utah Pests Fact Sheets (ENT-208-19-PR). Utah State University Extension and Utah Plant Pest Diagnostic Laboratory, Logan, UT. 5 pp. https://digitalcommons.usu.edu/extension_curall/1957 </t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -431,51 +440,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="378.622" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -541,50 +550,64 @@
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">