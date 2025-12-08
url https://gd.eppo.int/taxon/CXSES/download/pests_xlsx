--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -214,51 +214,51 @@
   <si>
     <t>Xanthomonas axonopodis pv. dieffenbachiae (as Aroideae)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Bridge J, Plowright RA, Peng D (2005) Nematode parasites of rice. In: Plant parasitic nematodes in subtropical and tropical agriculture (eds Luc M, Sikora RA, Bridge J), pp. 87-130.</t>
   </si>
   <si>
     <t>TABV00</t>
   </si>
   <si>
     <t>Badnavirus alphacolocalasiae</t>
   </si>
   <si>
     <t>CBDV00</t>
   </si>
   <si>
-    <t>Cytorhabdovirus colocasiae</t>
+    <t>Betacytorhabdovirus colocasiae</t>
   </si>
   <si>
     <t>* Pearson MN, Jackson GVH, Saelea J, Morar SG (1999) Evidence for two rhabdoviruses in taro (Colocasia esculenta) in the Pacific region. Australasian Plant Pathology 28(3), 248-253. https://doi.org/10.1071/AP99040</t>
   </si>
   <si>
     <t>PAPUIN</t>
   </si>
   <si>
     <t>Papuana inermis</t>
   </si>
   <si>
     <t>PAPUSE</t>
   </si>
   <si>
     <t>Papuana woodlarckiana</t>
   </si>
   <si>
     <t>POMAIN</t>
   </si>
   <si>
     <t>Pomacea maculata</t>
   </si>
   <si>
     <t>* Bernatis JL (2014) Morphology, ecophysiology, and impacts of nonindigenous Pomacea in Florida. PhD Thesis University of Florida, 163 pp. 
 * Burks RL, Hensley SA, Kyle CH (2011) Quite the appetite: juvenile island apple snails (Pomacea insularum) survive consuming only exotic invasive plants. Journal of Molluscan Studies 77(4), 423-428.