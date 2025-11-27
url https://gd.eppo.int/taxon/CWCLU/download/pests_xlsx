--- v0 (2025-10-29)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CWCLU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CCCVD0</t>
   </si>
   <si>
     <t>Cocadviroid cadangi</t>
   </si>
   <si>
     <t>* Imperial JS, Bautista RM, Randles JW (1985) Transmission of the coconut cadang-cadang viroid to six species of palm by inoculation with nucleic acid extracts. Plant Pathology 34, 391-401.</t>
   </si>
   <si>
@@ -111,50 +111,60 @@
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>
   <si>
     <t>* Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
 --------- Adult host.</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Arias de López M, Kondo T, Molina-Moreira N (2025) A new threat to Ecuadorian flora: first report of the pink hibiscus mealybug, Maconellicoccus hirsutus (Green, 1908)(Hemiptera: Pseudococcidae) and its potential biological control agent. Revista Brasileira de Entomologia 69, e20250007. https://doi.org/10.1590/1806-9665-RBENT-2025-0007 
 ------- as Dypsis lutescens.</t>
+  </si>
+  <si>
+    <t>MELGMY</t>
+  </si>
+  <si>
+    <t>Meloidogyne enterolobii</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* NPPO of the Netherlands (2025-08, 2025-09). 
+-----reported to infest 51,190 C. lutescens plants in one production site and potentially 56,208 in another. No root-knot or above ground symptoms observed but root rotting observed.  </t>
   </si>
   <si>
     <t>OCTDNI</t>
   </si>
   <si>
     <t>Octodonta nipae</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
   <si>
     <t>PARYMI</t>
   </si>
@@ -517,51 +527,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="441.035" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -687,131 +697,145 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>36</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>41</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
         <v>48</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>49</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>50</v>
       </c>
-      <c r="D18"/>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>