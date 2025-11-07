--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing ipomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347268e6e5753ccb4" w:history="1">
+            <w:hyperlink r:id="rId7206690e40c17c43d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId943368e6e5753ccf9" w:history="1">
+            <w:hyperlink r:id="rId2746690e40c17c483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -353,86 +353,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CVYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64245520" name="name949268e6e5753d3f1" descr="14854.jpg"/>
+                  <wp:docPr id="21063437" name="name5064690e40c17d084" descr="14854.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14854.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId939068e6e5753d3ef" cstate="print"/>
+                          <a:blip r:embed="rId4866690e40c17d07a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId889368e6e5753d529" w:history="1">
+            <w:hyperlink r:id="rId1707690e40c17d7b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1029,63 +1029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CVYV is present in several countries from the Mediterranean area, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73040726" name="name921768e6e5753e675" descr="CVYV00_distribution_map.jpg"/>
+            <wp:docPr id="16800869" name="name6509690e40c17f145" descr="CVYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CVYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId133468e6e5753e671" cstate="print"/>
+                    <a:blip r:embed="rId1161690e40c17f142" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2766,51 +2766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consejerio de Agricultura et Pesca, Juntas de Andalucía, Sevilla (ES) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet on Pest. Cucumber vein yellowing virus (cucumber vein yellowing) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329468e6e5753f3c2" w:history="1">
+      <w:hyperlink r:id="rId4866690e40c180222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4253,51 +4253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600968e6e5753fd71" w:history="1">
+      <w:hyperlink r:id="rId6277690e40c180e55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10060860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus cucumisvenaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247868e6e5753fed9" w:history="1">
+      <w:hyperlink r:id="rId6155690e40c180ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4570,90 +4570,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419–421. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973368e6e5753ff96" w:history="1">
+      <w:hyperlink r:id="rId2787690e40c1810c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00846.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70336631" name="name984868e6e57540247" descr="eu_funding_250.png"/>
+            <wp:docPr id="91701444" name="name7781690e40c1812dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId557468e6e57540245" cstate="print"/>
+                    <a:blip r:embed="rId3892690e40c1812dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4751,137 +4751,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76714596">
+  <w:abstractNum w:abstractNumId="64291799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34560113">
+    <w:lvl w:ilvl="0" w:tplc="80963981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34560113" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80963981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76714595">
+  <w:abstractNum w:abstractNumId="64291798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15987937">
+    <w:lvl w:ilvl="0" w:tplc="34745257">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5633,55 +5633,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76714595">
-    <w:abstractNumId w:val="76714595"/>
+  <w:num w:numId="64291798">
+    <w:abstractNumId w:val="64291798"/>
   </w:num>
-  <w:num w:numId="76714596">
-    <w:abstractNumId w:val="76714596"/>
+  <w:num w:numId="64291799">
+    <w:abstractNumId w:val="64291799"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17231,51 +17231,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId623996259" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId833511043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId347268e6e5753ccb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId943368e6e5753ccf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId889368e6e5753d529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId329468e6e5753f3c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId600968e6e5753fd71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId247868e6e5753fed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId973368e6e5753ff96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId939068e6e5753d3ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939068e6e5753d3ef.jpg"/><Relationship Id="rId133468e6e5753e671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId133468e6e5753e671.jpg"/><Relationship Id="rId557468e6e57540245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId557468e6e57540245.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535623066" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId224432805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7206690e40c17c43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId2746690e40c17c483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId1707690e40c17d7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId4866690e40c180222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId6277690e40c180e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId6155690e40c180ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2787690e40c1810c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId4866690e40c17d07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4866690e40c17d07a.jpg"/><Relationship Id="rId1161690e40c17f142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1161690e40c17f142.jpg"/><Relationship Id="rId3892690e40c1812dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3892690e40c1812dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>