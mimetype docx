--- v1 (2025-11-07)
+++ v2 (2025-12-07)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing ipomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7206690e40c17c43d" w:history="1">
+            <w:hyperlink r:id="rId73906935e43190923" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2746690e40c17c483" w:history="1">
+            <w:hyperlink r:id="rId38496935e4319096d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -353,86 +353,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CVYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21063437" name="name5064690e40c17d084" descr="14854.jpg"/>
+                  <wp:docPr id="19671605" name="name53756935e43190cbf" descr="14854.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14854.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4866690e40c17d07a" cstate="print"/>
+                          <a:blip r:embed="rId69996935e43190cbd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1707690e40c17d7b3" w:history="1">
+            <w:hyperlink r:id="rId26256935e43190ddc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1029,63 +1029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CVYV is present in several countries from the Mediterranean area, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16800869" name="name6509690e40c17f145" descr="CVYV00_distribution_map.jpg"/>
+            <wp:docPr id="39623002" name="name82276935e43191d84" descr="CVYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CVYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1161690e40c17f142" cstate="print"/>
+                    <a:blip r:embed="rId47836935e43191d81" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2766,51 +2766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consejerio de Agricultura et Pesca, Juntas de Andalucía, Sevilla (ES) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet on Pest. Cucumber vein yellowing virus (cucumber vein yellowing) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4866690e40c180222" w:history="1">
+      <w:hyperlink r:id="rId17876935e43192a39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4253,51 +4253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6277690e40c180e55" w:history="1">
+      <w:hyperlink r:id="rId66866935e43193382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10060860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus cucumisvenaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6155690e40c180ffb" w:history="1">
+      <w:hyperlink r:id="rId85046935e431934dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4570,90 +4570,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419–421. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2787690e40c1810c6" w:history="1">
+      <w:hyperlink r:id="rId87106935e43193590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00846.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91701444" name="name7781690e40c1812dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="9642506" name="name59936935e43193754" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3892690e40c1812dc" cstate="print"/>
+                    <a:blip r:embed="rId71206935e43193753" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4751,137 +4751,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64291799">
+  <w:abstractNum w:abstractNumId="86403104">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80963981">
+    <w:lvl w:ilvl="0" w:tplc="18826385">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80963981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18826385" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64291798">
+  <w:abstractNum w:abstractNumId="86403103">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34745257">
+    <w:lvl w:ilvl="0" w:tplc="49698108">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5633,55 +5633,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64291798">
-    <w:abstractNumId w:val="64291798"/>
+  <w:num w:numId="86403103">
+    <w:abstractNumId w:val="86403103"/>
   </w:num>
-  <w:num w:numId="64291799">
-    <w:abstractNumId w:val="64291799"/>
+  <w:num w:numId="86403104">
+    <w:abstractNumId w:val="86403104"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17231,51 +17231,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535623066" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId224432805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7206690e40c17c43d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId2746690e40c17c483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId1707690e40c17d7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId4866690e40c180222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId6277690e40c180e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId6155690e40c180ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2787690e40c1810c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId4866690e40c17d07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4866690e40c17d07a.jpg"/><Relationship Id="rId1161690e40c17f142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1161690e40c17f142.jpg"/><Relationship Id="rId3892690e40c1812dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3892690e40c1812dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671910154" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665625306" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73906935e43190923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId38496935e4319096d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId26256935e43190ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId17876935e43192a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId66866935e43193382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId85046935e431934dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87106935e43193590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId69996935e43190cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69996935e43190cbd.jpg"/><Relationship Id="rId47836935e43191d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47836935e43191d81.jpg"/><Relationship Id="rId71206935e43193753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71206935e43193753.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>