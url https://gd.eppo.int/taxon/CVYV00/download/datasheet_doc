--- v2 (2025-12-07)
+++ v3 (2025-12-30)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing ipomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73906935e43190923" w:history="1">
+            <w:hyperlink r:id="rId585069533c2b86153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38496935e4319096d" w:history="1">
+            <w:hyperlink r:id="rId220969533c2b86198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -353,86 +353,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CVYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19671605" name="name53756935e43190cbf" descr="14854.jpg"/>
+                  <wp:docPr id="80016772" name="name715569533c2b8684c" descr="14854.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14854.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId69996935e43190cbd" cstate="print"/>
+                          <a:blip r:embed="rId866669533c2b8684a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId26256935e43190ddc" w:history="1">
+            <w:hyperlink r:id="rId496069533c2b869b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1029,63 +1029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CVYV is present in several countries from the Mediterranean area, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39623002" name="name82276935e43191d84" descr="CVYV00_distribution_map.jpg"/>
+            <wp:docPr id="14468188" name="name435069533c2b8787a" descr="CVYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CVYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47836935e43191d81" cstate="print"/>
+                    <a:blip r:embed="rId418069533c2b87876" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2766,51 +2766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consejerio de Agricultura et Pesca, Juntas de Andalucía, Sevilla (ES) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet on Pest. Cucumber vein yellowing virus (cucumber vein yellowing) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17876935e43192a39" w:history="1">
+      <w:hyperlink r:id="rId889169533c2b8853d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4253,51 +4253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66866935e43193382" w:history="1">
+      <w:hyperlink r:id="rId536369533c2b88ebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10060860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus cucumisvenaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85046935e431934dc" w:history="1">
+      <w:hyperlink r:id="rId677469533c2b8902b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4570,90 +4570,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419–421. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87106935e43193590" w:history="1">
+      <w:hyperlink r:id="rId163469533c2b890e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00846.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9642506" name="name59936935e43193754" descr="eu_funding_250.png"/>
+            <wp:docPr id="77910079" name="name591969533c2b8947f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId71206935e43193753" cstate="print"/>
+                    <a:blip r:embed="rId177769533c2b8947e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4751,137 +4751,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86403104">
+  <w:abstractNum w:abstractNumId="16363282">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18826385">
+    <w:lvl w:ilvl="0" w:tplc="58689595">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18826385" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58689595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86403103">
+  <w:abstractNum w:abstractNumId="16363281">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49698108">
+    <w:lvl w:ilvl="0" w:tplc="22483212">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5633,55 +5633,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86403103">
-    <w:abstractNumId w:val="86403103"/>
+  <w:num w:numId="16363281">
+    <w:abstractNumId w:val="16363281"/>
   </w:num>
-  <w:num w:numId="86403104">
-    <w:abstractNumId w:val="86403104"/>
+  <w:num w:numId="16363282">
+    <w:abstractNumId w:val="16363282"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17231,51 +17231,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671910154" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665625306" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73906935e43190923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId38496935e4319096d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId26256935e43190ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId17876935e43192a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId66866935e43193382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId85046935e431934dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId87106935e43193590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId69996935e43190cbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69996935e43190cbd.jpg"/><Relationship Id="rId47836935e43191d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47836935e43191d81.jpg"/><Relationship Id="rId71206935e43193753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71206935e43193753.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId326150216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId295821702" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId585069533c2b86153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId220969533c2b86198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId496069533c2b869b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId889169533c2b8853d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId536369533c2b88ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId677469533c2b8902b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId163469533c2b890e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId866669533c2b8684a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866669533c2b8684a.jpg"/><Relationship Id="rId418069533c2b87876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418069533c2b87876.jpg"/><Relationship Id="rId177769533c2b8947e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177769533c2b8947e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>