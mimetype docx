--- v3 (2025-12-30)
+++ v4 (2026-02-09)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing ipomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId585069533c2b86153" w:history="1">
+            <w:hyperlink r:id="rId13846989eab85aa50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220969533c2b86198" w:history="1">
+            <w:hyperlink r:id="rId33186989eab85aa94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -353,86 +353,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CVYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80016772" name="name715569533c2b8684c" descr="14854.jpg"/>
+                  <wp:docPr id="64215931" name="name22196989eab85b00c" descr="14854.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14854.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId866669533c2b8684a" cstate="print"/>
+                          <a:blip r:embed="rId20106989eab85b00b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId496069533c2b869b8" w:history="1">
+            <w:hyperlink r:id="rId30556989eab85b130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1029,63 +1029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CVYV is present in several countries from the Mediterranean area, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14468188" name="name435069533c2b8787a" descr="CVYV00_distribution_map.jpg"/>
+            <wp:docPr id="75849413" name="name22566989eab85c0eb" descr="CVYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CVYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId418069533c2b87876" cstate="print"/>
+                    <a:blip r:embed="rId60266989eab85c0e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2766,51 +2766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consejerio de Agricultura et Pesca, Juntas de Andalucía, Sevilla (ES) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet on Pest. Cucumber vein yellowing virus (cucumber vein yellowing) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889169533c2b8853d" w:history="1">
+      <w:hyperlink r:id="rId95476989eab85d01a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4253,51 +4253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536369533c2b88ebd" w:history="1">
+      <w:hyperlink r:id="rId12476989eab85d979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10060860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4439,73 +4439,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus cucumisvenaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677469533c2b8902b" w:history="1">
+      <w:hyperlink r:id="rId52186989eab85dac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4570,90 +4570,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419–421. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163469533c2b890e7" w:history="1">
+      <w:hyperlink r:id="rId12396989eab85db7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00846.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77910079" name="name591969533c2b8947f" descr="eu_funding_250.png"/>
+            <wp:docPr id="65149077" name="name87356989eab85dc02" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId177769533c2b8947e" cstate="print"/>
+                    <a:blip r:embed="rId48036989eab85dc01" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4751,137 +4751,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16363282">
+  <w:abstractNum w:abstractNumId="83076747">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58689595">
+    <w:lvl w:ilvl="0" w:tplc="55837914">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58689595" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55837914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16363281">
+  <w:abstractNum w:abstractNumId="83076746">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22483212">
+    <w:lvl w:ilvl="0" w:tplc="61601704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5633,55 +5633,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16363281">
-    <w:abstractNumId w:val="16363281"/>
+  <w:num w:numId="83076746">
+    <w:abstractNumId w:val="83076746"/>
   </w:num>
-  <w:num w:numId="16363282">
-    <w:abstractNumId w:val="16363282"/>
+  <w:num w:numId="83076747">
+    <w:abstractNumId w:val="83076747"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17231,51 +17231,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId326150216" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId295821702" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId585069533c2b86153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId220969533c2b86198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId496069533c2b869b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId889169533c2b8853d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId536369533c2b88ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId677469533c2b8902b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId163469533c2b890e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId866669533c2b8684a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866669533c2b8684a.jpg"/><Relationship Id="rId418069533c2b87876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418069533c2b87876.jpg"/><Relationship Id="rId177769533c2b8947e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177769533c2b8947e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325993843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592664934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13846989eab85aa50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId33186989eab85aa94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId30556989eab85b130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId95476989eab85d01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId12476989eab85d979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId52186989eab85dac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12396989eab85db7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId20106989eab85b00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20106989eab85b00b.jpg"/><Relationship Id="rId60266989eab85c0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60266989eab85c0e9.jpg"/><Relationship Id="rId48036989eab85dc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48036989eab85dc01.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>