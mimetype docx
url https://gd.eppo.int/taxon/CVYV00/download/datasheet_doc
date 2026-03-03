--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing ipomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13846989eab85aa50" w:history="1">
+            <w:hyperlink r:id="rId491169a6723c257f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33186989eab85aa94" w:history="1">
+            <w:hyperlink r:id="rId686469a6723c25837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -353,86 +353,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CVYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64215931" name="name22196989eab85b00c" descr="14854.jpg"/>
+                  <wp:docPr id="47207951" name="name633169a6723c25d78" descr="14854.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14854.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20106989eab85b00b" cstate="print"/>
+                          <a:blip r:embed="rId553969a6723c25d77" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId30556989eab85b130" w:history="1">
+            <w:hyperlink r:id="rId879469a6723c25ea8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1029,63 +1029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CVYV is present in several countries from the Mediterranean area, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75849413" name="name22566989eab85c0eb" descr="CVYV00_distribution_map.jpg"/>
+            <wp:docPr id="96022834" name="name463269a6723c26e0f" descr="CVYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CVYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60266989eab85c0e9" cstate="print"/>
+                    <a:blip r:embed="rId278469a6723c26e0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2766,51 +2766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consejerio de Agricultura et Pesca, Juntas de Andalucía, Sevilla (ES) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet on Pest. Cucumber vein yellowing virus (cucumber vein yellowing) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95476989eab85d01a" w:history="1">
+      <w:hyperlink r:id="rId439069a6723c27a95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4253,51 +4253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12476989eab85d979" w:history="1">
+      <w:hyperlink r:id="rId440569a6723c283f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10060860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus cucumisvenaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52186989eab85dac7" w:history="1">
+      <w:hyperlink r:id="rId135069a6723c2854c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4570,90 +4570,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419–421. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12396989eab85db7c" w:history="1">
+      <w:hyperlink r:id="rId572069a6723c28600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00846.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65149077" name="name87356989eab85dc02" descr="eu_funding_250.png"/>
+            <wp:docPr id="99230123" name="name412969a6723c28660" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48036989eab85dc01" cstate="print"/>
+                    <a:blip r:embed="rId810269a6723c2865f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4751,137 +4751,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83076747">
+  <w:abstractNum w:abstractNumId="26764225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55837914">
+    <w:lvl w:ilvl="0" w:tplc="19749163">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55837914" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19749163" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83076746">
+  <w:abstractNum w:abstractNumId="26764224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61601704">
+    <w:lvl w:ilvl="0" w:tplc="17029620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5633,55 +5633,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83076746">
-    <w:abstractNumId w:val="83076746"/>
+  <w:num w:numId="26764224">
+    <w:abstractNumId w:val="26764224"/>
   </w:num>
-  <w:num w:numId="83076747">
-    <w:abstractNumId w:val="83076747"/>
+  <w:num w:numId="26764225">
+    <w:abstractNumId w:val="26764225"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17231,51 +17231,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325993843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592664934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId13846989eab85aa50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId33186989eab85aa94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId30556989eab85b130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId95476989eab85d01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId12476989eab85d979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId52186989eab85dac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12396989eab85db7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId20106989eab85b00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20106989eab85b00b.jpg"/><Relationship Id="rId60266989eab85c0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60266989eab85c0e9.jpg"/><Relationship Id="rId48036989eab85dc01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48036989eab85dc01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356863293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId583933510" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId491169a6723c257f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId686469a6723c25837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId879469a6723c25ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId439069a6723c27a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId440569a6723c283f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId135069a6723c2854c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId572069a6723c28600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId553969a6723c25d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553969a6723c25d77.jpg"/><Relationship Id="rId278469a6723c26e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId278469a6723c26e0c.jpg"/><Relationship Id="rId810269a6723c2865f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId810269a6723c2865f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>