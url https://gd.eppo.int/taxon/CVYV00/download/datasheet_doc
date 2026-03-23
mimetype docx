--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -258,88 +258,88 @@
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing ipomovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cucumber vein yellowing virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491169a6723c257f2" w:history="1">
+            <w:hyperlink r:id="rId642469c14badd3325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId686469a6723c25837" w:history="1">
+            <w:hyperlink r:id="rId582869c14badd336b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -353,86 +353,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CVYV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47207951" name="name633169a6723c25d78" descr="14854.jpg"/>
+                  <wp:docPr id="80410019" name="name485769c14badd381f" descr="14854.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14854.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId553969a6723c25d77" cstate="print"/>
+                          <a:blip r:embed="rId644969c14badd381d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId879469a6723c25ea8" w:history="1">
+            <w:hyperlink r:id="rId777469c14badd3943" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1029,63 +1029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CVYV is present in several countries from the Mediterranean area, Africa and Asia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96022834" name="name463269a6723c26e0f" descr="CVYV00_distribution_map.jpg"/>
+            <wp:docPr id="57726842" name="name827069c14badd4b2e" descr="CVYV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CVYV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId278469a6723c26e0c" cstate="print"/>
+                    <a:blip r:embed="rId118069c14badd4b2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2766,51 +2766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consejerio de Agricultura et Pesca, Juntas de Andalucía, Sevilla (ES) (in Spanish).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) Datasheet on Pest. Cucumber vein yellowing virus (cucumber vein yellowing) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439069a6723c27a95" w:history="1">
+      <w:hyperlink r:id="rId816069c14badd5811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.17072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4253,51 +4253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 860. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440569a6723c283f8" w:history="1">
+      <w:hyperlink r:id="rId960869c14badd617a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy10060860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4461,51 +4461,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ipomovirus cucumisvenaflavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135069a6723c2854c" w:history="1">
+      <w:hyperlink r:id="rId975969c14badd62d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4570,90 +4570,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 419–421. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572069a6723c28600" w:history="1">
+      <w:hyperlink r:id="rId358969c14badd639a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00846.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99230123" name="name412969a6723c28660" descr="eu_funding_250.png"/>
+            <wp:docPr id="19458738" name="name860969c14badd6448" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId810269a6723c2865f" cstate="print"/>
+                    <a:blip r:embed="rId488769c14badd6447" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4751,137 +4751,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26764225">
+  <w:abstractNum w:abstractNumId="65759300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19749163">
+    <w:lvl w:ilvl="0" w:tplc="80859117">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19749163" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80859117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26764224">
+  <w:abstractNum w:abstractNumId="65759299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17029620">
+    <w:lvl w:ilvl="0" w:tplc="86869567">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5633,55 +5633,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26764224">
-    <w:abstractNumId w:val="26764224"/>
+  <w:num w:numId="65759299">
+    <w:abstractNumId w:val="65759299"/>
   </w:num>
-  <w:num w:numId="26764225">
-    <w:abstractNumId w:val="26764225"/>
+  <w:num w:numId="65759300">
+    <w:abstractNumId w:val="65759300"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17231,51 +17231,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId356863293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId583933510" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId491169a6723c257f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId686469a6723c25837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId879469a6723c25ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId439069a6723c27a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId440569a6723c283f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId135069a6723c2854c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId572069a6723c28600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId553969a6723c25d77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553969a6723c25d77.jpg"/><Relationship Id="rId278469a6723c26e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId278469a6723c26e0c.jpg"/><Relationship Id="rId810269a6723c2865f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId810269a6723c2865f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416586286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830003176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId642469c14badd3325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/" TargetMode="External"/><Relationship Id="rId582869c14badd336b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/categorization" TargetMode="External"/><Relationship Id="rId777469c14badd3943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CVYV00/photos" TargetMode="External"/><Relationship Id="rId816069c14badd5811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.17072" TargetMode="External"/><Relationship Id="rId960869c14badd617a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy10060860" TargetMode="External"/><Relationship Id="rId975969c14badd62d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId358969c14badd639a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00846.x" TargetMode="External"/><Relationship Id="rId644969c14badd381d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId644969c14badd381d.jpg"/><Relationship Id="rId118069c14badd4b2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId118069c14badd4b2a.jpg"/><Relationship Id="rId488769c14badd6447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId488769c14badd6447.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>