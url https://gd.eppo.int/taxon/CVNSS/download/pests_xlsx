--- v0 (2025-10-09)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CVNSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus</t>
   </si>
   <si>
     <t>* Rodríguez Arrieta J, Barrientos Castro A, Masís Arce J, Varela Benavides IL (2025) First report of the pepper thrips Thrips parvispinus (Karny) in Costa Rica. Tropical and Subtropical Agroecosystems 28 (3) http://doi.org/10.56369/tsaes.6334
 -----found on Croton sp. in an open field, host status not confirmed</t>
   </si>
@@ -77,50 +77,60 @@
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Franco-Lara L, García JA, Bernal YE, Rodríguez RA (2020) Diversity of the ‘Candidatus Phytoplasma asteris’ and ‘Candidatus Phytoplasma fraxini ’isolates that infect urban trees in Bogotá, Colombia. International Journal of Systematic and Evolutionary Microbiology, 70, 6508-6517.
 * Franco-Lara L, Perilla-Henao LM (2014) Phytoplasma diseases in trees of Bogotá, Colombia: a serious risk for urban trees and Crops. In: Bertaccini A (ed) Phytoplasmas and Phytoplasma Disease Management: How to Reduce Their Economic Impact, 1 ed. Bologna: IPWG - COST, pp. 90–100.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Tuttle DM, Baker EW, Abbatiello M (1974) Spider mites from northwestern and north central Mexico (Acarina: Tetranychidae). Smithsonian Contributions to Zoology, 171: 1-18.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Croton)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -424,61 +434,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="332.633" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -520,50 +530,64 @@
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">