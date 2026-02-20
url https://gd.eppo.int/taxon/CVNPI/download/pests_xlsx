--- v0 (2025-10-14)
+++ v1 (2026-02-20)
@@ -12,74 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CVNPI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
   <si>
     <t>* Carvalho Filho MM, Teixeira EP, Conforti TB (2008) Registro de novos hospedeiros de Megaplatypus mutatus (Chapuis) (Coleoptera, Platypodidae) no Estado de São Paulo, Brasil (Nota Científica). Revista do Instituto Florestal 20(2), 213-219.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Croton)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -383,90 +393,104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="284.216" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">