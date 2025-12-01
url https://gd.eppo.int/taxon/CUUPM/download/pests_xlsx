--- v0 (2025-10-20)
+++ v1 (2025-12-01)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUUPM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi (as Cucurbita)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum (as Cucurbitaceae)</t>
   </si>
@@ -642,543 +655,557 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>53</v>
+      </c>
+      <c r="D22" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B24" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C25" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B26" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B28" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>69</v>
+      </c>
+      <c r="D29" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C30" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>76</v>
+      </c>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="B37" t="s">
         <v>88</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D38"/>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B39" t="s">
+        <v>95</v>
+      </c>
+      <c r="C39" t="s">
+        <v>96</v>
+      </c>
+      <c r="D39"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>