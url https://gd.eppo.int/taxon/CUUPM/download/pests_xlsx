--- v1 (2025-12-01)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUUPM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -256,50 +256,60 @@
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica (as Cucurbita)</t>
   </si>
   <si>
     <t>CARYPA</t>
   </si>
   <si>
     <t>Myiopardalis pardalina (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Cucurbita)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Cucurbita)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Cucurbita)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
@@ -655,51 +665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1095,117 +1105,131 @@
         <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>13</v>
       </c>
       <c r="B33" t="s">
         <v>78</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" t="s">
         <v>81</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>84</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36" t="s">
         <v>85</v>
       </c>
       <c r="C36" t="s">
         <v>86</v>
       </c>
       <c r="D36" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>13</v>
       </c>
       <c r="B37" t="s">
         <v>88</v>
       </c>
       <c r="C37" t="s">
         <v>89</v>
       </c>
       <c r="D37" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>13</v>
+      </c>
+      <c r="B38" t="s">
         <v>91</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>92</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>93</v>
       </c>
-      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>94</v>
       </c>
       <c r="B39" t="s">
         <v>95</v>
       </c>
       <c r="C39" t="s">
         <v>96</v>
       </c>
       <c r="D39"/>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>97</v>
+      </c>
+      <c r="B40" t="s">
+        <v>98</v>
+      </c>
+      <c r="C40" t="s">
+        <v>99</v>
+      </c>
+      <c r="D40"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>