--- v0 (2025-10-19)
+++ v1 (2026-02-16)
@@ -12,96 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUUMO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1966) Further studies on the host range of the soybean-cyst. Bulletin of the Agricultural Experiment Station no. 718. University of Arkansas, Fayetteville (US), 19 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>CVYV00</t>
   </si>
   <si>
     <t>Ipomovirus cucumisvenaflavi</t>
   </si>
   <si>
     <t>* Al-Musa AM, Qusus SJ &amp; Mansour AN (1985) Cucumber vein yellowing virus on cucumber in Jordan. Plant Disease 69, 361.</t>
   </si>
   <si>
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi (as Cucurbita)</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* Li Y, Wang K, Xie H, XuCL, Wang DW, Li J, Huang X, Peng XF (2016) Parasitism and pathogenicity of Radopholus similis to Ipomoea aquatica, Basella rubra and Cucurbita moschata and genetic diversity of different populations. Journal of Integrative Agriculture 15(1), 120-134. https://doi.org/10.1016/S2095-3119(14)61003-0</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PSDMAC</t>
   </si>
   <si>
     <t>Acidovorax citrulli</t>
   </si>
   <si>
     <t xml:space="preserve">* Hopkins DL, Thompson CM (2002) Seed transmission of Acidovorax avenae subsp. citrulli in cucurbits. HortScience 37:924–926.
 ------- as butternut squash.
 * Kubota M, Hagiwara N, Shirakawa T (2012) Disinfection of seeds of cucurbit crops infested with Acidovorax citrulli with dry heat treatment. Journal of Phytopathology, 160(7-8), 364–368. doi:10.1111/j.1439-0434.2012.01913.x 
 ------- confirmed host.
 * Martin HL, Horlock CM (2002) First report of Acidovorax avenae pv. citrulli as a pathogen of gramma in Australia. Plant Disease 86(12): 1406. DOI: 10.1094/PDIS.2002.86.12.1406A
 ------- confirmed host.
 </t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum (as Cucurbitaceae)</t>
   </si>
@@ -322,50 +331,60 @@
   </si>
   <si>
     <t>Epilachna elaterii (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis (as Cucurbita)</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adults</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>HETRAR</t>
   </si>
   <si>
     <t>Heteronychus arator (as Cucurbita)</t>
+  </si>
+  <si>
+    <t>SQVYVX</t>
+  </si>
+  <si>
+    <t>Ipomovirus cucurbitavenaflavi</t>
+  </si>
+  <si>
+    <t>* Hernandez RN, Isakeit T, Al Rwahnih M, Hernandez R, Alabi OJ (2021) First Report of Squash vein yellowing virus Naturally Infecting Butternut Squash (Cucurbita moschata) in Texas. Plant Disease 105(9), 2738.
+------- sequences shared closest identity with a strain from Israel (reported in Reingold et al., 2016)</t>
   </si>
   <si>
     <t>LEPLAU</t>
   </si>
   <si>
     <t>Leptoglossus australis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* Foba CN, Salifu D, Lagat ZP, Gitonga LM, Akutse KS, Fiaboe KKM (2015) Species composition, distribution and seasonal abundance of Liriomyza leafminers (Diptera: Agromyzidae) under different vegetable production systems and agroecological zones in Kenya. Environmental Entomology 44, 223-232.
 ------- Confirmed host. Reared from infested leaves collected in the field.
 * Noujeim E, Sakr J, Nemer N (2013) Potential of entomopathogenic nematodes application against Liriomyza huidobrensis Blanchard in Lebanon, pp. 692-698. Proceedings of the 4th International scientific symposium ‘Agrosym 2013’ (2013-10-03/06, Jahorina, Bosnia and Herzegovina).
 * Shiao SF, Wu WJ (2000) Liriomyza huidobrensis (Blanchard), a newly invaded insect of economic importance to Taiwan (Diptera: Agromyzidae). Plant Protection Bulletin Taipei 42, 249-254.
 * Valladares G, Pinta D, Salvo A (1996) La mosca minadora Liriomyza huidobrensis Diptera, Agromyzidae en cultivos de Córdoba. Horticultura Argentina 15(39), 13-18.
 * Valladares G, Salvo A, Videla M (1999) Moscas minadoras en cultivos de Argentina. Horticultura Argentina 18(44- 45), 56-61.
 * Wei J, Zou L, Kuang R, He L (2000) Influence of leaf tissue structure on host feeding selection by pea leafminer Liriomyza huidobrensis (Diptera: Agromyzidae). Zoological Studies 39, 295-300.</t>
   </si>
   <si>
     <t>LIRISA</t>
   </si>
@@ -943,51 +962,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1025,905 +1044,933 @@
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>27</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>34</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>39</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>47</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>54</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>66</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>80</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>85</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>94</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>106</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>108</v>
       </c>
       <c r="D43" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
       <c r="D44" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>125</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>126</v>
       </c>
       <c r="C50" t="s">
         <v>127</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>133</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
       <c r="D53" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>137</v>
       </c>
       <c r="C54" t="s">
         <v>138</v>
       </c>
       <c r="D54" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>140</v>
       </c>
       <c r="C55" t="s">
         <v>141</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C56" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C57" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C58" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D58" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C59" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>152</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>153</v>
       </c>
       <c r="C60" t="s">
         <v>154</v>
       </c>
       <c r="D60" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>156</v>
       </c>
       <c r="C61" t="s">
         <v>157</v>
       </c>
       <c r="D61" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>159</v>
       </c>
       <c r="C62" t="s">
         <v>160</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C63" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D63" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C64" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="B65" t="s">
         <v>167</v>
       </c>
       <c r="C65" t="s">
         <v>168</v>
       </c>
       <c r="D65" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="B66" t="s">
+        <v>167</v>
+      </c>
+      <c r="C66" t="s">
         <v>170</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B67" t="s">
         <v>173</v>
       </c>
       <c r="C67" t="s">
         <v>174</v>
       </c>
       <c r="D67" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B68" t="s">
         <v>176</v>
       </c>
       <c r="C68" t="s">
         <v>177</v>
       </c>
       <c r="D68" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B69" t="s">
         <v>179</v>
       </c>
       <c r="C69" t="s">
         <v>180</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
         <v>182</v>
       </c>
       <c r="C70" t="s">
         <v>183</v>
       </c>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>172</v>
+      </c>
+      <c r="B71" t="s">
+        <v>185</v>
+      </c>
+      <c r="C71" t="s">
+        <v>186</v>
+      </c>
+      <c r="D71"/>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>187</v>
+      </c>
+      <c r="B72" t="s">
+        <v>188</v>
+      </c>
+      <c r="C72" t="s">
+        <v>189</v>
+      </c>
+      <c r="D72"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>