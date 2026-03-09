--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUUMO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
@@ -483,50 +483,60 @@
     <t>* Alzohairy SA, Hammerschmidt R, Hausbeck MK (2020) Changes in Winter Squash Fruit Exocarp Structure Associated with Age-Related Resistance to Phytophthora capsici. Phytopathology 110(2), 447-455. doi:10.1094/PHYTO-04-19-0128-R</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.</t>
   </si>
   <si>
     <t>SCMV00</t>
   </si>
   <si>
     <t>Potyvirus sacchari</t>
   </si>
   <si>
     <t>* Zhao H, Zhang H, Yang Z, Wang T, Liu Y, Cheng G, Xu J (2019) First report of Sugarcane mosaic virus on pumpkin plants exhibiting mosaic and mottling symptoms in China. Plant Disease 103(7), 1802. https://doi.org/10.1094/PDIS-02-19-0338-PDN</t>
   </si>
   <si>
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Cucurbita)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* He Y, Chen Y, Zhang Y, Qin X, Wei X, Zheng D, Lin W, Li Q, Yuan G (2021) Genetic diversity of Ralstonia solanacearum species complex strains obtained from Guangxi, China and their pathogenicity on plants in the Cucurbitaceae family and other botanical families. Plant Pathology 70(6), 1445-1454.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>SPODLI</t>
   </si>
   <si>
     <t>Spodoptera littoralis</t>
   </si>
   <si>
     <t>* Prasad J, Bhattacharya AK (1975) Growth and development of Spodoptera littoralis (Boisd.) (Lepidoptera, Noctuidae) on several plants. Zeitschrift für Angewandte Entomologie 79, 34-48.</t>
   </si>
@@ -962,51 +972,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D72"/>
+  <dimension ref="A1:D73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1750,65 +1760,65 @@
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
         <v>148</v>
       </c>
       <c r="C58" t="s">
         <v>149</v>
       </c>
       <c r="D58" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>151</v>
       </c>
       <c r="C59" t="s">
         <v>152</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C60" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>155</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>156</v>
       </c>
       <c r="C61" t="s">
         <v>157</v>
       </c>
       <c r="D61" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>159</v>
       </c>
       <c r="C62" t="s">
         <v>160</v>
       </c>
@@ -1818,159 +1828,173 @@
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>162</v>
       </c>
       <c r="C63" t="s">
         <v>163</v>
       </c>
       <c r="D63" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>165</v>
       </c>
       <c r="C64" t="s">
         <v>166</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C65" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>169</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D66" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="B67" t="s">
+        <v>170</v>
+      </c>
+      <c r="C67" t="s">
         <v>173</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B68" t="s">
         <v>176</v>
       </c>
       <c r="C68" t="s">
         <v>177</v>
       </c>
       <c r="D68" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B69" t="s">
         <v>179</v>
       </c>
       <c r="C69" t="s">
         <v>180</v>
       </c>
       <c r="D69" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B70" t="s">
         <v>182</v>
       </c>
       <c r="C70" t="s">
         <v>183</v>
       </c>
       <c r="D70" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B71" t="s">
         <v>185</v>
       </c>
       <c r="C71" t="s">
         <v>186</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="B72" t="s">
         <v>188</v>
       </c>
       <c r="C72" t="s">
         <v>189</v>
       </c>
       <c r="D72"/>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>190</v>
+      </c>
+      <c r="B73" t="s">
+        <v>191</v>
+      </c>
+      <c r="C73" t="s">
+        <v>192</v>
+      </c>
+      <c r="D73"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>